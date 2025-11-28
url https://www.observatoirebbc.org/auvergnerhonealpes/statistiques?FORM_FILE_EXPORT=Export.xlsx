--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -520,54 +520,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K220"/>
+  <dimension ref="A1:K221"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="K1" sqref="K1:K220"/>
+      <selection activeCell="K1" sqref="K1:K221"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -1246,57 +1246,57 @@
       </c>
       <c r="K20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>26</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21" s="3">
         <v>0</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21" s="3">
         <v>0</v>
       </c>
       <c r="F21" s="5">
         <v>0</v>
       </c>
       <c r="G21">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="H21" s="3">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="I21" s="5">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="J21">
         <v>0</v>
       </c>
       <c r="K21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>27</v>
       </c>
       <c r="B22">
         <v>0</v>
       </c>
       <c r="C22" s="3">
         <v>0</v>
       </c>
       <c r="D22">
         <v>0</v>
       </c>
       <c r="E22" s="3">
         <v>0</v>
       </c>
       <c r="F22" s="5">
@@ -1351,57 +1351,57 @@
       </c>
       <c r="K23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>29</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
       <c r="C24" s="3">
         <v>0</v>
       </c>
       <c r="D24">
         <v>0</v>
       </c>
       <c r="E24" s="3">
         <v>0</v>
       </c>
       <c r="F24" s="5">
         <v>0</v>
       </c>
       <c r="G24">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="H24" s="3">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="I24" s="5">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
       <c r="K24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>30</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="C25" s="3">
         <v>0</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
       <c r="E25" s="3">
         <v>0</v>
       </c>
       <c r="F25" s="5">
@@ -3941,57 +3941,57 @@
       </c>
       <c r="K97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98">
         <v>42000</v>
       </c>
       <c r="B98">
         <v>0</v>
       </c>
       <c r="C98" s="3">
         <v>0</v>
       </c>
       <c r="D98">
         <v>0</v>
       </c>
       <c r="E98" s="3">
         <v>0</v>
       </c>
       <c r="F98" s="5">
         <v>0</v>
       </c>
       <c r="G98">
-        <v>1298</v>
+        <v>1405</v>
       </c>
       <c r="H98" s="3">
-        <v>1298</v>
+        <v>1405</v>
       </c>
       <c r="I98" s="5">
-        <v>1298</v>
+        <v>1405</v>
       </c>
       <c r="J98">
         <v>8526</v>
       </c>
       <c r="K98" s="3">
         <v>8526</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99">
         <v>42100</v>
       </c>
       <c r="B99">
         <v>0</v>
       </c>
       <c r="C99" s="3">
         <v>0</v>
       </c>
       <c r="D99">
         <v>0</v>
       </c>
       <c r="E99" s="3">
         <v>0</v>
       </c>
       <c r="F99" s="5">
@@ -5446,57 +5446,57 @@
       </c>
       <c r="K140" s="3">
         <v>5318</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141">
         <v>69008</v>
       </c>
       <c r="B141">
         <v>2</v>
       </c>
       <c r="C141" s="3">
         <v>2</v>
       </c>
       <c r="D141">
         <v>0</v>
       </c>
       <c r="E141" s="3">
         <v>0</v>
       </c>
       <c r="F141" s="5">
         <v>2</v>
       </c>
       <c r="G141">
-        <v>948</v>
+        <v>1168</v>
       </c>
       <c r="H141" s="3">
-        <v>948</v>
+        <v>1168</v>
       </c>
       <c r="I141" s="5">
-        <v>950</v>
+        <v>1170</v>
       </c>
       <c r="J141">
         <v>12080</v>
       </c>
       <c r="K141" s="3">
         <v>12080</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142">
         <v>69009</v>
       </c>
       <c r="B142">
         <v>1</v>
       </c>
       <c r="C142" s="3">
         <v>1</v>
       </c>
       <c r="D142">
         <v>5</v>
       </c>
       <c r="E142" s="3">
         <v>5</v>
       </c>
       <c r="F142" s="5">
@@ -6653,1620 +6653,1655 @@
       </c>
       <c r="E175" s="3">
         <v>0</v>
       </c>
       <c r="F175" s="5">
         <v>0</v>
       </c>
       <c r="G175">
         <v>242</v>
       </c>
       <c r="H175" s="3">
         <v>242</v>
       </c>
       <c r="I175" s="5">
         <v>242</v>
       </c>
       <c r="J175">
         <v>0</v>
       </c>
       <c r="K175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176">
-        <v>69630</v>
+        <v>69610</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176" s="3">
         <v>0</v>
       </c>
       <c r="D176">
         <v>0</v>
       </c>
       <c r="E176" s="3">
         <v>0</v>
       </c>
       <c r="F176" s="5">
         <v>0</v>
       </c>
       <c r="G176">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H176" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I176" s="5">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="J176">
         <v>0</v>
       </c>
       <c r="K176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177">
-        <v>69670</v>
+        <v>69630</v>
       </c>
       <c r="B177">
         <v>0</v>
       </c>
       <c r="C177" s="3">
         <v>0</v>
       </c>
       <c r="D177">
         <v>0</v>
       </c>
       <c r="E177" s="3">
         <v>0</v>
       </c>
       <c r="F177" s="5">
         <v>0</v>
       </c>
       <c r="G177">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="H177" s="3">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="I177" s="5">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="J177">
         <v>0</v>
       </c>
       <c r="K177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178">
-        <v>69680</v>
+        <v>69670</v>
       </c>
       <c r="B178">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C178" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D178">
         <v>0</v>
       </c>
       <c r="E178" s="3">
         <v>0</v>
       </c>
       <c r="F178" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G178">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="H178" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="I178" s="5">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="J178">
         <v>0</v>
       </c>
       <c r="K178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179">
-        <v>69700</v>
+        <v>69680</v>
       </c>
       <c r="B179">
         <v>1</v>
       </c>
       <c r="C179" s="3">
         <v>1</v>
       </c>
       <c r="D179">
         <v>0</v>
       </c>
       <c r="E179" s="3">
         <v>0</v>
       </c>
       <c r="F179" s="5">
         <v>1</v>
       </c>
       <c r="G179">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="H179" s="3">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="I179" s="5">
-        <v>137</v>
+        <v>1</v>
       </c>
       <c r="J179">
         <v>0</v>
       </c>
       <c r="K179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180">
-        <v>69800</v>
+        <v>69700</v>
       </c>
       <c r="B180">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C180" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D180">
         <v>0</v>
       </c>
       <c r="E180" s="3">
         <v>0</v>
       </c>
       <c r="F180" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G180">
-        <v>1734</v>
+        <v>240</v>
       </c>
       <c r="H180" s="3">
-        <v>1734</v>
+        <v>240</v>
       </c>
       <c r="I180" s="5">
-        <v>1734</v>
+        <v>241</v>
       </c>
       <c r="J180">
         <v>0</v>
       </c>
       <c r="K180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181">
-        <v>69830</v>
+        <v>69800</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
       <c r="C181" s="3">
         <v>0</v>
       </c>
       <c r="D181">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="E181" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F181" s="5">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G181">
-        <v>9</v>
+        <v>1734</v>
       </c>
       <c r="H181" s="3">
-        <v>9</v>
+        <v>1734</v>
       </c>
       <c r="I181" s="5">
-        <v>16</v>
+        <v>1734</v>
       </c>
       <c r="J181">
         <v>0</v>
       </c>
       <c r="K181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182">
-        <v>69960</v>
+        <v>69830</v>
       </c>
       <c r="B182">
         <v>0</v>
       </c>
       <c r="C182" s="3">
         <v>0</v>
       </c>
       <c r="D182">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="E182" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F182" s="5">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G182">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="H182" s="3">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="I182" s="5">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="J182">
         <v>0</v>
       </c>
       <c r="K182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183">
-        <v>73000</v>
+        <v>69960</v>
       </c>
       <c r="B183">
         <v>0</v>
       </c>
       <c r="C183" s="3">
         <v>0</v>
       </c>
       <c r="D183">
         <v>0</v>
       </c>
       <c r="E183" s="3">
         <v>0</v>
       </c>
       <c r="F183" s="5">
         <v>0</v>
       </c>
       <c r="G183">
-        <v>1323</v>
+        <v>23</v>
       </c>
       <c r="H183" s="3">
-        <v>1323</v>
+        <v>23</v>
       </c>
       <c r="I183" s="5">
-        <v>1323</v>
+        <v>23</v>
       </c>
       <c r="J183">
         <v>0</v>
       </c>
       <c r="K183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184">
-        <v>73100</v>
+        <v>73000</v>
       </c>
       <c r="B184">
         <v>0</v>
       </c>
       <c r="C184" s="3">
         <v>0</v>
       </c>
       <c r="D184">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E184" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F184" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G184">
-        <v>553</v>
+        <v>1323</v>
       </c>
       <c r="H184" s="3">
-        <v>553</v>
+        <v>1323</v>
       </c>
       <c r="I184" s="5">
-        <v>555</v>
+        <v>1323</v>
       </c>
       <c r="J184">
         <v>0</v>
       </c>
       <c r="K184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185">
-        <v>73110</v>
+        <v>73100</v>
       </c>
       <c r="B185">
         <v>0</v>
       </c>
       <c r="C185" s="3">
         <v>0</v>
       </c>
       <c r="D185">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E185" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F185" s="5">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G185">
-        <v>40</v>
+        <v>553</v>
       </c>
       <c r="H185" s="3">
-        <v>40</v>
+        <v>553</v>
       </c>
       <c r="I185" s="5">
-        <v>40</v>
+        <v>555</v>
       </c>
       <c r="J185">
         <v>0</v>
       </c>
       <c r="K185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186">
-        <v>73150</v>
+        <v>73110</v>
       </c>
       <c r="B186">
         <v>0</v>
       </c>
       <c r="C186" s="3">
         <v>0</v>
       </c>
       <c r="D186">
         <v>0</v>
       </c>
       <c r="E186" s="3">
         <v>0</v>
       </c>
       <c r="F186" s="5">
         <v>0</v>
       </c>
       <c r="G186">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="H186" s="3">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="I186" s="5">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="J186">
         <v>0</v>
       </c>
       <c r="K186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187">
-        <v>73160</v>
+        <v>73150</v>
       </c>
       <c r="B187">
         <v>0</v>
       </c>
       <c r="C187" s="3">
         <v>0</v>
       </c>
       <c r="D187">
         <v>0</v>
       </c>
       <c r="E187" s="3">
         <v>0</v>
       </c>
       <c r="F187" s="5">
         <v>0</v>
       </c>
       <c r="G187">
-        <v>553</v>
+        <v>190</v>
       </c>
       <c r="H187" s="3">
-        <v>553</v>
+        <v>190</v>
       </c>
       <c r="I187" s="5">
-        <v>553</v>
+        <v>190</v>
       </c>
       <c r="J187">
         <v>0</v>
       </c>
       <c r="K187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188">
-        <v>73170</v>
+        <v>73160</v>
       </c>
       <c r="B188">
         <v>0</v>
       </c>
       <c r="C188" s="3">
         <v>0</v>
       </c>
       <c r="D188">
         <v>0</v>
       </c>
       <c r="E188" s="3">
         <v>0</v>
       </c>
       <c r="F188" s="5">
         <v>0</v>
       </c>
       <c r="G188">
-        <v>10</v>
+        <v>553</v>
       </c>
       <c r="H188" s="3">
-        <v>10</v>
+        <v>553</v>
       </c>
       <c r="I188" s="5">
-        <v>10</v>
+        <v>553</v>
       </c>
       <c r="J188">
         <v>0</v>
       </c>
       <c r="K188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189">
-        <v>73190</v>
+        <v>73170</v>
       </c>
       <c r="B189">
         <v>0</v>
       </c>
       <c r="C189" s="3">
         <v>0</v>
       </c>
       <c r="D189">
         <v>0</v>
       </c>
       <c r="E189" s="3">
         <v>0</v>
       </c>
       <c r="F189" s="5">
         <v>0</v>
       </c>
       <c r="G189">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H189" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I189" s="5">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="J189">
         <v>0</v>
       </c>
       <c r="K189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190">
-        <v>73200</v>
+        <v>73190</v>
       </c>
       <c r="B190">
         <v>0</v>
       </c>
       <c r="C190" s="3">
         <v>0</v>
       </c>
       <c r="D190">
         <v>0</v>
       </c>
       <c r="E190" s="3">
         <v>0</v>
       </c>
       <c r="F190" s="5">
         <v>0</v>
       </c>
       <c r="G190">
-        <v>228</v>
+        <v>5</v>
       </c>
       <c r="H190" s="3">
-        <v>228</v>
+        <v>5</v>
       </c>
       <c r="I190" s="5">
-        <v>228</v>
+        <v>5</v>
       </c>
       <c r="J190">
         <v>0</v>
       </c>
       <c r="K190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191">
-        <v>73290</v>
+        <v>73200</v>
       </c>
       <c r="B191">
         <v>0</v>
       </c>
       <c r="C191" s="3">
         <v>0</v>
       </c>
       <c r="D191">
         <v>0</v>
       </c>
       <c r="E191" s="3">
         <v>0</v>
       </c>
       <c r="F191" s="5">
         <v>0</v>
       </c>
       <c r="G191">
-        <v>52</v>
+        <v>228</v>
       </c>
       <c r="H191" s="3">
-        <v>52</v>
+        <v>228</v>
       </c>
       <c r="I191" s="5">
-        <v>52</v>
+        <v>228</v>
       </c>
       <c r="J191">
         <v>0</v>
       </c>
       <c r="K191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192">
-        <v>73340</v>
+        <v>73290</v>
       </c>
       <c r="B192">
         <v>0</v>
       </c>
       <c r="C192" s="3">
         <v>0</v>
       </c>
       <c r="D192">
         <v>0</v>
       </c>
       <c r="E192" s="3">
         <v>0</v>
       </c>
       <c r="F192" s="5">
         <v>0</v>
       </c>
       <c r="G192">
-        <v>2</v>
+        <v>52</v>
       </c>
       <c r="H192" s="3">
-        <v>2</v>
+        <v>52</v>
       </c>
       <c r="I192" s="5">
-        <v>2</v>
+        <v>52</v>
       </c>
       <c r="J192">
         <v>0</v>
       </c>
       <c r="K192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193">
-        <v>73400</v>
+        <v>73340</v>
       </c>
       <c r="B193">
         <v>0</v>
       </c>
       <c r="C193" s="3">
         <v>0</v>
       </c>
       <c r="D193">
         <v>0</v>
       </c>
       <c r="E193" s="3">
         <v>0</v>
       </c>
       <c r="F193" s="5">
         <v>0</v>
       </c>
       <c r="G193">
-        <v>130</v>
+        <v>2</v>
       </c>
       <c r="H193" s="3">
-        <v>130</v>
+        <v>2</v>
       </c>
       <c r="I193" s="5">
-        <v>130</v>
+        <v>2</v>
       </c>
       <c r="J193">
         <v>0</v>
       </c>
       <c r="K193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194">
-        <v>73420</v>
+        <v>73400</v>
       </c>
       <c r="B194">
         <v>0</v>
       </c>
       <c r="C194" s="3">
         <v>0</v>
       </c>
       <c r="D194">
         <v>0</v>
       </c>
       <c r="E194" s="3">
         <v>0</v>
       </c>
       <c r="F194" s="5">
         <v>0</v>
       </c>
       <c r="G194">
-        <v>3</v>
+        <v>130</v>
       </c>
       <c r="H194" s="3">
-        <v>3</v>
+        <v>130</v>
       </c>
       <c r="I194" s="5">
-        <v>3</v>
+        <v>130</v>
       </c>
       <c r="J194">
         <v>0</v>
       </c>
       <c r="K194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195">
-        <v>73540</v>
+        <v>73420</v>
       </c>
       <c r="B195">
         <v>0</v>
       </c>
       <c r="C195" s="3">
         <v>0</v>
       </c>
       <c r="D195">
         <v>0</v>
       </c>
       <c r="E195" s="3">
         <v>0</v>
       </c>
       <c r="F195" s="5">
         <v>0</v>
       </c>
       <c r="G195">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H195" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I195" s="5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J195">
         <v>0</v>
       </c>
       <c r="K195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196">
-        <v>73620</v>
+        <v>73540</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
       <c r="C196" s="3">
         <v>0</v>
       </c>
       <c r="D196">
         <v>0</v>
       </c>
       <c r="E196" s="3">
         <v>0</v>
       </c>
       <c r="F196" s="5">
         <v>0</v>
       </c>
       <c r="G196">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H196" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I196" s="5">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J196">
-        <v>1050</v>
+        <v>0</v>
       </c>
       <c r="K196" s="3">
-        <v>1050</v>
+        <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197">
-        <v>73670</v>
+        <v>73620</v>
       </c>
       <c r="B197">
         <v>0</v>
       </c>
       <c r="C197" s="3">
         <v>0</v>
       </c>
       <c r="D197">
         <v>0</v>
       </c>
       <c r="E197" s="3">
         <v>0</v>
       </c>
       <c r="F197" s="5">
         <v>0</v>
       </c>
       <c r="G197">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H197" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I197" s="5">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J197">
-        <v>0</v>
+        <v>1050</v>
       </c>
       <c r="K197" s="3">
-        <v>0</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198">
-        <v>73800</v>
+        <v>73670</v>
       </c>
       <c r="B198">
         <v>0</v>
       </c>
       <c r="C198" s="3">
         <v>0</v>
       </c>
       <c r="D198">
         <v>0</v>
       </c>
       <c r="E198" s="3">
         <v>0</v>
       </c>
       <c r="F198" s="5">
         <v>0</v>
       </c>
       <c r="G198">
-        <v>144</v>
+        <v>8</v>
       </c>
       <c r="H198" s="3">
-        <v>144</v>
+        <v>8</v>
       </c>
       <c r="I198" s="5">
-        <v>144</v>
+        <v>8</v>
       </c>
       <c r="J198">
         <v>0</v>
       </c>
       <c r="K198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199">
-        <v>74000</v>
+        <v>73800</v>
       </c>
       <c r="B199">
         <v>0</v>
       </c>
       <c r="C199" s="3">
         <v>0</v>
       </c>
       <c r="D199">
         <v>0</v>
       </c>
       <c r="E199" s="3">
         <v>0</v>
       </c>
       <c r="F199" s="5">
         <v>0</v>
       </c>
       <c r="G199">
-        <v>406</v>
+        <v>144</v>
       </c>
       <c r="H199" s="3">
-        <v>406</v>
+        <v>144</v>
       </c>
       <c r="I199" s="5">
-        <v>406</v>
+        <v>144</v>
       </c>
       <c r="J199">
         <v>0</v>
       </c>
       <c r="K199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200">
-        <v>74100</v>
+        <v>74000</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200" s="3">
         <v>0</v>
       </c>
       <c r="D200">
         <v>0</v>
       </c>
       <c r="E200" s="3">
         <v>0</v>
       </c>
       <c r="F200" s="5">
         <v>0</v>
       </c>
       <c r="G200">
-        <v>731</v>
+        <v>406</v>
       </c>
       <c r="H200" s="3">
-        <v>731</v>
+        <v>406</v>
       </c>
       <c r="I200" s="5">
-        <v>731</v>
+        <v>406</v>
       </c>
       <c r="J200">
         <v>0</v>
       </c>
       <c r="K200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201">
-        <v>74140</v>
+        <v>74100</v>
       </c>
       <c r="B201">
         <v>0</v>
       </c>
       <c r="C201" s="3">
         <v>0</v>
       </c>
       <c r="D201">
         <v>0</v>
       </c>
       <c r="E201" s="3">
         <v>0</v>
       </c>
       <c r="F201" s="5">
         <v>0</v>
       </c>
       <c r="G201">
-        <v>58</v>
+        <v>731</v>
       </c>
       <c r="H201" s="3">
-        <v>58</v>
+        <v>731</v>
       </c>
       <c r="I201" s="5">
-        <v>58</v>
+        <v>731</v>
       </c>
       <c r="J201">
         <v>0</v>
       </c>
       <c r="K201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202">
-        <v>74160</v>
+        <v>74140</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
       <c r="C202" s="3">
         <v>0</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
       <c r="E202" s="3">
         <v>0</v>
       </c>
       <c r="F202" s="5">
         <v>0</v>
       </c>
       <c r="G202">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="H202" s="3">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="I202" s="5">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="J202">
-        <v>3309</v>
+        <v>0</v>
       </c>
       <c r="K202" s="3">
-        <v>3309</v>
+        <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203">
-        <v>74200</v>
+        <v>74160</v>
       </c>
       <c r="B203">
         <v>0</v>
       </c>
       <c r="C203" s="3">
         <v>0</v>
       </c>
       <c r="D203">
         <v>0</v>
       </c>
       <c r="E203" s="3">
         <v>0</v>
       </c>
       <c r="F203" s="5">
         <v>0</v>
       </c>
       <c r="G203">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="H203" s="3">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="I203" s="5">
-        <v>295</v>
+        <v>0</v>
       </c>
       <c r="J203">
-        <v>0</v>
+        <v>3309</v>
       </c>
       <c r="K203" s="3">
-        <v>0</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204">
-        <v>74210</v>
+        <v>74200</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204" s="3">
         <v>0</v>
       </c>
       <c r="D204">
         <v>0</v>
       </c>
       <c r="E204" s="3">
         <v>0</v>
       </c>
       <c r="F204" s="5">
         <v>0</v>
       </c>
       <c r="G204">
-        <v>334</v>
+        <v>295</v>
       </c>
       <c r="H204" s="3">
-        <v>334</v>
+        <v>295</v>
       </c>
       <c r="I204" s="5">
-        <v>334</v>
+        <v>295</v>
       </c>
       <c r="J204">
         <v>0</v>
       </c>
       <c r="K204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205">
-        <v>74240</v>
+        <v>74210</v>
       </c>
       <c r="B205">
         <v>0</v>
       </c>
       <c r="C205" s="3">
         <v>0</v>
       </c>
       <c r="D205">
         <v>0</v>
       </c>
       <c r="E205" s="3">
         <v>0</v>
       </c>
       <c r="F205" s="5">
         <v>0</v>
       </c>
       <c r="G205">
-        <v>304</v>
+        <v>334</v>
       </c>
       <c r="H205" s="3">
-        <v>304</v>
+        <v>334</v>
       </c>
       <c r="I205" s="5">
-        <v>304</v>
+        <v>334</v>
       </c>
       <c r="J205">
         <v>0</v>
       </c>
       <c r="K205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206">
-        <v>74300</v>
+        <v>74240</v>
       </c>
       <c r="B206">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C206" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D206">
         <v>0</v>
       </c>
       <c r="E206" s="3">
         <v>0</v>
       </c>
       <c r="F206" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G206">
-        <v>76</v>
+        <v>304</v>
       </c>
       <c r="H206" s="3">
-        <v>76</v>
+        <v>304</v>
       </c>
       <c r="I206" s="5">
-        <v>77</v>
+        <v>304</v>
       </c>
       <c r="J206">
         <v>0</v>
       </c>
       <c r="K206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207">
-        <v>74330</v>
+        <v>74300</v>
       </c>
       <c r="B207">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C207" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D207">
         <v>0</v>
       </c>
       <c r="E207" s="3">
         <v>0</v>
       </c>
       <c r="F207" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G207">
-        <v>114</v>
+        <v>76</v>
       </c>
       <c r="H207" s="3">
-        <v>114</v>
+        <v>76</v>
       </c>
       <c r="I207" s="5">
-        <v>114</v>
+        <v>77</v>
       </c>
       <c r="J207">
         <v>0</v>
       </c>
       <c r="K207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208">
-        <v>74370</v>
+        <v>74330</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
       <c r="C208" s="3">
         <v>0</v>
       </c>
       <c r="D208">
         <v>0</v>
       </c>
       <c r="E208" s="3">
         <v>0</v>
       </c>
       <c r="F208" s="5">
         <v>0</v>
       </c>
       <c r="G208">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="H208" s="3">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="I208" s="5">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="J208">
-        <v>776</v>
+        <v>0</v>
       </c>
       <c r="K208" s="3">
-        <v>776</v>
+        <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209">
-        <v>74500</v>
+        <v>74370</v>
       </c>
       <c r="B209">
         <v>0</v>
       </c>
       <c r="C209" s="3">
         <v>0</v>
       </c>
       <c r="D209">
         <v>0</v>
       </c>
       <c r="E209" s="3">
         <v>0</v>
       </c>
       <c r="F209" s="5">
         <v>0</v>
       </c>
       <c r="G209">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="H209" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="I209" s="5">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="J209">
-        <v>0</v>
+        <v>776</v>
       </c>
       <c r="K209" s="3">
-        <v>0</v>
+        <v>776</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210">
-        <v>74540</v>
+        <v>74500</v>
       </c>
       <c r="B210">
         <v>0</v>
       </c>
       <c r="C210" s="3">
         <v>0</v>
       </c>
       <c r="D210">
         <v>0</v>
       </c>
       <c r="E210" s="3">
         <v>0</v>
       </c>
       <c r="F210" s="5">
         <v>0</v>
       </c>
       <c r="G210">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="H210" s="3">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="I210" s="5">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="J210">
         <v>0</v>
       </c>
       <c r="K210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211">
-        <v>74550</v>
+        <v>74540</v>
       </c>
       <c r="B211">
         <v>0</v>
       </c>
       <c r="C211" s="3">
         <v>0</v>
       </c>
       <c r="D211">
         <v>0</v>
       </c>
       <c r="E211" s="3">
         <v>0</v>
       </c>
       <c r="F211" s="5">
         <v>0</v>
       </c>
       <c r="G211">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="H211" s="3">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="I211" s="5">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="J211">
         <v>0</v>
       </c>
       <c r="K211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212">
-        <v>74650</v>
+        <v>74550</v>
       </c>
       <c r="B212">
         <v>0</v>
       </c>
       <c r="C212" s="3">
         <v>0</v>
       </c>
       <c r="D212">
         <v>0</v>
       </c>
       <c r="E212" s="3">
         <v>0</v>
       </c>
       <c r="F212" s="5">
         <v>0</v>
       </c>
       <c r="G212">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="H212" s="3">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="I212" s="5">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="J212">
         <v>0</v>
       </c>
       <c r="K212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213">
-        <v>74660</v>
+        <v>74650</v>
       </c>
       <c r="B213">
         <v>0</v>
       </c>
       <c r="C213" s="3">
         <v>0</v>
       </c>
       <c r="D213">
         <v>0</v>
       </c>
       <c r="E213" s="3">
         <v>0</v>
       </c>
       <c r="F213" s="5">
         <v>0</v>
       </c>
       <c r="G213">
         <v>7</v>
       </c>
       <c r="H213" s="3">
         <v>7</v>
       </c>
       <c r="I213" s="5">
         <v>7</v>
       </c>
       <c r="J213">
         <v>0</v>
       </c>
       <c r="K213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214">
-        <v>74700</v>
+        <v>74660</v>
       </c>
       <c r="B214">
         <v>0</v>
       </c>
       <c r="C214" s="3">
         <v>0</v>
       </c>
       <c r="D214">
         <v>0</v>
       </c>
       <c r="E214" s="3">
         <v>0</v>
       </c>
       <c r="F214" s="5">
         <v>0</v>
       </c>
       <c r="G214">
-        <v>146</v>
+        <v>7</v>
       </c>
       <c r="H214" s="3">
-        <v>146</v>
+        <v>7</v>
       </c>
       <c r="I214" s="5">
-        <v>146</v>
+        <v>7</v>
       </c>
       <c r="J214">
         <v>0</v>
       </c>
       <c r="K214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215">
-        <v>74800</v>
+        <v>74700</v>
       </c>
       <c r="B215">
         <v>0</v>
       </c>
       <c r="C215" s="3">
         <v>0</v>
       </c>
       <c r="D215">
         <v>0</v>
       </c>
       <c r="E215" s="3">
         <v>0</v>
       </c>
       <c r="F215" s="5">
         <v>0</v>
       </c>
       <c r="G215">
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="H215" s="3">
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="I215" s="5">
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="J215">
         <v>0</v>
       </c>
       <c r="K215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216">
-        <v>74890</v>
+        <v>74800</v>
       </c>
       <c r="B216">
         <v>0</v>
       </c>
       <c r="C216" s="3">
         <v>0</v>
       </c>
       <c r="D216">
         <v>0</v>
       </c>
       <c r="E216" s="3">
         <v>0</v>
       </c>
       <c r="F216" s="5">
         <v>0</v>
       </c>
       <c r="G216">
         <v>50</v>
       </c>
       <c r="H216" s="3">
         <v>50</v>
       </c>
       <c r="I216" s="5">
         <v>50</v>
       </c>
       <c r="J216">
         <v>0</v>
       </c>
       <c r="K216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217">
-        <v>74930</v>
+        <v>74890</v>
       </c>
       <c r="B217">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C217" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D217">
         <v>0</v>
       </c>
       <c r="E217" s="3">
         <v>0</v>
       </c>
       <c r="F217" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G217">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="H217" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I217" s="5">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J217">
         <v>0</v>
       </c>
       <c r="K217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218">
-        <v>74940</v>
+        <v>74930</v>
       </c>
       <c r="B218">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C218" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
       <c r="E218" s="3">
         <v>0</v>
       </c>
       <c r="F218" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G218">
-        <v>156</v>
+        <v>0</v>
       </c>
       <c r="H218" s="3">
-        <v>156</v>
+        <v>0</v>
       </c>
       <c r="I218" s="5">
-        <v>156</v>
+        <v>1</v>
       </c>
       <c r="J218">
         <v>0</v>
       </c>
       <c r="K218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219">
+        <v>74940</v>
+      </c>
+      <c r="B219">
+        <v>0</v>
+      </c>
+      <c r="C219" s="3">
+        <v>0</v>
+      </c>
+      <c r="D219">
+        <v>0</v>
+      </c>
+      <c r="E219" s="3">
+        <v>0</v>
+      </c>
+      <c r="F219" s="5">
+        <v>0</v>
+      </c>
+      <c r="G219">
+        <v>156</v>
+      </c>
+      <c r="H219" s="3">
+        <v>156</v>
+      </c>
+      <c r="I219" s="5">
+        <v>156</v>
+      </c>
+      <c r="J219">
+        <v>0</v>
+      </c>
+      <c r="K219" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11">
+      <c r="A220">
         <v>74960</v>
       </c>
-      <c r="B219">
-[...14 lines deleted...]
-      <c r="G219">
+      <c r="B220">
+        <v>0</v>
+      </c>
+      <c r="C220" s="3">
+        <v>0</v>
+      </c>
+      <c r="D220">
+        <v>0</v>
+      </c>
+      <c r="E220" s="3">
+        <v>0</v>
+      </c>
+      <c r="F220" s="5">
+        <v>0</v>
+      </c>
+      <c r="G220">
         <v>208</v>
       </c>
-      <c r="H219" s="3">
+      <c r="H220" s="3">
         <v>208</v>
       </c>
-      <c r="I219" s="5">
+      <c r="I220" s="5">
         <v>208</v>
       </c>
-      <c r="J219">
-[...7 lines deleted...]
-      <c r="A220" t="s">
+      <c r="J220">
+        <v>0</v>
+      </c>
+      <c r="K220" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221" t="s">
         <v>43</v>
       </c>
-      <c r="B220">
+      <c r="B221">
         <v>41</v>
       </c>
-      <c r="C220" s="3">
+      <c r="C221" s="3">
         <v>41</v>
       </c>
-      <c r="D220">
+      <c r="D221">
         <v>162</v>
       </c>
-      <c r="E220" s="3">
+      <c r="E221" s="3">
         <v>162</v>
       </c>
-      <c r="F220" s="5">
+      <c r="F221" s="5">
         <v>203</v>
       </c>
-      <c r="G220">
-[...8 lines deleted...]
-      <c r="J220">
+      <c r="G221">
+        <v>52181</v>
+      </c>
+      <c r="H221" s="3">
+        <v>52181</v>
+      </c>
+      <c r="I221" s="5">
+        <v>52384</v>
+      </c>
+      <c r="J221">
         <v>231041</v>
       </c>
-      <c r="K220" s="3">
+      <c r="K221" s="3">
         <v>231041</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>