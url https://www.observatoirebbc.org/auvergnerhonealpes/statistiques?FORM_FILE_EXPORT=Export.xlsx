--- v1 (2025-11-28)
+++ v2 (2026-02-28)
@@ -520,54 +520,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K221"/>
+  <dimension ref="A1:K223"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="K1" sqref="K1:K221"/>
+      <selection activeCell="K1" sqref="K1:K223"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -616,57 +616,57 @@
       </c>
       <c r="K2" s="3">
         <v>11828</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3" s="3">
         <v>0</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3" s="3">
         <v>0</v>
       </c>
       <c r="F3" s="5">
         <v>0</v>
       </c>
       <c r="G3">
-        <v>392</v>
+        <v>292</v>
       </c>
       <c r="H3" s="3">
-        <v>392</v>
+        <v>292</v>
       </c>
       <c r="I3" s="5">
-        <v>392</v>
+        <v>292</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4">
         <v>0</v>
       </c>
       <c r="C4" s="3">
         <v>0</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" s="3">
         <v>0</v>
       </c>
       <c r="F4" s="5">
@@ -2121,57 +2121,57 @@
       </c>
       <c r="K45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
         <v>26200</v>
       </c>
       <c r="B46">
         <v>1</v>
       </c>
       <c r="C46" s="3">
         <v>1</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
       <c r="E46" s="3">
         <v>0</v>
       </c>
       <c r="F46" s="5">
         <v>1</v>
       </c>
       <c r="G46">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="H46" s="3">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="I46" s="5">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
       <c r="K46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47">
         <v>26250</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47" s="3">
         <v>0</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
       <c r="E47" s="3">
         <v>0</v>
       </c>
       <c r="F47" s="5">
@@ -3066,57 +3066,57 @@
       </c>
       <c r="K72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73">
         <v>38340</v>
       </c>
       <c r="B73">
         <v>0</v>
       </c>
       <c r="C73" s="3">
         <v>0</v>
       </c>
       <c r="D73">
         <v>0</v>
       </c>
       <c r="E73" s="3">
         <v>0</v>
       </c>
       <c r="F73" s="5">
         <v>0</v>
       </c>
       <c r="G73">
-        <v>117</v>
+        <v>279</v>
       </c>
       <c r="H73" s="3">
-        <v>117</v>
+        <v>279</v>
       </c>
       <c r="I73" s="5">
-        <v>117</v>
+        <v>279</v>
       </c>
       <c r="J73">
         <v>0</v>
       </c>
       <c r="K73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74">
         <v>38350</v>
       </c>
       <c r="B74">
         <v>0</v>
       </c>
       <c r="C74" s="3">
         <v>0</v>
       </c>
       <c r="D74">
         <v>0</v>
       </c>
       <c r="E74" s="3">
         <v>0</v>
       </c>
       <c r="F74" s="5">
@@ -3941,57 +3941,57 @@
       </c>
       <c r="K97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98">
         <v>42000</v>
       </c>
       <c r="B98">
         <v>0</v>
       </c>
       <c r="C98" s="3">
         <v>0</v>
       </c>
       <c r="D98">
         <v>0</v>
       </c>
       <c r="E98" s="3">
         <v>0</v>
       </c>
       <c r="F98" s="5">
         <v>0</v>
       </c>
       <c r="G98">
-        <v>1405</v>
+        <v>1570</v>
       </c>
       <c r="H98" s="3">
-        <v>1405</v>
+        <v>1570</v>
       </c>
       <c r="I98" s="5">
-        <v>1405</v>
+        <v>1570</v>
       </c>
       <c r="J98">
         <v>8526</v>
       </c>
       <c r="K98" s="3">
         <v>8526</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99">
         <v>42100</v>
       </c>
       <c r="B99">
         <v>0</v>
       </c>
       <c r="C99" s="3">
         <v>0</v>
       </c>
       <c r="D99">
         <v>0</v>
       </c>
       <c r="E99" s="3">
         <v>0</v>
       </c>
       <c r="F99" s="5">
@@ -4343,3966 +4343,4036 @@
       </c>
       <c r="E109" s="3">
         <v>0</v>
       </c>
       <c r="F109" s="5">
         <v>0</v>
       </c>
       <c r="G109">
         <v>180</v>
       </c>
       <c r="H109" s="3">
         <v>180</v>
       </c>
       <c r="I109" s="5">
         <v>180</v>
       </c>
       <c r="J109">
         <v>0</v>
       </c>
       <c r="K109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110">
-        <v>42390</v>
+        <v>42380</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="C110" s="3">
         <v>0</v>
       </c>
       <c r="D110">
         <v>0</v>
       </c>
       <c r="E110" s="3">
         <v>0</v>
       </c>
       <c r="F110" s="5">
         <v>0</v>
       </c>
       <c r="G110">
-        <v>74</v>
+        <v>4</v>
       </c>
       <c r="H110" s="3">
-        <v>74</v>
+        <v>4</v>
       </c>
       <c r="I110" s="5">
-        <v>74</v>
+        <v>4</v>
       </c>
       <c r="J110">
         <v>0</v>
       </c>
       <c r="K110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111">
-        <v>42400</v>
+        <v>42390</v>
       </c>
       <c r="B111">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C111" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D111">
         <v>0</v>
       </c>
       <c r="E111" s="3">
         <v>0</v>
       </c>
       <c r="F111" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G111">
-        <v>655</v>
+        <v>74</v>
       </c>
       <c r="H111" s="3">
-        <v>655</v>
+        <v>74</v>
       </c>
       <c r="I111" s="5">
-        <v>656</v>
+        <v>74</v>
       </c>
       <c r="J111">
         <v>0</v>
       </c>
       <c r="K111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112">
-        <v>42420</v>
+        <v>42400</v>
       </c>
       <c r="B112">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C112" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D112">
         <v>0</v>
       </c>
       <c r="E112" s="3">
         <v>0</v>
       </c>
       <c r="F112" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G112">
-        <v>3</v>
+        <v>655</v>
       </c>
       <c r="H112" s="3">
-        <v>3</v>
+        <v>655</v>
       </c>
       <c r="I112" s="5">
-        <v>3</v>
+        <v>656</v>
       </c>
       <c r="J112">
         <v>0</v>
       </c>
       <c r="K112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113">
-        <v>42450</v>
+        <v>42420</v>
       </c>
       <c r="B113">
         <v>0</v>
       </c>
       <c r="C113" s="3">
         <v>0</v>
       </c>
       <c r="D113">
         <v>0</v>
       </c>
       <c r="E113" s="3">
         <v>0</v>
       </c>
       <c r="F113" s="5">
         <v>0</v>
       </c>
       <c r="G113">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H113" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I113" s="5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J113">
         <v>0</v>
       </c>
       <c r="K113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114">
-        <v>42500</v>
+        <v>42450</v>
       </c>
       <c r="B114">
         <v>0</v>
       </c>
       <c r="C114" s="3">
         <v>0</v>
       </c>
       <c r="D114">
         <v>0</v>
       </c>
       <c r="E114" s="3">
         <v>0</v>
       </c>
       <c r="F114" s="5">
         <v>0</v>
       </c>
       <c r="G114">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="H114" s="3">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="I114" s="5">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="J114">
         <v>0</v>
       </c>
       <c r="K114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115">
-        <v>42600</v>
+        <v>42500</v>
       </c>
       <c r="B115">
         <v>0</v>
       </c>
       <c r="C115" s="3">
         <v>0</v>
       </c>
       <c r="D115">
         <v>0</v>
       </c>
       <c r="E115" s="3">
         <v>0</v>
       </c>
       <c r="F115" s="5">
         <v>0</v>
       </c>
       <c r="G115">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="H115" s="3">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="I115" s="5">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="J115">
         <v>0</v>
       </c>
       <c r="K115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116">
-        <v>42700</v>
+        <v>42600</v>
       </c>
       <c r="B116">
         <v>0</v>
       </c>
       <c r="C116" s="3">
         <v>0</v>
       </c>
       <c r="D116">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="E116" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="F116" s="5">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G116">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="H116" s="3">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="I116" s="5">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="J116">
         <v>0</v>
       </c>
       <c r="K116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117">
-        <v>42740</v>
+        <v>42700</v>
       </c>
       <c r="B117">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C117" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D117">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="E117" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="F117" s="5">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="G117">
-        <v>80</v>
+        <v>429</v>
       </c>
       <c r="H117" s="3">
-        <v>80</v>
+        <v>429</v>
       </c>
       <c r="I117" s="5">
-        <v>81</v>
+        <v>463</v>
       </c>
       <c r="J117">
         <v>0</v>
       </c>
       <c r="K117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118">
-        <v>42800</v>
+        <v>42740</v>
       </c>
       <c r="B118">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C118" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D118">
         <v>0</v>
       </c>
       <c r="E118" s="3">
         <v>0</v>
       </c>
       <c r="F118" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G118">
-        <v>446</v>
+        <v>80</v>
       </c>
       <c r="H118" s="3">
-        <v>446</v>
+        <v>80</v>
       </c>
       <c r="I118" s="5">
-        <v>446</v>
+        <v>81</v>
       </c>
       <c r="J118">
         <v>0</v>
       </c>
       <c r="K118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119">
-        <v>43000</v>
+        <v>42800</v>
       </c>
       <c r="B119">
         <v>0</v>
       </c>
       <c r="C119" s="3">
         <v>0</v>
       </c>
       <c r="D119">
         <v>0</v>
       </c>
       <c r="E119" s="3">
         <v>0</v>
       </c>
       <c r="F119" s="5">
         <v>0</v>
       </c>
       <c r="G119">
-        <v>75</v>
+        <v>446</v>
       </c>
       <c r="H119" s="3">
-        <v>75</v>
+        <v>446</v>
       </c>
       <c r="I119" s="5">
-        <v>75</v>
+        <v>446</v>
       </c>
       <c r="J119">
-        <v>482</v>
+        <v>0</v>
       </c>
       <c r="K119" s="3">
-        <v>482</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120">
-        <v>43200</v>
+        <v>43000</v>
       </c>
       <c r="B120">
         <v>0</v>
       </c>
       <c r="C120" s="3">
         <v>0</v>
       </c>
       <c r="D120">
         <v>0</v>
       </c>
       <c r="E120" s="3">
         <v>0</v>
       </c>
       <c r="F120" s="5">
         <v>0</v>
       </c>
       <c r="G120">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="H120" s="3">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="I120" s="5">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="J120">
-        <v>0</v>
+        <v>482</v>
       </c>
       <c r="K120" s="3">
-        <v>0</v>
+        <v>482</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121">
-        <v>43400</v>
+        <v>43200</v>
       </c>
       <c r="B121">
         <v>0</v>
       </c>
       <c r="C121" s="3">
         <v>0</v>
       </c>
       <c r="D121">
         <v>0</v>
       </c>
       <c r="E121" s="3">
         <v>0</v>
       </c>
       <c r="F121" s="5">
         <v>0</v>
       </c>
       <c r="G121">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="H121" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="I121" s="5">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="J121">
-        <v>504</v>
+        <v>0</v>
       </c>
       <c r="K121" s="3">
-        <v>504</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122">
-        <v>63000</v>
+        <v>43400</v>
       </c>
       <c r="B122">
         <v>0</v>
       </c>
       <c r="C122" s="3">
         <v>0</v>
       </c>
       <c r="D122">
         <v>0</v>
       </c>
       <c r="E122" s="3">
         <v>0</v>
       </c>
       <c r="F122" s="5">
         <v>0</v>
       </c>
       <c r="G122">
-        <v>681</v>
+        <v>0</v>
       </c>
       <c r="H122" s="3">
-        <v>681</v>
+        <v>0</v>
       </c>
       <c r="I122" s="5">
-        <v>681</v>
+        <v>0</v>
       </c>
       <c r="J122">
-        <v>0</v>
+        <v>504</v>
       </c>
       <c r="K122" s="3">
-        <v>0</v>
+        <v>504</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123">
-        <v>63100</v>
+        <v>63000</v>
       </c>
       <c r="B123">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C123" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D123">
         <v>0</v>
       </c>
       <c r="E123" s="3">
         <v>0</v>
       </c>
       <c r="F123" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G123">
-        <v>1504</v>
+        <v>736</v>
       </c>
       <c r="H123" s="3">
-        <v>1504</v>
+        <v>736</v>
       </c>
       <c r="I123" s="5">
-        <v>1505</v>
+        <v>736</v>
       </c>
       <c r="J123">
         <v>0</v>
       </c>
       <c r="K123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124">
-        <v>63112</v>
+        <v>63100</v>
       </c>
       <c r="B124">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C124" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D124">
         <v>0</v>
       </c>
       <c r="E124" s="3">
         <v>0</v>
       </c>
       <c r="F124" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G124">
-        <v>73</v>
+        <v>1504</v>
       </c>
       <c r="H124" s="3">
-        <v>73</v>
+        <v>1504</v>
       </c>
       <c r="I124" s="5">
-        <v>73</v>
+        <v>1505</v>
       </c>
       <c r="J124">
         <v>0</v>
       </c>
       <c r="K124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125">
-        <v>63190</v>
+        <v>63112</v>
       </c>
       <c r="B125">
         <v>0</v>
       </c>
       <c r="C125" s="3">
         <v>0</v>
       </c>
       <c r="D125">
         <v>0</v>
       </c>
       <c r="E125" s="3">
         <v>0</v>
       </c>
       <c r="F125" s="5">
         <v>0</v>
       </c>
       <c r="G125">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="H125" s="3">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="I125" s="5">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="J125">
         <v>0</v>
       </c>
       <c r="K125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126">
-        <v>63260</v>
+        <v>63190</v>
       </c>
       <c r="B126">
         <v>0</v>
       </c>
       <c r="C126" s="3">
         <v>0</v>
       </c>
       <c r="D126">
         <v>0</v>
       </c>
       <c r="E126" s="3">
         <v>0</v>
       </c>
       <c r="F126" s="5">
         <v>0</v>
       </c>
       <c r="G126">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="H126" s="3">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="I126" s="5">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="J126">
         <v>0</v>
       </c>
       <c r="K126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127">
-        <v>63360</v>
+        <v>63260</v>
       </c>
       <c r="B127">
         <v>0</v>
       </c>
       <c r="C127" s="3">
         <v>0</v>
       </c>
       <c r="D127">
         <v>0</v>
       </c>
       <c r="E127" s="3">
         <v>0</v>
       </c>
       <c r="F127" s="5">
         <v>0</v>
       </c>
       <c r="G127">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="H127" s="3">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="I127" s="5">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="J127">
         <v>0</v>
       </c>
       <c r="K127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128">
-        <v>63370</v>
+        <v>63360</v>
       </c>
       <c r="B128">
         <v>0</v>
       </c>
       <c r="C128" s="3">
         <v>0</v>
       </c>
       <c r="D128">
         <v>0</v>
       </c>
       <c r="E128" s="3">
         <v>0</v>
       </c>
       <c r="F128" s="5">
         <v>0</v>
       </c>
       <c r="G128">
-        <v>242</v>
+        <v>7</v>
       </c>
       <c r="H128" s="3">
-        <v>242</v>
+        <v>7</v>
       </c>
       <c r="I128" s="5">
-        <v>242</v>
+        <v>7</v>
       </c>
       <c r="J128">
         <v>0</v>
       </c>
       <c r="K128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129">
-        <v>63400</v>
+        <v>63370</v>
       </c>
       <c r="B129">
         <v>0</v>
       </c>
       <c r="C129" s="3">
         <v>0</v>
       </c>
       <c r="D129">
         <v>0</v>
       </c>
       <c r="E129" s="3">
         <v>0</v>
       </c>
       <c r="F129" s="5">
         <v>0</v>
       </c>
       <c r="G129">
-        <v>69</v>
+        <v>242</v>
       </c>
       <c r="H129" s="3">
-        <v>69</v>
+        <v>242</v>
       </c>
       <c r="I129" s="5">
-        <v>69</v>
+        <v>242</v>
       </c>
       <c r="J129">
-        <v>223</v>
+        <v>0</v>
       </c>
       <c r="K129" s="3">
-        <v>223</v>
+        <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130">
-        <v>63430</v>
+        <v>63400</v>
       </c>
       <c r="B130">
         <v>0</v>
       </c>
       <c r="C130" s="3">
         <v>0</v>
       </c>
       <c r="D130">
         <v>0</v>
       </c>
       <c r="E130" s="3">
         <v>0</v>
       </c>
       <c r="F130" s="5">
         <v>0</v>
       </c>
       <c r="G130">
-        <v>251</v>
+        <v>69</v>
       </c>
       <c r="H130" s="3">
-        <v>251</v>
+        <v>69</v>
       </c>
       <c r="I130" s="5">
-        <v>251</v>
+        <v>69</v>
       </c>
       <c r="J130">
-        <v>0</v>
+        <v>223</v>
       </c>
       <c r="K130" s="3">
-        <v>0</v>
+        <v>223</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131">
-        <v>63500</v>
+        <v>63430</v>
       </c>
       <c r="B131">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C131" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D131">
         <v>0</v>
       </c>
       <c r="E131" s="3">
         <v>0</v>
       </c>
       <c r="F131" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G131">
-        <v>56</v>
+        <v>251</v>
       </c>
       <c r="H131" s="3">
-        <v>56</v>
+        <v>251</v>
       </c>
       <c r="I131" s="5">
-        <v>57</v>
+        <v>251</v>
       </c>
       <c r="J131">
         <v>0</v>
       </c>
       <c r="K131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132">
-        <v>63510</v>
+        <v>63500</v>
       </c>
       <c r="B132">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C132" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D132">
         <v>0</v>
       </c>
       <c r="E132" s="3">
         <v>0</v>
       </c>
       <c r="F132" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G132">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="H132" s="3">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="I132" s="5">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="J132">
         <v>0</v>
       </c>
       <c r="K132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133">
-        <v>63800</v>
+        <v>63510</v>
       </c>
       <c r="B133">
         <v>0</v>
       </c>
       <c r="C133" s="3">
         <v>0</v>
       </c>
       <c r="D133">
         <v>0</v>
       </c>
       <c r="E133" s="3">
         <v>0</v>
       </c>
       <c r="F133" s="5">
         <v>0</v>
       </c>
       <c r="G133">
-        <v>253</v>
+        <v>80</v>
       </c>
       <c r="H133" s="3">
-        <v>253</v>
+        <v>80</v>
       </c>
       <c r="I133" s="5">
-        <v>253</v>
+        <v>80</v>
       </c>
       <c r="J133">
         <v>0</v>
       </c>
       <c r="K133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134">
-        <v>69001</v>
+        <v>63800</v>
       </c>
       <c r="B134">
         <v>0</v>
       </c>
       <c r="C134" s="3">
         <v>0</v>
       </c>
       <c r="D134">
         <v>0</v>
       </c>
       <c r="E134" s="3">
         <v>0</v>
       </c>
       <c r="F134" s="5">
         <v>0</v>
       </c>
       <c r="G134">
-        <v>297</v>
+        <v>253</v>
       </c>
       <c r="H134" s="3">
-        <v>297</v>
+        <v>253</v>
       </c>
       <c r="I134" s="5">
-        <v>297</v>
+        <v>253</v>
       </c>
       <c r="J134">
         <v>0</v>
       </c>
       <c r="K134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135">
-        <v>69002</v>
+        <v>69001</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135" s="3">
         <v>0</v>
       </c>
       <c r="D135">
         <v>0</v>
       </c>
       <c r="E135" s="3">
         <v>0</v>
       </c>
       <c r="F135" s="5">
         <v>0</v>
       </c>
       <c r="G135">
-        <v>273</v>
+        <v>297</v>
       </c>
       <c r="H135" s="3">
-        <v>273</v>
+        <v>297</v>
       </c>
       <c r="I135" s="5">
-        <v>273</v>
+        <v>297</v>
       </c>
       <c r="J135">
-        <v>21784</v>
+        <v>0</v>
       </c>
       <c r="K135" s="3">
-        <v>21784</v>
+        <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136">
-        <v>69003</v>
+        <v>69002</v>
       </c>
       <c r="B136">
         <v>0</v>
       </c>
       <c r="C136" s="3">
         <v>0</v>
       </c>
       <c r="D136">
         <v>0</v>
       </c>
       <c r="E136" s="3">
         <v>0</v>
       </c>
       <c r="F136" s="5">
         <v>0</v>
       </c>
       <c r="G136">
-        <v>572</v>
+        <v>273</v>
       </c>
       <c r="H136" s="3">
-        <v>572</v>
+        <v>273</v>
       </c>
       <c r="I136" s="5">
-        <v>572</v>
+        <v>273</v>
       </c>
       <c r="J136">
-        <v>29142</v>
+        <v>21784</v>
       </c>
       <c r="K136" s="3">
-        <v>29142</v>
+        <v>21784</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137">
-        <v>69004</v>
+        <v>69003</v>
       </c>
       <c r="B137">
         <v>0</v>
       </c>
       <c r="C137" s="3">
         <v>0</v>
       </c>
       <c r="D137">
         <v>0</v>
       </c>
       <c r="E137" s="3">
         <v>0</v>
       </c>
       <c r="F137" s="5">
         <v>0</v>
       </c>
       <c r="G137">
-        <v>44</v>
+        <v>572</v>
       </c>
       <c r="H137" s="3">
-        <v>44</v>
+        <v>572</v>
       </c>
       <c r="I137" s="5">
-        <v>44</v>
+        <v>572</v>
       </c>
       <c r="J137">
-        <v>0</v>
+        <v>29142</v>
       </c>
       <c r="K137" s="3">
-        <v>0</v>
+        <v>29142</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138">
-        <v>69005</v>
+        <v>69004</v>
       </c>
       <c r="B138">
         <v>0</v>
       </c>
       <c r="C138" s="3">
         <v>0</v>
       </c>
       <c r="D138">
         <v>0</v>
       </c>
       <c r="E138" s="3">
         <v>0</v>
       </c>
       <c r="F138" s="5">
         <v>0</v>
       </c>
       <c r="G138">
-        <v>432</v>
+        <v>44</v>
       </c>
       <c r="H138" s="3">
-        <v>432</v>
+        <v>44</v>
       </c>
       <c r="I138" s="5">
-        <v>432</v>
+        <v>44</v>
       </c>
       <c r="J138">
-        <v>11222</v>
+        <v>0</v>
       </c>
       <c r="K138" s="3">
-        <v>11222</v>
+        <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139">
-        <v>69006</v>
+        <v>69005</v>
       </c>
       <c r="B139">
         <v>0</v>
       </c>
       <c r="C139" s="3">
         <v>0</v>
       </c>
       <c r="D139">
         <v>0</v>
       </c>
       <c r="E139" s="3">
         <v>0</v>
       </c>
       <c r="F139" s="5">
         <v>0</v>
       </c>
       <c r="G139">
-        <v>132</v>
+        <v>432</v>
       </c>
       <c r="H139" s="3">
-        <v>132</v>
+        <v>432</v>
       </c>
       <c r="I139" s="5">
-        <v>132</v>
+        <v>432</v>
       </c>
       <c r="J139">
-        <v>26293</v>
+        <v>11222</v>
       </c>
       <c r="K139" s="3">
-        <v>26293</v>
+        <v>11222</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140">
-        <v>69007</v>
+        <v>69006</v>
       </c>
       <c r="B140">
         <v>0</v>
       </c>
       <c r="C140" s="3">
         <v>0</v>
       </c>
       <c r="D140">
         <v>0</v>
       </c>
       <c r="E140" s="3">
         <v>0</v>
       </c>
       <c r="F140" s="5">
         <v>0</v>
       </c>
       <c r="G140">
-        <v>217</v>
+        <v>131</v>
       </c>
       <c r="H140" s="3">
-        <v>217</v>
+        <v>131</v>
       </c>
       <c r="I140" s="5">
-        <v>217</v>
+        <v>131</v>
       </c>
       <c r="J140">
-        <v>5318</v>
+        <v>26293</v>
       </c>
       <c r="K140" s="3">
-        <v>5318</v>
+        <v>26293</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141">
-        <v>69008</v>
+        <v>69007</v>
       </c>
       <c r="B141">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C141" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D141">
         <v>0</v>
       </c>
       <c r="E141" s="3">
         <v>0</v>
       </c>
       <c r="F141" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G141">
-        <v>1168</v>
+        <v>217</v>
       </c>
       <c r="H141" s="3">
-        <v>1168</v>
+        <v>217</v>
       </c>
       <c r="I141" s="5">
-        <v>1170</v>
+        <v>217</v>
       </c>
       <c r="J141">
-        <v>12080</v>
+        <v>5318</v>
       </c>
       <c r="K141" s="3">
-        <v>12080</v>
+        <v>5318</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142">
-        <v>69009</v>
+        <v>69008</v>
       </c>
       <c r="B142">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C142" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D142">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="E142" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F142" s="5">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="G142">
-        <v>1513</v>
+        <v>1318</v>
       </c>
       <c r="H142" s="3">
-        <v>1513</v>
+        <v>1318</v>
       </c>
       <c r="I142" s="5">
-        <v>1519</v>
+        <v>1320</v>
       </c>
       <c r="J142">
-        <v>9741</v>
+        <v>12080</v>
       </c>
       <c r="K142" s="3">
-        <v>9741</v>
+        <v>12080</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143">
-        <v>69029</v>
+        <v>69009</v>
       </c>
       <c r="B143">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C143" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D143">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="E143" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F143" s="5">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G143">
-        <v>587</v>
+        <v>1513</v>
       </c>
       <c r="H143" s="3">
-        <v>587</v>
+        <v>1513</v>
       </c>
       <c r="I143" s="5">
-        <v>587</v>
+        <v>1519</v>
       </c>
       <c r="J143">
-        <v>0</v>
+        <v>9741</v>
       </c>
       <c r="K143" s="3">
-        <v>0</v>
+        <v>9741</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144">
-        <v>69100</v>
+        <v>69029</v>
       </c>
       <c r="B144">
         <v>0</v>
       </c>
       <c r="C144" s="3">
         <v>0</v>
       </c>
       <c r="D144">
         <v>0</v>
       </c>
       <c r="E144" s="3">
         <v>0</v>
       </c>
       <c r="F144" s="5">
         <v>0</v>
       </c>
       <c r="G144">
-        <v>2748</v>
+        <v>587</v>
       </c>
       <c r="H144" s="3">
-        <v>2748</v>
+        <v>587</v>
       </c>
       <c r="I144" s="5">
-        <v>2748</v>
+        <v>587</v>
       </c>
       <c r="J144">
-        <v>38705</v>
+        <v>0</v>
       </c>
       <c r="K144" s="3">
-        <v>38705</v>
+        <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145">
-        <v>69110</v>
+        <v>69100</v>
       </c>
       <c r="B145">
         <v>0</v>
       </c>
       <c r="C145" s="3">
         <v>0</v>
       </c>
       <c r="D145">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="E145" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F145" s="5">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G145">
-        <v>111</v>
+        <v>2748</v>
       </c>
       <c r="H145" s="3">
-        <v>111</v>
+        <v>2748</v>
       </c>
       <c r="I145" s="5">
-        <v>117</v>
+        <v>2748</v>
       </c>
       <c r="J145">
-        <v>0</v>
+        <v>38705</v>
       </c>
       <c r="K145" s="3">
-        <v>0</v>
+        <v>38705</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146">
-        <v>69120</v>
+        <v>69110</v>
       </c>
       <c r="B146">
         <v>0</v>
       </c>
       <c r="C146" s="3">
         <v>0</v>
       </c>
       <c r="D146">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E146" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F146" s="5">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G146">
-        <v>2628</v>
+        <v>111</v>
       </c>
       <c r="H146" s="3">
-        <v>2628</v>
+        <v>111</v>
       </c>
       <c r="I146" s="5">
-        <v>2628</v>
+        <v>117</v>
       </c>
       <c r="J146">
-        <v>8767</v>
+        <v>0</v>
       </c>
       <c r="K146" s="3">
-        <v>8767</v>
+        <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147">
-        <v>69132</v>
+        <v>69120</v>
       </c>
       <c r="B147">
         <v>0</v>
       </c>
       <c r="C147" s="3">
         <v>0</v>
       </c>
       <c r="D147">
         <v>0</v>
       </c>
       <c r="E147" s="3">
         <v>0</v>
       </c>
       <c r="F147" s="5">
         <v>0</v>
       </c>
       <c r="G147">
-        <v>0</v>
+        <v>2628</v>
       </c>
       <c r="H147" s="3">
-        <v>0</v>
+        <v>2628</v>
       </c>
       <c r="I147" s="5">
-        <v>0</v>
+        <v>2628</v>
       </c>
       <c r="J147">
-        <v>3267</v>
+        <v>8767</v>
       </c>
       <c r="K147" s="3">
-        <v>3267</v>
+        <v>8767</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148">
-        <v>69140</v>
+        <v>69132</v>
       </c>
       <c r="B148">
         <v>0</v>
       </c>
       <c r="C148" s="3">
         <v>0</v>
       </c>
       <c r="D148">
         <v>0</v>
       </c>
       <c r="E148" s="3">
         <v>0</v>
       </c>
       <c r="F148" s="5">
         <v>0</v>
       </c>
       <c r="G148">
-        <v>1694</v>
+        <v>0</v>
       </c>
       <c r="H148" s="3">
-        <v>1694</v>
+        <v>0</v>
       </c>
       <c r="I148" s="5">
-        <v>1694</v>
+        <v>0</v>
       </c>
       <c r="J148">
-        <v>0</v>
+        <v>3267</v>
       </c>
       <c r="K148" s="3">
-        <v>0</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149">
-        <v>69150</v>
+        <v>69140</v>
       </c>
       <c r="B149">
         <v>0</v>
       </c>
       <c r="C149" s="3">
         <v>0</v>
       </c>
       <c r="D149">
         <v>0</v>
       </c>
       <c r="E149" s="3">
         <v>0</v>
       </c>
       <c r="F149" s="5">
         <v>0</v>
       </c>
       <c r="G149">
-        <v>557</v>
+        <v>1694</v>
       </c>
       <c r="H149" s="3">
-        <v>557</v>
+        <v>1694</v>
       </c>
       <c r="I149" s="5">
-        <v>557</v>
+        <v>1694</v>
       </c>
       <c r="J149">
-        <v>2425</v>
+        <v>0</v>
       </c>
       <c r="K149" s="3">
-        <v>2425</v>
+        <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150">
-        <v>69160</v>
+        <v>69150</v>
       </c>
       <c r="B150">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C150" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D150">
         <v>0</v>
       </c>
       <c r="E150" s="3">
         <v>0</v>
       </c>
       <c r="F150" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G150">
-        <v>152</v>
+        <v>557</v>
       </c>
       <c r="H150" s="3">
-        <v>152</v>
+        <v>557</v>
       </c>
       <c r="I150" s="5">
-        <v>153</v>
+        <v>557</v>
       </c>
       <c r="J150">
-        <v>0</v>
+        <v>2425</v>
       </c>
       <c r="K150" s="3">
-        <v>0</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151">
-        <v>69170</v>
+        <v>69160</v>
       </c>
       <c r="B151">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C151" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D151">
         <v>0</v>
       </c>
       <c r="E151" s="3">
         <v>0</v>
       </c>
       <c r="F151" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G151">
-        <v>30</v>
+        <v>152</v>
       </c>
       <c r="H151" s="3">
-        <v>30</v>
+        <v>152</v>
       </c>
       <c r="I151" s="5">
-        <v>30</v>
+        <v>153</v>
       </c>
       <c r="J151">
         <v>0</v>
       </c>
       <c r="K151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152">
-        <v>69190</v>
+        <v>69170</v>
       </c>
       <c r="B152">
         <v>0</v>
       </c>
       <c r="C152" s="3">
         <v>0</v>
       </c>
       <c r="D152">
         <v>0</v>
       </c>
       <c r="E152" s="3">
         <v>0</v>
       </c>
       <c r="F152" s="5">
         <v>0</v>
       </c>
       <c r="G152">
-        <v>966</v>
+        <v>30</v>
       </c>
       <c r="H152" s="3">
-        <v>966</v>
+        <v>30</v>
       </c>
       <c r="I152" s="5">
-        <v>966</v>
+        <v>30</v>
       </c>
       <c r="J152">
         <v>0</v>
       </c>
       <c r="K152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153">
-        <v>69200</v>
+        <v>69190</v>
       </c>
       <c r="B153">
         <v>0</v>
       </c>
       <c r="C153" s="3">
         <v>0</v>
       </c>
       <c r="D153">
         <v>0</v>
       </c>
       <c r="E153" s="3">
         <v>0</v>
       </c>
       <c r="F153" s="5">
         <v>0</v>
       </c>
       <c r="G153">
-        <v>2937</v>
+        <v>966</v>
       </c>
       <c r="H153" s="3">
-        <v>2937</v>
+        <v>966</v>
       </c>
       <c r="I153" s="5">
-        <v>2937</v>
+        <v>966</v>
       </c>
       <c r="J153">
         <v>0</v>
       </c>
       <c r="K153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154">
-        <v>69220</v>
+        <v>69200</v>
       </c>
       <c r="B154">
         <v>0</v>
       </c>
       <c r="C154" s="3">
         <v>0</v>
       </c>
       <c r="D154">
         <v>0</v>
       </c>
       <c r="E154" s="3">
         <v>0</v>
       </c>
       <c r="F154" s="5">
         <v>0</v>
       </c>
       <c r="G154">
-        <v>227</v>
+        <v>2937</v>
       </c>
       <c r="H154" s="3">
-        <v>227</v>
+        <v>2937</v>
       </c>
       <c r="I154" s="5">
-        <v>227</v>
+        <v>2937</v>
       </c>
       <c r="J154">
         <v>0</v>
       </c>
       <c r="K154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155">
-        <v>69230</v>
+        <v>69220</v>
       </c>
       <c r="B155">
         <v>0</v>
       </c>
       <c r="C155" s="3">
         <v>0</v>
       </c>
       <c r="D155">
         <v>0</v>
       </c>
       <c r="E155" s="3">
         <v>0</v>
       </c>
       <c r="F155" s="5">
         <v>0</v>
       </c>
       <c r="G155">
-        <v>36</v>
+        <v>227</v>
       </c>
       <c r="H155" s="3">
-        <v>36</v>
+        <v>227</v>
       </c>
       <c r="I155" s="5">
-        <v>36</v>
+        <v>227</v>
       </c>
       <c r="J155">
         <v>0</v>
       </c>
       <c r="K155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156">
-        <v>69240</v>
+        <v>69230</v>
       </c>
       <c r="B156">
         <v>0</v>
       </c>
       <c r="C156" s="3">
         <v>0</v>
       </c>
       <c r="D156">
         <v>0</v>
       </c>
       <c r="E156" s="3">
         <v>0</v>
       </c>
       <c r="F156" s="5">
         <v>0</v>
       </c>
       <c r="G156">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="H156" s="3">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="I156" s="5">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="J156">
         <v>0</v>
       </c>
       <c r="K156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157">
-        <v>69250</v>
+        <v>69240</v>
       </c>
       <c r="B157">
         <v>0</v>
       </c>
       <c r="C157" s="3">
         <v>0</v>
       </c>
       <c r="D157">
         <v>0</v>
       </c>
       <c r="E157" s="3">
         <v>0</v>
       </c>
       <c r="F157" s="5">
         <v>0</v>
       </c>
       <c r="G157">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="H157" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="I157" s="5">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="J157">
-        <v>2135</v>
+        <v>0</v>
       </c>
       <c r="K157" s="3">
-        <v>2135</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158">
-        <v>69260</v>
+        <v>69250</v>
       </c>
       <c r="B158">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C158" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D158">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E158" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F158" s="5">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G158">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="H158" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="I158" s="5">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="J158">
-        <v>0</v>
+        <v>2135</v>
       </c>
       <c r="K158" s="3">
-        <v>0</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159">
-        <v>69270</v>
+        <v>69260</v>
       </c>
       <c r="B159">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C159" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D159">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E159" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F159" s="5">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G159">
-        <v>151</v>
+        <v>11</v>
       </c>
       <c r="H159" s="3">
-        <v>151</v>
+        <v>11</v>
       </c>
       <c r="I159" s="5">
-        <v>151</v>
+        <v>16</v>
       </c>
       <c r="J159">
         <v>0</v>
       </c>
       <c r="K159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160">
-        <v>69300</v>
+        <v>69270</v>
       </c>
       <c r="B160">
         <v>0</v>
       </c>
       <c r="C160" s="3">
         <v>0</v>
       </c>
       <c r="D160">
         <v>0</v>
       </c>
       <c r="E160" s="3">
         <v>0</v>
       </c>
       <c r="F160" s="5">
         <v>0</v>
       </c>
       <c r="G160">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="H160" s="3">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="I160" s="5">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="J160">
         <v>0</v>
       </c>
       <c r="K160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161">
-        <v>69330</v>
+        <v>69300</v>
       </c>
       <c r="B161">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C161" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D161">
         <v>0</v>
       </c>
       <c r="E161" s="3">
         <v>0</v>
       </c>
       <c r="F161" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G161">
-        <v>116</v>
+        <v>135</v>
       </c>
       <c r="H161" s="3">
-        <v>116</v>
+        <v>135</v>
       </c>
       <c r="I161" s="5">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="J161">
         <v>0</v>
       </c>
       <c r="K161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162">
-        <v>69340</v>
+        <v>69330</v>
       </c>
       <c r="B162">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C162" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D162">
         <v>0</v>
       </c>
       <c r="E162" s="3">
         <v>0</v>
       </c>
       <c r="F162" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G162">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="H162" s="3">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="I162" s="5">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="J162">
         <v>0</v>
       </c>
       <c r="K162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163">
-        <v>69350</v>
+        <v>69340</v>
       </c>
       <c r="B163">
         <v>0</v>
       </c>
       <c r="C163" s="3">
         <v>0</v>
       </c>
       <c r="D163">
         <v>0</v>
       </c>
       <c r="E163" s="3">
         <v>0</v>
       </c>
       <c r="F163" s="5">
         <v>0</v>
       </c>
       <c r="G163">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="H163" s="3">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="I163" s="5">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="J163">
         <v>0</v>
       </c>
       <c r="K163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164">
-        <v>69360</v>
+        <v>69350</v>
       </c>
       <c r="B164">
         <v>0</v>
       </c>
       <c r="C164" s="3">
         <v>0</v>
       </c>
       <c r="D164">
         <v>0</v>
       </c>
       <c r="E164" s="3">
         <v>0</v>
       </c>
       <c r="F164" s="5">
         <v>0</v>
       </c>
       <c r="G164">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="H164" s="3">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="I164" s="5">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="J164">
         <v>0</v>
       </c>
       <c r="K164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165">
-        <v>69370</v>
+        <v>69360</v>
       </c>
       <c r="B165">
         <v>0</v>
       </c>
       <c r="C165" s="3">
         <v>0</v>
       </c>
       <c r="D165">
         <v>0</v>
       </c>
       <c r="E165" s="3">
         <v>0</v>
       </c>
       <c r="F165" s="5">
         <v>0</v>
       </c>
       <c r="G165">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="H165" s="3">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I165" s="5">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="J165">
         <v>0</v>
       </c>
       <c r="K165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166">
-        <v>69380</v>
+        <v>69370</v>
       </c>
       <c r="B166">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C166" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D166">
         <v>0</v>
       </c>
       <c r="E166" s="3">
         <v>0</v>
       </c>
       <c r="F166" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G166">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="H166" s="3">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="I166" s="5">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="J166">
         <v>0</v>
       </c>
       <c r="K166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167">
-        <v>69390</v>
+        <v>69380</v>
       </c>
       <c r="B167">
         <v>2</v>
       </c>
       <c r="C167" s="3">
         <v>2</v>
       </c>
       <c r="D167">
         <v>0</v>
       </c>
       <c r="E167" s="3">
         <v>0</v>
       </c>
       <c r="F167" s="5">
         <v>2</v>
       </c>
       <c r="G167">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="H167" s="3">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="I167" s="5">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="J167">
         <v>0</v>
       </c>
       <c r="K167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168">
-        <v>69400</v>
+        <v>69390</v>
       </c>
       <c r="B168">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="C168" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D168">
         <v>0</v>
       </c>
       <c r="E168" s="3">
         <v>0</v>
       </c>
       <c r="F168" s="5">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G168">
-        <v>314</v>
+        <v>0</v>
       </c>
       <c r="H168" s="3">
-        <v>314</v>
+        <v>0</v>
       </c>
       <c r="I168" s="5">
-        <v>314</v>
+        <v>2</v>
       </c>
       <c r="J168">
-        <v>4000</v>
+        <v>0</v>
       </c>
       <c r="K168" s="3">
-        <v>4000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169">
-        <v>69490</v>
+        <v>69400</v>
       </c>
       <c r="B169">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C169" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D169">
         <v>0</v>
       </c>
       <c r="E169" s="3">
         <v>0</v>
       </c>
       <c r="F169" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G169">
-        <v>16</v>
+        <v>314</v>
       </c>
       <c r="H169" s="3">
-        <v>16</v>
+        <v>314</v>
       </c>
       <c r="I169" s="5">
-        <v>17</v>
+        <v>314</v>
       </c>
       <c r="J169">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="K169" s="3">
-        <v>0</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170">
-        <v>69520</v>
+        <v>69490</v>
       </c>
       <c r="B170">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C170" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D170">
         <v>0</v>
       </c>
       <c r="E170" s="3">
         <v>0</v>
       </c>
       <c r="F170" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G170">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="H170" s="3">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I170" s="5">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="J170">
         <v>0</v>
       </c>
       <c r="K170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171">
-        <v>69530</v>
+        <v>69520</v>
       </c>
       <c r="B171">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C171" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D171">
         <v>0</v>
       </c>
       <c r="E171" s="3">
         <v>0</v>
       </c>
       <c r="F171" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G171">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="H171" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="I171" s="5">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="J171">
         <v>0</v>
       </c>
       <c r="K171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172">
-        <v>69540</v>
+        <v>69530</v>
       </c>
       <c r="B172">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C172" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D172">
         <v>0</v>
       </c>
       <c r="E172" s="3">
         <v>0</v>
       </c>
       <c r="F172" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G172">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="H172" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="I172" s="5">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="J172">
         <v>0</v>
       </c>
       <c r="K172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173">
-        <v>69550</v>
+        <v>69540</v>
       </c>
       <c r="B173">
         <v>0</v>
       </c>
       <c r="C173" s="3">
         <v>0</v>
       </c>
       <c r="D173">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E173" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F173" s="5">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G173">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="H173" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="I173" s="5">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="J173">
         <v>0</v>
       </c>
       <c r="K173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174">
-        <v>69570</v>
+        <v>69550</v>
       </c>
       <c r="B174">
         <v>0</v>
       </c>
       <c r="C174" s="3">
         <v>0</v>
       </c>
       <c r="D174">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E174" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F174" s="5">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G174">
         <v>0</v>
       </c>
       <c r="H174" s="3">
         <v>0</v>
       </c>
       <c r="I174" s="5">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J174">
-        <v>1990</v>
+        <v>0</v>
       </c>
       <c r="K174" s="3">
-        <v>1990</v>
+        <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175">
-        <v>69600</v>
+        <v>69570</v>
       </c>
       <c r="B175">
         <v>0</v>
       </c>
       <c r="C175" s="3">
         <v>0</v>
       </c>
       <c r="D175">
         <v>0</v>
       </c>
       <c r="E175" s="3">
         <v>0</v>
       </c>
       <c r="F175" s="5">
         <v>0</v>
       </c>
       <c r="G175">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="H175" s="3">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="I175" s="5">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="J175">
-        <v>0</v>
+        <v>1990</v>
       </c>
       <c r="K175" s="3">
-        <v>0</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176">
-        <v>69610</v>
+        <v>69580</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176" s="3">
         <v>0</v>
       </c>
       <c r="D176">
         <v>0</v>
       </c>
       <c r="E176" s="3">
         <v>0</v>
       </c>
       <c r="F176" s="5">
         <v>0</v>
       </c>
       <c r="G176">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="H176" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="I176" s="5">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J176">
-        <v>0</v>
+        <v>979</v>
       </c>
       <c r="K176" s="3">
-        <v>0</v>
+        <v>979</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177">
-        <v>69630</v>
+        <v>69600</v>
       </c>
       <c r="B177">
         <v>0</v>
       </c>
       <c r="C177" s="3">
         <v>0</v>
       </c>
       <c r="D177">
         <v>0</v>
       </c>
       <c r="E177" s="3">
         <v>0</v>
       </c>
       <c r="F177" s="5">
         <v>0</v>
       </c>
       <c r="G177">
-        <v>4</v>
+        <v>242</v>
       </c>
       <c r="H177" s="3">
-        <v>4</v>
+        <v>242</v>
       </c>
       <c r="I177" s="5">
-        <v>4</v>
+        <v>242</v>
       </c>
       <c r="J177">
         <v>0</v>
       </c>
       <c r="K177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178">
-        <v>69670</v>
+        <v>69610</v>
       </c>
       <c r="B178">
         <v>0</v>
       </c>
       <c r="C178" s="3">
         <v>0</v>
       </c>
       <c r="D178">
         <v>0</v>
       </c>
       <c r="E178" s="3">
         <v>0</v>
       </c>
       <c r="F178" s="5">
         <v>0</v>
       </c>
       <c r="G178">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="H178" s="3">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="I178" s="5">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="J178">
         <v>0</v>
       </c>
       <c r="K178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179">
-        <v>69680</v>
+        <v>69630</v>
       </c>
       <c r="B179">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C179" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D179">
         <v>0</v>
       </c>
       <c r="E179" s="3">
         <v>0</v>
       </c>
       <c r="F179" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G179">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H179" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I179" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J179">
         <v>0</v>
       </c>
       <c r="K179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180">
-        <v>69700</v>
+        <v>69670</v>
       </c>
       <c r="B180">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C180" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D180">
         <v>0</v>
       </c>
       <c r="E180" s="3">
         <v>0</v>
       </c>
       <c r="F180" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G180">
-        <v>240</v>
+        <v>28</v>
       </c>
       <c r="H180" s="3">
-        <v>240</v>
+        <v>28</v>
       </c>
       <c r="I180" s="5">
-        <v>241</v>
+        <v>28</v>
       </c>
       <c r="J180">
         <v>0</v>
       </c>
       <c r="K180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181">
-        <v>69800</v>
+        <v>69680</v>
       </c>
       <c r="B181">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C181" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D181">
         <v>0</v>
       </c>
       <c r="E181" s="3">
         <v>0</v>
       </c>
       <c r="F181" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G181">
-        <v>1734</v>
+        <v>0</v>
       </c>
       <c r="H181" s="3">
-        <v>1734</v>
+        <v>0</v>
       </c>
       <c r="I181" s="5">
-        <v>1734</v>
+        <v>1</v>
       </c>
       <c r="J181">
         <v>0</v>
       </c>
       <c r="K181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182">
-        <v>69830</v>
+        <v>69700</v>
       </c>
       <c r="B182">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C182" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D182">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="E182" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F182" s="5">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G182">
-        <v>9</v>
+        <v>240</v>
       </c>
       <c r="H182" s="3">
-        <v>9</v>
+        <v>240</v>
       </c>
       <c r="I182" s="5">
-        <v>16</v>
+        <v>241</v>
       </c>
       <c r="J182">
         <v>0</v>
       </c>
       <c r="K182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183">
-        <v>69960</v>
+        <v>69800</v>
       </c>
       <c r="B183">
         <v>0</v>
       </c>
       <c r="C183" s="3">
         <v>0</v>
       </c>
       <c r="D183">
         <v>0</v>
       </c>
       <c r="E183" s="3">
         <v>0</v>
       </c>
       <c r="F183" s="5">
         <v>0</v>
       </c>
       <c r="G183">
-        <v>23</v>
+        <v>1734</v>
       </c>
       <c r="H183" s="3">
-        <v>23</v>
+        <v>1734</v>
       </c>
       <c r="I183" s="5">
-        <v>23</v>
+        <v>1734</v>
       </c>
       <c r="J183">
         <v>0</v>
       </c>
       <c r="K183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184">
-        <v>73000</v>
+        <v>69830</v>
       </c>
       <c r="B184">
         <v>0</v>
       </c>
       <c r="C184" s="3">
         <v>0</v>
       </c>
       <c r="D184">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="E184" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F184" s="5">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G184">
-        <v>1323</v>
+        <v>9</v>
       </c>
       <c r="H184" s="3">
-        <v>1323</v>
+        <v>9</v>
       </c>
       <c r="I184" s="5">
-        <v>1323</v>
+        <v>16</v>
       </c>
       <c r="J184">
         <v>0</v>
       </c>
       <c r="K184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185">
-        <v>73100</v>
+        <v>69960</v>
       </c>
       <c r="B185">
         <v>0</v>
       </c>
       <c r="C185" s="3">
         <v>0</v>
       </c>
       <c r="D185">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E185" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F185" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G185">
-        <v>553</v>
+        <v>23</v>
       </c>
       <c r="H185" s="3">
-        <v>553</v>
+        <v>23</v>
       </c>
       <c r="I185" s="5">
-        <v>555</v>
+        <v>23</v>
       </c>
       <c r="J185">
         <v>0</v>
       </c>
       <c r="K185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186">
-        <v>73110</v>
+        <v>73000</v>
       </c>
       <c r="B186">
         <v>0</v>
       </c>
       <c r="C186" s="3">
         <v>0</v>
       </c>
       <c r="D186">
         <v>0</v>
       </c>
       <c r="E186" s="3">
         <v>0</v>
       </c>
       <c r="F186" s="5">
         <v>0</v>
       </c>
       <c r="G186">
-        <v>40</v>
+        <v>1323</v>
       </c>
       <c r="H186" s="3">
-        <v>40</v>
+        <v>1323</v>
       </c>
       <c r="I186" s="5">
-        <v>40</v>
+        <v>1323</v>
       </c>
       <c r="J186">
         <v>0</v>
       </c>
       <c r="K186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187">
-        <v>73150</v>
+        <v>73100</v>
       </c>
       <c r="B187">
         <v>0</v>
       </c>
       <c r="C187" s="3">
         <v>0</v>
       </c>
       <c r="D187">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E187" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F187" s="5">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G187">
-        <v>190</v>
+        <v>553</v>
       </c>
       <c r="H187" s="3">
-        <v>190</v>
+        <v>553</v>
       </c>
       <c r="I187" s="5">
-        <v>190</v>
+        <v>555</v>
       </c>
       <c r="J187">
         <v>0</v>
       </c>
       <c r="K187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188">
-        <v>73160</v>
+        <v>73110</v>
       </c>
       <c r="B188">
         <v>0</v>
       </c>
       <c r="C188" s="3">
         <v>0</v>
       </c>
       <c r="D188">
         <v>0</v>
       </c>
       <c r="E188" s="3">
         <v>0</v>
       </c>
       <c r="F188" s="5">
         <v>0</v>
       </c>
       <c r="G188">
-        <v>553</v>
+        <v>40</v>
       </c>
       <c r="H188" s="3">
-        <v>553</v>
+        <v>40</v>
       </c>
       <c r="I188" s="5">
-        <v>553</v>
+        <v>40</v>
       </c>
       <c r="J188">
         <v>0</v>
       </c>
       <c r="K188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189">
-        <v>73170</v>
+        <v>73150</v>
       </c>
       <c r="B189">
         <v>0</v>
       </c>
       <c r="C189" s="3">
         <v>0</v>
       </c>
       <c r="D189">
         <v>0</v>
       </c>
       <c r="E189" s="3">
         <v>0</v>
       </c>
       <c r="F189" s="5">
         <v>0</v>
       </c>
       <c r="G189">
-        <v>10</v>
+        <v>190</v>
       </c>
       <c r="H189" s="3">
-        <v>10</v>
+        <v>190</v>
       </c>
       <c r="I189" s="5">
-        <v>10</v>
+        <v>190</v>
       </c>
       <c r="J189">
         <v>0</v>
       </c>
       <c r="K189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190">
-        <v>73190</v>
+        <v>73160</v>
       </c>
       <c r="B190">
         <v>0</v>
       </c>
       <c r="C190" s="3">
         <v>0</v>
       </c>
       <c r="D190">
         <v>0</v>
       </c>
       <c r="E190" s="3">
         <v>0</v>
       </c>
       <c r="F190" s="5">
         <v>0</v>
       </c>
       <c r="G190">
-        <v>5</v>
+        <v>553</v>
       </c>
       <c r="H190" s="3">
-        <v>5</v>
+        <v>553</v>
       </c>
       <c r="I190" s="5">
-        <v>5</v>
+        <v>553</v>
       </c>
       <c r="J190">
         <v>0</v>
       </c>
       <c r="K190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191">
-        <v>73200</v>
+        <v>73170</v>
       </c>
       <c r="B191">
         <v>0</v>
       </c>
       <c r="C191" s="3">
         <v>0</v>
       </c>
       <c r="D191">
         <v>0</v>
       </c>
       <c r="E191" s="3">
         <v>0</v>
       </c>
       <c r="F191" s="5">
         <v>0</v>
       </c>
       <c r="G191">
-        <v>228</v>
+        <v>10</v>
       </c>
       <c r="H191" s="3">
-        <v>228</v>
+        <v>10</v>
       </c>
       <c r="I191" s="5">
-        <v>228</v>
+        <v>10</v>
       </c>
       <c r="J191">
         <v>0</v>
       </c>
       <c r="K191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192">
-        <v>73290</v>
+        <v>73190</v>
       </c>
       <c r="B192">
         <v>0</v>
       </c>
       <c r="C192" s="3">
         <v>0</v>
       </c>
       <c r="D192">
         <v>0</v>
       </c>
       <c r="E192" s="3">
         <v>0</v>
       </c>
       <c r="F192" s="5">
         <v>0</v>
       </c>
       <c r="G192">
-        <v>52</v>
+        <v>5</v>
       </c>
       <c r="H192" s="3">
-        <v>52</v>
+        <v>5</v>
       </c>
       <c r="I192" s="5">
-        <v>52</v>
+        <v>5</v>
       </c>
       <c r="J192">
         <v>0</v>
       </c>
       <c r="K192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193">
-        <v>73340</v>
+        <v>73200</v>
       </c>
       <c r="B193">
         <v>0</v>
       </c>
       <c r="C193" s="3">
         <v>0</v>
       </c>
       <c r="D193">
         <v>0</v>
       </c>
       <c r="E193" s="3">
         <v>0</v>
       </c>
       <c r="F193" s="5">
         <v>0</v>
       </c>
       <c r="G193">
-        <v>2</v>
+        <v>228</v>
       </c>
       <c r="H193" s="3">
-        <v>2</v>
+        <v>228</v>
       </c>
       <c r="I193" s="5">
-        <v>2</v>
+        <v>228</v>
       </c>
       <c r="J193">
         <v>0</v>
       </c>
       <c r="K193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194">
-        <v>73400</v>
+        <v>73290</v>
       </c>
       <c r="B194">
         <v>0</v>
       </c>
       <c r="C194" s="3">
         <v>0</v>
       </c>
       <c r="D194">
         <v>0</v>
       </c>
       <c r="E194" s="3">
         <v>0</v>
       </c>
       <c r="F194" s="5">
         <v>0</v>
       </c>
       <c r="G194">
-        <v>130</v>
+        <v>52</v>
       </c>
       <c r="H194" s="3">
-        <v>130</v>
+        <v>52</v>
       </c>
       <c r="I194" s="5">
-        <v>130</v>
+        <v>52</v>
       </c>
       <c r="J194">
         <v>0</v>
       </c>
       <c r="K194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195">
-        <v>73420</v>
+        <v>73340</v>
       </c>
       <c r="B195">
         <v>0</v>
       </c>
       <c r="C195" s="3">
         <v>0</v>
       </c>
       <c r="D195">
         <v>0</v>
       </c>
       <c r="E195" s="3">
         <v>0</v>
       </c>
       <c r="F195" s="5">
         <v>0</v>
       </c>
       <c r="G195">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H195" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I195" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J195">
         <v>0</v>
       </c>
       <c r="K195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196">
-        <v>73540</v>
+        <v>73400</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
       <c r="C196" s="3">
         <v>0</v>
       </c>
       <c r="D196">
         <v>0</v>
       </c>
       <c r="E196" s="3">
         <v>0</v>
       </c>
       <c r="F196" s="5">
         <v>0</v>
       </c>
       <c r="G196">
-        <v>5</v>
+        <v>130</v>
       </c>
       <c r="H196" s="3">
-        <v>5</v>
+        <v>130</v>
       </c>
       <c r="I196" s="5">
-        <v>5</v>
+        <v>130</v>
       </c>
       <c r="J196">
         <v>0</v>
       </c>
       <c r="K196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197">
-        <v>73620</v>
+        <v>73420</v>
       </c>
       <c r="B197">
         <v>0</v>
       </c>
       <c r="C197" s="3">
         <v>0</v>
       </c>
       <c r="D197">
         <v>0</v>
       </c>
       <c r="E197" s="3">
         <v>0</v>
       </c>
       <c r="F197" s="5">
         <v>0</v>
       </c>
       <c r="G197">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H197" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I197" s="5">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J197">
-        <v>1050</v>
+        <v>0</v>
       </c>
       <c r="K197" s="3">
-        <v>1050</v>
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198">
-        <v>73670</v>
+        <v>73540</v>
       </c>
       <c r="B198">
         <v>0</v>
       </c>
       <c r="C198" s="3">
         <v>0</v>
       </c>
       <c r="D198">
         <v>0</v>
       </c>
       <c r="E198" s="3">
         <v>0</v>
       </c>
       <c r="F198" s="5">
         <v>0</v>
       </c>
       <c r="G198">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H198" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I198" s="5">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="J198">
         <v>0</v>
       </c>
       <c r="K198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199">
-        <v>73800</v>
+        <v>73620</v>
       </c>
       <c r="B199">
         <v>0</v>
       </c>
       <c r="C199" s="3">
         <v>0</v>
       </c>
       <c r="D199">
         <v>0</v>
       </c>
       <c r="E199" s="3">
         <v>0</v>
       </c>
       <c r="F199" s="5">
         <v>0</v>
       </c>
       <c r="G199">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="H199" s="3">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="I199" s="5">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="J199">
-        <v>0</v>
+        <v>1050</v>
       </c>
       <c r="K199" s="3">
-        <v>0</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200">
-        <v>74000</v>
+        <v>73670</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200" s="3">
         <v>0</v>
       </c>
       <c r="D200">
         <v>0</v>
       </c>
       <c r="E200" s="3">
         <v>0</v>
       </c>
       <c r="F200" s="5">
         <v>0</v>
       </c>
       <c r="G200">
-        <v>406</v>
+        <v>8</v>
       </c>
       <c r="H200" s="3">
-        <v>406</v>
+        <v>8</v>
       </c>
       <c r="I200" s="5">
-        <v>406</v>
+        <v>8</v>
       </c>
       <c r="J200">
         <v>0</v>
       </c>
       <c r="K200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201">
-        <v>74100</v>
+        <v>73800</v>
       </c>
       <c r="B201">
         <v>0</v>
       </c>
       <c r="C201" s="3">
         <v>0</v>
       </c>
       <c r="D201">
         <v>0</v>
       </c>
       <c r="E201" s="3">
         <v>0</v>
       </c>
       <c r="F201" s="5">
         <v>0</v>
       </c>
       <c r="G201">
-        <v>731</v>
+        <v>144</v>
       </c>
       <c r="H201" s="3">
-        <v>731</v>
+        <v>144</v>
       </c>
       <c r="I201" s="5">
-        <v>731</v>
+        <v>144</v>
       </c>
       <c r="J201">
         <v>0</v>
       </c>
       <c r="K201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202">
-        <v>74140</v>
+        <v>74000</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
       <c r="C202" s="3">
         <v>0</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
       <c r="E202" s="3">
         <v>0</v>
       </c>
       <c r="F202" s="5">
         <v>0</v>
       </c>
       <c r="G202">
-        <v>58</v>
+        <v>406</v>
       </c>
       <c r="H202" s="3">
-        <v>58</v>
+        <v>406</v>
       </c>
       <c r="I202" s="5">
-        <v>58</v>
+        <v>406</v>
       </c>
       <c r="J202">
         <v>0</v>
       </c>
       <c r="K202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203">
-        <v>74160</v>
+        <v>74100</v>
       </c>
       <c r="B203">
         <v>0</v>
       </c>
       <c r="C203" s="3">
         <v>0</v>
       </c>
       <c r="D203">
         <v>0</v>
       </c>
       <c r="E203" s="3">
         <v>0</v>
       </c>
       <c r="F203" s="5">
         <v>0</v>
       </c>
       <c r="G203">
-        <v>0</v>
+        <v>731</v>
       </c>
       <c r="H203" s="3">
-        <v>0</v>
+        <v>731</v>
       </c>
       <c r="I203" s="5">
-        <v>0</v>
+        <v>731</v>
       </c>
       <c r="J203">
-        <v>3309</v>
+        <v>0</v>
       </c>
       <c r="K203" s="3">
-        <v>3309</v>
+        <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204">
-        <v>74200</v>
+        <v>74140</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204" s="3">
         <v>0</v>
       </c>
       <c r="D204">
         <v>0</v>
       </c>
       <c r="E204" s="3">
         <v>0</v>
       </c>
       <c r="F204" s="5">
         <v>0</v>
       </c>
       <c r="G204">
-        <v>295</v>
+        <v>58</v>
       </c>
       <c r="H204" s="3">
-        <v>295</v>
+        <v>58</v>
       </c>
       <c r="I204" s="5">
-        <v>295</v>
+        <v>58</v>
       </c>
       <c r="J204">
         <v>0</v>
       </c>
       <c r="K204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205">
-        <v>74210</v>
+        <v>74160</v>
       </c>
       <c r="B205">
         <v>0</v>
       </c>
       <c r="C205" s="3">
         <v>0</v>
       </c>
       <c r="D205">
         <v>0</v>
       </c>
       <c r="E205" s="3">
         <v>0</v>
       </c>
       <c r="F205" s="5">
         <v>0</v>
       </c>
       <c r="G205">
-        <v>334</v>
+        <v>0</v>
       </c>
       <c r="H205" s="3">
-        <v>334</v>
+        <v>0</v>
       </c>
       <c r="I205" s="5">
-        <v>334</v>
+        <v>0</v>
       </c>
       <c r="J205">
-        <v>0</v>
+        <v>3309</v>
       </c>
       <c r="K205" s="3">
-        <v>0</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206">
-        <v>74240</v>
+        <v>74200</v>
       </c>
       <c r="B206">
         <v>0</v>
       </c>
       <c r="C206" s="3">
         <v>0</v>
       </c>
       <c r="D206">
         <v>0</v>
       </c>
       <c r="E206" s="3">
         <v>0</v>
       </c>
       <c r="F206" s="5">
         <v>0</v>
       </c>
       <c r="G206">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="H206" s="3">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="I206" s="5">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="J206">
         <v>0</v>
       </c>
       <c r="K206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207">
-        <v>74300</v>
+        <v>74210</v>
       </c>
       <c r="B207">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C207" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D207">
         <v>0</v>
       </c>
       <c r="E207" s="3">
         <v>0</v>
       </c>
       <c r="F207" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G207">
-        <v>76</v>
+        <v>334</v>
       </c>
       <c r="H207" s="3">
-        <v>76</v>
+        <v>334</v>
       </c>
       <c r="I207" s="5">
-        <v>77</v>
+        <v>334</v>
       </c>
       <c r="J207">
         <v>0</v>
       </c>
       <c r="K207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208">
-        <v>74330</v>
+        <v>74240</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
       <c r="C208" s="3">
         <v>0</v>
       </c>
       <c r="D208">
         <v>0</v>
       </c>
       <c r="E208" s="3">
         <v>0</v>
       </c>
       <c r="F208" s="5">
         <v>0</v>
       </c>
       <c r="G208">
-        <v>114</v>
+        <v>304</v>
       </c>
       <c r="H208" s="3">
-        <v>114</v>
+        <v>304</v>
       </c>
       <c r="I208" s="5">
-        <v>114</v>
+        <v>304</v>
       </c>
       <c r="J208">
         <v>0</v>
       </c>
       <c r="K208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209">
-        <v>74370</v>
+        <v>74300</v>
       </c>
       <c r="B209">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C209" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D209">
         <v>0</v>
       </c>
       <c r="E209" s="3">
         <v>0</v>
       </c>
       <c r="F209" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G209">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="H209" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="I209" s="5">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="J209">
-        <v>776</v>
+        <v>0</v>
       </c>
       <c r="K209" s="3">
-        <v>776</v>
+        <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210">
-        <v>74500</v>
+        <v>74330</v>
       </c>
       <c r="B210">
         <v>0</v>
       </c>
       <c r="C210" s="3">
         <v>0</v>
       </c>
       <c r="D210">
         <v>0</v>
       </c>
       <c r="E210" s="3">
         <v>0</v>
       </c>
       <c r="F210" s="5">
         <v>0</v>
       </c>
       <c r="G210">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="H210" s="3">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="I210" s="5">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="J210">
         <v>0</v>
       </c>
       <c r="K210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211">
-        <v>74540</v>
+        <v>74370</v>
       </c>
       <c r="B211">
         <v>0</v>
       </c>
       <c r="C211" s="3">
         <v>0</v>
       </c>
       <c r="D211">
         <v>0</v>
       </c>
       <c r="E211" s="3">
         <v>0</v>
       </c>
       <c r="F211" s="5">
         <v>0</v>
       </c>
       <c r="G211">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="H211" s="3">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="I211" s="5">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="J211">
-        <v>0</v>
+        <v>776</v>
       </c>
       <c r="K211" s="3">
-        <v>0</v>
+        <v>776</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212">
-        <v>74550</v>
+        <v>74500</v>
       </c>
       <c r="B212">
         <v>0</v>
       </c>
       <c r="C212" s="3">
         <v>0</v>
       </c>
       <c r="D212">
         <v>0</v>
       </c>
       <c r="E212" s="3">
         <v>0</v>
       </c>
       <c r="F212" s="5">
         <v>0</v>
       </c>
       <c r="G212">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="H212" s="3">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="I212" s="5">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="J212">
         <v>0</v>
       </c>
       <c r="K212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213">
-        <v>74650</v>
+        <v>74540</v>
       </c>
       <c r="B213">
         <v>0</v>
       </c>
       <c r="C213" s="3">
         <v>0</v>
       </c>
       <c r="D213">
         <v>0</v>
       </c>
       <c r="E213" s="3">
         <v>0</v>
       </c>
       <c r="F213" s="5">
         <v>0</v>
       </c>
       <c r="G213">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="H213" s="3">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="I213" s="5">
-        <v>7</v>
+        <v>82</v>
       </c>
       <c r="J213">
         <v>0</v>
       </c>
       <c r="K213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214">
-        <v>74660</v>
+        <v>74550</v>
       </c>
       <c r="B214">
         <v>0</v>
       </c>
       <c r="C214" s="3">
         <v>0</v>
       </c>
       <c r="D214">
         <v>0</v>
       </c>
       <c r="E214" s="3">
         <v>0</v>
       </c>
       <c r="F214" s="5">
         <v>0</v>
       </c>
       <c r="G214">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="H214" s="3">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="I214" s="5">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="J214">
         <v>0</v>
       </c>
       <c r="K214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215">
-        <v>74700</v>
+        <v>74650</v>
       </c>
       <c r="B215">
         <v>0</v>
       </c>
       <c r="C215" s="3">
         <v>0</v>
       </c>
       <c r="D215">
         <v>0</v>
       </c>
       <c r="E215" s="3">
         <v>0</v>
       </c>
       <c r="F215" s="5">
         <v>0</v>
       </c>
       <c r="G215">
-        <v>146</v>
+        <v>7</v>
       </c>
       <c r="H215" s="3">
-        <v>146</v>
+        <v>7</v>
       </c>
       <c r="I215" s="5">
-        <v>146</v>
+        <v>7</v>
       </c>
       <c r="J215">
         <v>0</v>
       </c>
       <c r="K215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216">
-        <v>74800</v>
+        <v>74660</v>
       </c>
       <c r="B216">
         <v>0</v>
       </c>
       <c r="C216" s="3">
         <v>0</v>
       </c>
       <c r="D216">
         <v>0</v>
       </c>
       <c r="E216" s="3">
         <v>0</v>
       </c>
       <c r="F216" s="5">
         <v>0</v>
       </c>
       <c r="G216">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="H216" s="3">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="I216" s="5">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="J216">
         <v>0</v>
       </c>
       <c r="K216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217">
-        <v>74890</v>
+        <v>74700</v>
       </c>
       <c r="B217">
         <v>0</v>
       </c>
       <c r="C217" s="3">
         <v>0</v>
       </c>
       <c r="D217">
         <v>0</v>
       </c>
       <c r="E217" s="3">
         <v>0</v>
       </c>
       <c r="F217" s="5">
         <v>0</v>
       </c>
       <c r="G217">
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="H217" s="3">
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="I217" s="5">
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="J217">
         <v>0</v>
       </c>
       <c r="K217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218">
-        <v>74930</v>
+        <v>74800</v>
       </c>
       <c r="B218">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C218" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
       <c r="E218" s="3">
         <v>0</v>
       </c>
       <c r="F218" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G218">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="H218" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I218" s="5">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J218">
         <v>0</v>
       </c>
       <c r="K218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219">
-        <v>74940</v>
+        <v>74890</v>
       </c>
       <c r="B219">
         <v>0</v>
       </c>
       <c r="C219" s="3">
         <v>0</v>
       </c>
       <c r="D219">
         <v>0</v>
       </c>
       <c r="E219" s="3">
         <v>0</v>
       </c>
       <c r="F219" s="5">
         <v>0</v>
       </c>
       <c r="G219">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="H219" s="3">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="I219" s="5">
-        <v>156</v>
+        <v>50</v>
       </c>
       <c r="J219">
         <v>0</v>
       </c>
       <c r="K219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220">
+        <v>74930</v>
+      </c>
+      <c r="B220">
+        <v>1</v>
+      </c>
+      <c r="C220" s="3">
+        <v>1</v>
+      </c>
+      <c r="D220">
+        <v>0</v>
+      </c>
+      <c r="E220" s="3">
+        <v>0</v>
+      </c>
+      <c r="F220" s="5">
+        <v>1</v>
+      </c>
+      <c r="G220">
+        <v>0</v>
+      </c>
+      <c r="H220" s="3">
+        <v>0</v>
+      </c>
+      <c r="I220" s="5">
+        <v>1</v>
+      </c>
+      <c r="J220">
+        <v>0</v>
+      </c>
+      <c r="K220" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221">
+        <v>74940</v>
+      </c>
+      <c r="B221">
+        <v>0</v>
+      </c>
+      <c r="C221" s="3">
+        <v>0</v>
+      </c>
+      <c r="D221">
+        <v>0</v>
+      </c>
+      <c r="E221" s="3">
+        <v>0</v>
+      </c>
+      <c r="F221" s="5">
+        <v>0</v>
+      </c>
+      <c r="G221">
+        <v>156</v>
+      </c>
+      <c r="H221" s="3">
+        <v>156</v>
+      </c>
+      <c r="I221" s="5">
+        <v>156</v>
+      </c>
+      <c r="J221">
+        <v>0</v>
+      </c>
+      <c r="K221" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11">
+      <c r="A222">
         <v>74960</v>
       </c>
-      <c r="B220">
-[...14 lines deleted...]
-      <c r="G220">
+      <c r="B222">
+        <v>0</v>
+      </c>
+      <c r="C222" s="3">
+        <v>0</v>
+      </c>
+      <c r="D222">
+        <v>0</v>
+      </c>
+      <c r="E222" s="3">
+        <v>0</v>
+      </c>
+      <c r="F222" s="5">
+        <v>0</v>
+      </c>
+      <c r="G222">
         <v>208</v>
       </c>
-      <c r="H220" s="3">
+      <c r="H222" s="3">
         <v>208</v>
       </c>
-      <c r="I220" s="5">
+      <c r="I222" s="5">
         <v>208</v>
       </c>
-      <c r="J220">
-[...7 lines deleted...]
-      <c r="A221" t="s">
+      <c r="J222">
+        <v>0</v>
+      </c>
+      <c r="K222" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11">
+      <c r="A223" t="s">
         <v>43</v>
       </c>
-      <c r="B221">
+      <c r="B223">
         <v>41</v>
       </c>
-      <c r="C221" s="3">
+      <c r="C223" s="3">
         <v>41</v>
       </c>
-      <c r="D221">
+      <c r="D223">
         <v>162</v>
       </c>
-      <c r="E221" s="3">
+      <c r="E223" s="3">
         <v>162</v>
       </c>
-      <c r="F221" s="5">
+      <c r="F223" s="5">
         <v>203</v>
       </c>
-      <c r="G221">
-[...12 lines deleted...]
-        <v>231041</v>
+      <c r="G223">
+        <v>52957</v>
+      </c>
+      <c r="H223" s="3">
+        <v>52957</v>
+      </c>
+      <c r="I223" s="5">
+        <v>53160</v>
+      </c>
+      <c r="J223">
+        <v>232020</v>
+      </c>
+      <c r="K223" s="3">
+        <v>232020</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>