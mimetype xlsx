--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -430,54 +430,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V256"/>
+  <dimension ref="A1:V257"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="V1" sqref="V1:V256"/>
+      <selection activeCell="V1" sqref="V1:V257"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -4915,57 +4915,57 @@
       <c r="L66">
         <v>0</v>
       </c>
       <c r="M66">
         <v>0</v>
       </c>
       <c r="N66">
         <v>0</v>
       </c>
       <c r="O66">
         <v>0</v>
       </c>
       <c r="P66" s="3">
         <v>199</v>
       </c>
       <c r="Q66" s="5">
         <v>200</v>
       </c>
       <c r="R66">
         <v>0</v>
       </c>
       <c r="S66">
         <v>0</v>
       </c>
       <c r="T66">
-        <v>13912</v>
+        <v>16709</v>
       </c>
       <c r="U66">
         <v>3536</v>
       </c>
       <c r="V66" s="3">
-        <v>17448</v>
+        <v>20245</v>
       </c>
     </row>
     <row r="67" spans="1:22">
       <c r="A67">
         <v>36001</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="C67">
         <v>0</v>
       </c>
       <c r="D67">
         <v>0</v>
       </c>
       <c r="E67">
         <v>0</v>
       </c>
       <c r="F67" s="3">
         <v>0</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
@@ -13116,69 +13116,69 @@
       <c r="C187">
         <v>0</v>
       </c>
       <c r="D187">
         <v>0</v>
       </c>
       <c r="E187">
         <v>0</v>
       </c>
       <c r="F187" s="3">
         <v>5</v>
       </c>
       <c r="G187">
         <v>5</v>
       </c>
       <c r="H187">
         <v>0</v>
       </c>
       <c r="I187" s="3">
         <v>5</v>
       </c>
       <c r="J187" s="5">
         <v>10</v>
       </c>
       <c r="K187">
-        <v>212</v>
+        <v>397</v>
       </c>
       <c r="L187">
         <v>0</v>
       </c>
       <c r="M187">
         <v>176</v>
       </c>
       <c r="N187">
         <v>0</v>
       </c>
       <c r="O187">
         <v>95</v>
       </c>
       <c r="P187" s="3">
-        <v>483</v>
+        <v>668</v>
       </c>
       <c r="Q187" s="5">
-        <v>493</v>
+        <v>678</v>
       </c>
       <c r="R187">
         <v>0</v>
       </c>
       <c r="S187">
         <v>0</v>
       </c>
       <c r="T187">
         <v>0</v>
       </c>
       <c r="U187">
         <v>4138</v>
       </c>
       <c r="V187" s="3">
         <v>4138</v>
       </c>
     </row>
     <row r="188" spans="1:22">
       <c r="A188">
         <v>45002</v>
       </c>
       <c r="B188">
         <v>0</v>
       </c>
       <c r="C188">
@@ -13329,60 +13329,60 @@
       <c r="F190" s="3">
         <v>0</v>
       </c>
       <c r="G190">
         <v>0</v>
       </c>
       <c r="H190">
         <v>0</v>
       </c>
       <c r="I190" s="3">
         <v>0</v>
       </c>
       <c r="J190" s="5">
         <v>0</v>
       </c>
       <c r="K190">
         <v>0</v>
       </c>
       <c r="L190">
         <v>0</v>
       </c>
       <c r="M190">
         <v>0</v>
       </c>
       <c r="N190">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="O190">
         <v>0</v>
       </c>
       <c r="P190" s="3">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="Q190" s="5">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="R190">
         <v>742</v>
       </c>
       <c r="S190">
         <v>0</v>
       </c>
       <c r="T190">
         <v>0</v>
       </c>
       <c r="U190">
         <v>0</v>
       </c>
       <c r="V190" s="3">
         <v>742</v>
       </c>
     </row>
     <row r="191" spans="1:22">
       <c r="A191">
         <v>45045</v>
       </c>
       <c r="B191">
         <v>0</v>
       </c>
       <c r="C191">
@@ -13426,743 +13426,743 @@
       </c>
       <c r="P191" s="3">
         <v>0</v>
       </c>
       <c r="Q191" s="5">
         <v>0</v>
       </c>
       <c r="R191">
         <v>179</v>
       </c>
       <c r="S191">
         <v>0</v>
       </c>
       <c r="T191">
         <v>0</v>
       </c>
       <c r="U191">
         <v>0</v>
       </c>
       <c r="V191" s="3">
         <v>179</v>
       </c>
     </row>
     <row r="192" spans="1:22">
       <c r="A192">
-        <v>45056</v>
+        <v>45053</v>
       </c>
       <c r="B192">
         <v>0</v>
       </c>
       <c r="C192">
         <v>0</v>
       </c>
       <c r="D192">
         <v>0</v>
       </c>
       <c r="E192">
         <v>0</v>
       </c>
       <c r="F192" s="3">
         <v>0</v>
       </c>
       <c r="G192">
         <v>0</v>
       </c>
       <c r="H192">
         <v>0</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
       <c r="J192" s="5">
         <v>0</v>
       </c>
       <c r="K192">
         <v>0</v>
       </c>
       <c r="L192">
         <v>0</v>
       </c>
       <c r="M192">
         <v>0</v>
       </c>
       <c r="N192">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="O192">
         <v>0</v>
       </c>
       <c r="P192" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="Q192" s="5">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="R192">
         <v>0</v>
       </c>
       <c r="S192">
         <v>0</v>
       </c>
       <c r="T192">
-        <v>6000</v>
+        <v>0</v>
       </c>
       <c r="U192">
         <v>0</v>
       </c>
       <c r="V192" s="3">
-        <v>6000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:22">
       <c r="A193">
-        <v>45059</v>
+        <v>45056</v>
       </c>
       <c r="B193">
         <v>0</v>
       </c>
       <c r="C193">
         <v>0</v>
       </c>
       <c r="D193">
         <v>0</v>
       </c>
       <c r="E193">
         <v>0</v>
       </c>
       <c r="F193" s="3">
         <v>0</v>
       </c>
       <c r="G193">
         <v>0</v>
       </c>
       <c r="H193">
         <v>0</v>
       </c>
       <c r="I193" s="3">
         <v>0</v>
       </c>
       <c r="J193" s="5">
         <v>0</v>
       </c>
       <c r="K193">
         <v>0</v>
       </c>
       <c r="L193">
         <v>0</v>
       </c>
       <c r="M193">
         <v>0</v>
       </c>
       <c r="N193">
         <v>0</v>
       </c>
       <c r="O193">
         <v>0</v>
       </c>
       <c r="P193" s="3">
         <v>0</v>
       </c>
       <c r="Q193" s="5">
         <v>0</v>
       </c>
       <c r="R193">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="S193">
         <v>0</v>
       </c>
       <c r="T193">
-        <v>0</v>
+        <v>6000</v>
       </c>
       <c r="U193">
         <v>0</v>
       </c>
       <c r="V193" s="3">
-        <v>229</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="194" spans="1:22">
       <c r="A194">
-        <v>45060</v>
+        <v>45059</v>
       </c>
       <c r="B194">
         <v>0</v>
       </c>
       <c r="C194">
         <v>0</v>
       </c>
       <c r="D194">
         <v>0</v>
       </c>
       <c r="E194">
         <v>0</v>
       </c>
       <c r="F194" s="3">
         <v>0</v>
       </c>
       <c r="G194">
         <v>0</v>
       </c>
       <c r="H194">
         <v>0</v>
       </c>
       <c r="I194" s="3">
         <v>0</v>
       </c>
       <c r="J194" s="5">
         <v>0</v>
       </c>
       <c r="K194">
         <v>0</v>
       </c>
       <c r="L194">
         <v>0</v>
       </c>
       <c r="M194">
         <v>0</v>
       </c>
       <c r="N194">
         <v>0</v>
       </c>
       <c r="O194">
         <v>0</v>
       </c>
       <c r="P194" s="3">
         <v>0</v>
       </c>
       <c r="Q194" s="5">
         <v>0</v>
       </c>
       <c r="R194">
-        <v>64</v>
+        <v>229</v>
       </c>
       <c r="S194">
         <v>0</v>
       </c>
       <c r="T194">
         <v>0</v>
       </c>
       <c r="U194">
         <v>0</v>
       </c>
       <c r="V194" s="3">
-        <v>64</v>
+        <v>229</v>
       </c>
     </row>
     <row r="195" spans="1:22">
       <c r="A195">
-        <v>45085</v>
+        <v>45060</v>
       </c>
       <c r="B195">
         <v>0</v>
       </c>
       <c r="C195">
         <v>0</v>
       </c>
       <c r="D195">
         <v>0</v>
       </c>
       <c r="E195">
         <v>0</v>
       </c>
       <c r="F195" s="3">
         <v>0</v>
       </c>
       <c r="G195">
         <v>0</v>
       </c>
       <c r="H195">
         <v>0</v>
       </c>
       <c r="I195" s="3">
         <v>0</v>
       </c>
       <c r="J195" s="5">
         <v>0</v>
       </c>
       <c r="K195">
         <v>0</v>
       </c>
       <c r="L195">
         <v>0</v>
       </c>
       <c r="M195">
         <v>0</v>
       </c>
       <c r="N195">
         <v>0</v>
       </c>
       <c r="O195">
         <v>0</v>
       </c>
       <c r="P195" s="3">
         <v>0</v>
       </c>
       <c r="Q195" s="5">
         <v>0</v>
       </c>
       <c r="R195">
-        <v>845</v>
+        <v>64</v>
       </c>
       <c r="S195">
         <v>0</v>
       </c>
       <c r="T195">
         <v>0</v>
       </c>
       <c r="U195">
         <v>0</v>
       </c>
       <c r="V195" s="3">
-        <v>845</v>
+        <v>64</v>
       </c>
     </row>
     <row r="196" spans="1:22">
       <c r="A196">
-        <v>45100</v>
+        <v>45085</v>
       </c>
       <c r="B196">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="C196">
         <v>0</v>
       </c>
       <c r="D196">
         <v>0</v>
       </c>
       <c r="E196">
         <v>0</v>
       </c>
       <c r="F196" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G196">
         <v>0</v>
       </c>
       <c r="H196">
         <v>0</v>
       </c>
       <c r="I196" s="3">
         <v>0</v>
       </c>
       <c r="J196" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K196">
-        <v>1138</v>
+        <v>0</v>
       </c>
       <c r="L196">
         <v>0</v>
       </c>
       <c r="M196">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="N196">
         <v>0</v>
       </c>
       <c r="O196">
         <v>0</v>
       </c>
       <c r="P196" s="3">
-        <v>1157</v>
+        <v>0</v>
       </c>
       <c r="Q196" s="5">
-        <v>1159</v>
+        <v>0</v>
       </c>
       <c r="R196">
-        <v>0</v>
+        <v>845</v>
       </c>
       <c r="S196">
         <v>0</v>
       </c>
       <c r="T196">
         <v>0</v>
       </c>
       <c r="U196">
         <v>0</v>
       </c>
       <c r="V196" s="3">
-        <v>0</v>
+        <v>845</v>
       </c>
     </row>
     <row r="197" spans="1:22">
       <c r="A197">
-        <v>45110</v>
+        <v>45100</v>
       </c>
       <c r="B197">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C197">
         <v>0</v>
       </c>
       <c r="D197">
         <v>0</v>
       </c>
       <c r="E197">
         <v>0</v>
       </c>
       <c r="F197" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G197">
         <v>0</v>
       </c>
       <c r="H197">
         <v>0</v>
       </c>
       <c r="I197" s="3">
         <v>0</v>
       </c>
       <c r="J197" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K197">
-        <v>0</v>
+        <v>1138</v>
       </c>
       <c r="L197">
         <v>0</v>
       </c>
       <c r="M197">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="N197">
         <v>0</v>
       </c>
       <c r="O197">
         <v>0</v>
       </c>
       <c r="P197" s="3">
-        <v>0</v>
+        <v>1157</v>
       </c>
       <c r="Q197" s="5">
-        <v>1</v>
+        <v>1159</v>
       </c>
       <c r="R197">
         <v>0</v>
       </c>
       <c r="S197">
         <v>0</v>
       </c>
       <c r="T197">
         <v>0</v>
       </c>
       <c r="U197">
         <v>0</v>
       </c>
       <c r="V197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:22">
       <c r="A198">
-        <v>45116</v>
+        <v>45110</v>
       </c>
       <c r="B198">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C198">
         <v>0</v>
       </c>
       <c r="D198">
         <v>0</v>
       </c>
       <c r="E198">
         <v>0</v>
       </c>
       <c r="F198" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G198">
         <v>0</v>
       </c>
       <c r="H198">
         <v>0</v>
       </c>
       <c r="I198" s="3">
         <v>0</v>
       </c>
       <c r="J198" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K198">
         <v>0</v>
       </c>
       <c r="L198">
         <v>0</v>
       </c>
       <c r="M198">
         <v>0</v>
       </c>
       <c r="N198">
         <v>0</v>
       </c>
       <c r="O198">
         <v>0</v>
       </c>
       <c r="P198" s="3">
         <v>0</v>
       </c>
       <c r="Q198" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R198">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="S198">
         <v>0</v>
       </c>
       <c r="T198">
         <v>0</v>
       </c>
       <c r="U198">
         <v>0</v>
       </c>
       <c r="V198" s="3">
-        <v>132</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:22">
       <c r="A199">
-        <v>45118</v>
+        <v>45116</v>
       </c>
       <c r="B199">
         <v>0</v>
       </c>
       <c r="C199">
         <v>0</v>
       </c>
       <c r="D199">
         <v>0</v>
       </c>
       <c r="E199">
         <v>0</v>
       </c>
       <c r="F199" s="3">
         <v>0</v>
       </c>
       <c r="G199">
         <v>0</v>
       </c>
       <c r="H199">
         <v>0</v>
       </c>
       <c r="I199" s="3">
         <v>0</v>
       </c>
       <c r="J199" s="5">
         <v>0</v>
       </c>
       <c r="K199">
         <v>0</v>
       </c>
       <c r="L199">
         <v>0</v>
       </c>
       <c r="M199">
         <v>0</v>
       </c>
       <c r="N199">
         <v>0</v>
       </c>
       <c r="O199">
         <v>0</v>
       </c>
       <c r="P199" s="3">
         <v>0</v>
       </c>
       <c r="Q199" s="5">
         <v>0</v>
       </c>
       <c r="R199">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="S199">
         <v>0</v>
       </c>
       <c r="T199">
         <v>0</v>
       </c>
       <c r="U199">
         <v>0</v>
       </c>
       <c r="V199" s="3">
-        <v>158</v>
+        <v>132</v>
       </c>
     </row>
     <row r="200" spans="1:22">
       <c r="A200">
-        <v>45119</v>
+        <v>45118</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200">
         <v>0</v>
       </c>
       <c r="D200">
         <v>0</v>
       </c>
       <c r="E200">
         <v>0</v>
       </c>
       <c r="F200" s="3">
         <v>0</v>
       </c>
       <c r="G200">
         <v>0</v>
       </c>
       <c r="H200">
         <v>0</v>
       </c>
       <c r="I200" s="3">
         <v>0</v>
       </c>
       <c r="J200" s="5">
         <v>0</v>
       </c>
       <c r="K200">
         <v>0</v>
       </c>
       <c r="L200">
         <v>0</v>
       </c>
       <c r="M200">
         <v>0</v>
       </c>
       <c r="N200">
         <v>0</v>
       </c>
       <c r="O200">
         <v>0</v>
       </c>
       <c r="P200" s="3">
         <v>0</v>
       </c>
       <c r="Q200" s="5">
         <v>0</v>
       </c>
       <c r="R200">
-        <v>846</v>
+        <v>158</v>
       </c>
       <c r="S200">
         <v>0</v>
       </c>
       <c r="T200">
         <v>0</v>
       </c>
       <c r="U200">
         <v>0</v>
       </c>
       <c r="V200" s="3">
-        <v>846</v>
+        <v>158</v>
       </c>
     </row>
     <row r="201" spans="1:22">
       <c r="A201">
-        <v>45120</v>
+        <v>45119</v>
       </c>
       <c r="B201">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C201">
         <v>0</v>
       </c>
       <c r="D201">
         <v>0</v>
       </c>
       <c r="E201">
         <v>0</v>
       </c>
       <c r="F201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G201">
         <v>0</v>
       </c>
       <c r="H201">
         <v>0</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
       <c r="J201" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K201">
         <v>0</v>
       </c>
       <c r="L201">
         <v>0</v>
       </c>
       <c r="M201">
         <v>0</v>
       </c>
       <c r="N201">
         <v>0</v>
       </c>
       <c r="O201">
         <v>0</v>
       </c>
       <c r="P201" s="3">
         <v>0</v>
       </c>
       <c r="Q201" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R201">
-        <v>0</v>
+        <v>846</v>
       </c>
       <c r="S201">
         <v>0</v>
       </c>
       <c r="T201">
         <v>0</v>
       </c>
       <c r="U201">
         <v>0</v>
       </c>
       <c r="V201" s="3">
-        <v>0</v>
+        <v>846</v>
       </c>
     </row>
     <row r="202" spans="1:22">
       <c r="A202">
-        <v>45130</v>
+        <v>45120</v>
       </c>
       <c r="B202">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C202">
         <v>0</v>
       </c>
       <c r="D202">
         <v>0</v>
       </c>
       <c r="E202">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F202" s="3">
         <v>1</v>
       </c>
       <c r="G202">
         <v>0</v>
       </c>
       <c r="H202">
         <v>0</v>
       </c>
       <c r="I202" s="3">
         <v>0</v>
       </c>
       <c r="J202" s="5">
         <v>1</v>
       </c>
       <c r="K202">
         <v>0</v>
       </c>
       <c r="L202">
         <v>0</v>
       </c>
       <c r="M202">
         <v>0</v>
       </c>
@@ -14174,3247 +14174,3247 @@
       </c>
       <c r="P202" s="3">
         <v>0</v>
       </c>
       <c r="Q202" s="5">
         <v>1</v>
       </c>
       <c r="R202">
         <v>0</v>
       </c>
       <c r="S202">
         <v>0</v>
       </c>
       <c r="T202">
         <v>0</v>
       </c>
       <c r="U202">
         <v>0</v>
       </c>
       <c r="V202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:22">
       <c r="A203">
-        <v>45140</v>
+        <v>45130</v>
       </c>
       <c r="B203">
         <v>0</v>
       </c>
       <c r="C203">
         <v>0</v>
       </c>
       <c r="D203">
         <v>0</v>
       </c>
       <c r="E203">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F203" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G203">
         <v>0</v>
       </c>
       <c r="H203">
         <v>0</v>
       </c>
       <c r="I203" s="3">
         <v>0</v>
       </c>
       <c r="J203" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K203">
-        <v>281</v>
+        <v>0</v>
       </c>
       <c r="L203">
         <v>0</v>
       </c>
       <c r="M203">
         <v>0</v>
       </c>
       <c r="N203">
         <v>0</v>
       </c>
       <c r="O203">
         <v>0</v>
       </c>
       <c r="P203" s="3">
-        <v>281</v>
+        <v>0</v>
       </c>
       <c r="Q203" s="5">
-        <v>281</v>
+        <v>1</v>
       </c>
       <c r="R203">
         <v>0</v>
       </c>
       <c r="S203">
         <v>0</v>
       </c>
       <c r="T203">
         <v>0</v>
       </c>
       <c r="U203">
         <v>0</v>
       </c>
       <c r="V203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:22">
       <c r="A204">
-        <v>45146</v>
+        <v>45140</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204">
         <v>0</v>
       </c>
       <c r="D204">
         <v>0</v>
       </c>
       <c r="E204">
         <v>0</v>
       </c>
       <c r="F204" s="3">
         <v>0</v>
       </c>
       <c r="G204">
         <v>0</v>
       </c>
       <c r="H204">
         <v>0</v>
       </c>
       <c r="I204" s="3">
         <v>0</v>
       </c>
       <c r="J204" s="5">
         <v>0</v>
       </c>
       <c r="K204">
-        <v>0</v>
+        <v>281</v>
       </c>
       <c r="L204">
         <v>0</v>
       </c>
       <c r="M204">
         <v>0</v>
       </c>
       <c r="N204">
         <v>0</v>
       </c>
       <c r="O204">
         <v>0</v>
       </c>
       <c r="P204" s="3">
-        <v>0</v>
+        <v>281</v>
       </c>
       <c r="Q204" s="5">
-        <v>0</v>
+        <v>281</v>
       </c>
       <c r="R204">
-        <v>1906</v>
+        <v>0</v>
       </c>
       <c r="S204">
         <v>0</v>
       </c>
       <c r="T204">
         <v>0</v>
       </c>
       <c r="U204">
         <v>0</v>
       </c>
       <c r="V204" s="3">
-        <v>1906</v>
+        <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:22">
       <c r="A205">
-        <v>45150</v>
+        <v>45146</v>
       </c>
       <c r="B205">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C205">
         <v>0</v>
       </c>
       <c r="D205">
         <v>0</v>
       </c>
       <c r="E205">
         <v>0</v>
       </c>
       <c r="F205" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G205">
         <v>0</v>
       </c>
       <c r="H205">
         <v>0</v>
       </c>
       <c r="I205" s="3">
         <v>0</v>
       </c>
       <c r="J205" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K205">
         <v>0</v>
       </c>
       <c r="L205">
         <v>0</v>
       </c>
       <c r="M205">
         <v>0</v>
       </c>
       <c r="N205">
         <v>0</v>
       </c>
       <c r="O205">
         <v>0</v>
       </c>
       <c r="P205" s="3">
         <v>0</v>
       </c>
       <c r="Q205" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R205">
-        <v>0</v>
+        <v>1906</v>
       </c>
       <c r="S205">
         <v>0</v>
       </c>
       <c r="T205">
         <v>0</v>
       </c>
       <c r="U205">
         <v>0</v>
       </c>
       <c r="V205" s="3">
-        <v>0</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="206" spans="1:22">
       <c r="A206">
-        <v>45151</v>
+        <v>45150</v>
       </c>
       <c r="B206">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C206">
         <v>0</v>
       </c>
       <c r="D206">
         <v>0</v>
       </c>
       <c r="E206">
         <v>0</v>
       </c>
       <c r="F206" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G206">
         <v>0</v>
       </c>
       <c r="H206">
         <v>0</v>
       </c>
       <c r="I206" s="3">
         <v>0</v>
       </c>
       <c r="J206" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K206">
         <v>0</v>
       </c>
       <c r="L206">
         <v>0</v>
       </c>
       <c r="M206">
         <v>0</v>
       </c>
       <c r="N206">
         <v>0</v>
       </c>
       <c r="O206">
         <v>0</v>
       </c>
       <c r="P206" s="3">
         <v>0</v>
       </c>
       <c r="Q206" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R206">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="S206">
         <v>0</v>
       </c>
       <c r="T206">
         <v>0</v>
       </c>
       <c r="U206">
         <v>0</v>
       </c>
       <c r="V206" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:22">
       <c r="A207">
-        <v>45154</v>
+        <v>45151</v>
       </c>
       <c r="B207">
         <v>0</v>
       </c>
       <c r="C207">
         <v>0</v>
       </c>
       <c r="D207">
         <v>0</v>
       </c>
       <c r="E207">
         <v>0</v>
       </c>
       <c r="F207" s="3">
         <v>0</v>
       </c>
       <c r="G207">
         <v>0</v>
       </c>
       <c r="H207">
         <v>0</v>
       </c>
       <c r="I207" s="3">
         <v>0</v>
       </c>
       <c r="J207" s="5">
         <v>0</v>
       </c>
       <c r="K207">
         <v>0</v>
       </c>
       <c r="L207">
         <v>0</v>
       </c>
       <c r="M207">
         <v>0</v>
       </c>
       <c r="N207">
         <v>0</v>
       </c>
       <c r="O207">
         <v>0</v>
       </c>
       <c r="P207" s="3">
         <v>0</v>
       </c>
       <c r="Q207" s="5">
         <v>0</v>
       </c>
       <c r="R207">
-        <v>229</v>
+        <v>160</v>
       </c>
       <c r="S207">
         <v>0</v>
       </c>
       <c r="T207">
         <v>0</v>
       </c>
       <c r="U207">
         <v>0</v>
       </c>
       <c r="V207" s="3">
-        <v>229</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:22">
       <c r="A208">
-        <v>45155</v>
+        <v>45154</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
       <c r="C208">
         <v>0</v>
       </c>
       <c r="D208">
         <v>0</v>
       </c>
       <c r="E208">
         <v>0</v>
       </c>
       <c r="F208" s="3">
         <v>0</v>
       </c>
       <c r="G208">
         <v>0</v>
       </c>
       <c r="H208">
         <v>0</v>
       </c>
       <c r="I208" s="3">
         <v>0</v>
       </c>
       <c r="J208" s="5">
         <v>0</v>
       </c>
       <c r="K208">
         <v>0</v>
       </c>
       <c r="L208">
         <v>0</v>
       </c>
       <c r="M208">
         <v>0</v>
       </c>
       <c r="N208">
         <v>0</v>
       </c>
       <c r="O208">
         <v>0</v>
       </c>
       <c r="P208" s="3">
         <v>0</v>
       </c>
       <c r="Q208" s="5">
         <v>0</v>
       </c>
       <c r="R208">
-        <v>3250</v>
+        <v>229</v>
       </c>
       <c r="S208">
         <v>0</v>
       </c>
       <c r="T208">
         <v>0</v>
       </c>
       <c r="U208">
         <v>0</v>
       </c>
       <c r="V208" s="3">
-        <v>3250</v>
+        <v>229</v>
       </c>
     </row>
     <row r="209" spans="1:22">
       <c r="A209">
-        <v>45160</v>
+        <v>45155</v>
       </c>
       <c r="B209">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C209">
         <v>0</v>
       </c>
       <c r="D209">
         <v>0</v>
       </c>
       <c r="E209">
         <v>0</v>
       </c>
       <c r="F209" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G209">
         <v>0</v>
       </c>
       <c r="H209">
         <v>0</v>
       </c>
       <c r="I209" s="3">
         <v>0</v>
       </c>
       <c r="J209" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K209">
         <v>0</v>
       </c>
       <c r="L209">
         <v>0</v>
       </c>
       <c r="M209">
         <v>0</v>
       </c>
       <c r="N209">
         <v>0</v>
       </c>
       <c r="O209">
         <v>0</v>
       </c>
       <c r="P209" s="3">
         <v>0</v>
       </c>
       <c r="Q209" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R209">
-        <v>0</v>
+        <v>3250</v>
       </c>
       <c r="S209">
         <v>0</v>
       </c>
       <c r="T209">
         <v>0</v>
       </c>
       <c r="U209">
-        <v>2811</v>
+        <v>0</v>
       </c>
       <c r="V209" s="3">
-        <v>2811</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="210" spans="1:22">
       <c r="A210">
-        <v>45167</v>
+        <v>45160</v>
       </c>
       <c r="B210">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C210">
         <v>0</v>
       </c>
       <c r="D210">
         <v>0</v>
       </c>
       <c r="E210">
         <v>0</v>
       </c>
       <c r="F210" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G210">
         <v>0</v>
       </c>
       <c r="H210">
         <v>0</v>
       </c>
       <c r="I210" s="3">
         <v>0</v>
       </c>
       <c r="J210" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K210">
         <v>0</v>
       </c>
       <c r="L210">
         <v>0</v>
       </c>
       <c r="M210">
         <v>0</v>
       </c>
       <c r="N210">
         <v>0</v>
       </c>
       <c r="O210">
         <v>0</v>
       </c>
       <c r="P210" s="3">
         <v>0</v>
       </c>
       <c r="Q210" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R210">
-        <v>1427</v>
+        <v>0</v>
       </c>
       <c r="S210">
         <v>0</v>
       </c>
       <c r="T210">
         <v>0</v>
       </c>
       <c r="U210">
-        <v>0</v>
+        <v>2811</v>
       </c>
       <c r="V210" s="3">
-        <v>1427</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="211" spans="1:22">
       <c r="A211">
-        <v>45190</v>
+        <v>45167</v>
       </c>
       <c r="B211">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C211">
         <v>0</v>
       </c>
       <c r="D211">
         <v>0</v>
       </c>
       <c r="E211">
         <v>0</v>
       </c>
       <c r="F211" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G211">
         <v>0</v>
       </c>
       <c r="H211">
         <v>0</v>
       </c>
       <c r="I211" s="3">
         <v>0</v>
       </c>
       <c r="J211" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K211">
         <v>0</v>
       </c>
       <c r="L211">
         <v>0</v>
       </c>
       <c r="M211">
         <v>0</v>
       </c>
       <c r="N211">
         <v>0</v>
       </c>
       <c r="O211">
         <v>0</v>
       </c>
       <c r="P211" s="3">
         <v>0</v>
       </c>
       <c r="Q211" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R211">
-        <v>0</v>
+        <v>1427</v>
       </c>
       <c r="S211">
         <v>0</v>
       </c>
       <c r="T211">
         <v>0</v>
       </c>
       <c r="U211">
-        <v>2508</v>
+        <v>0</v>
       </c>
       <c r="V211" s="3">
-        <v>2508</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="212" spans="1:22">
       <c r="A212">
-        <v>45196</v>
+        <v>45190</v>
       </c>
       <c r="B212">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C212">
         <v>0</v>
       </c>
       <c r="D212">
         <v>0</v>
       </c>
       <c r="E212">
         <v>0</v>
       </c>
       <c r="F212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G212">
         <v>0</v>
       </c>
       <c r="H212">
         <v>0</v>
       </c>
       <c r="I212" s="3">
         <v>0</v>
       </c>
       <c r="J212" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K212">
         <v>0</v>
       </c>
       <c r="L212">
         <v>0</v>
       </c>
       <c r="M212">
         <v>0</v>
       </c>
       <c r="N212">
         <v>0</v>
       </c>
       <c r="O212">
         <v>0</v>
       </c>
       <c r="P212" s="3">
         <v>0</v>
       </c>
       <c r="Q212" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R212">
-        <v>470</v>
+        <v>0</v>
       </c>
       <c r="S212">
         <v>0</v>
       </c>
       <c r="T212">
         <v>0</v>
       </c>
       <c r="U212">
-        <v>0</v>
+        <v>2508</v>
       </c>
       <c r="V212" s="3">
-        <v>470</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="213" spans="1:22">
       <c r="A213">
-        <v>45200</v>
+        <v>45196</v>
       </c>
       <c r="B213">
         <v>0</v>
       </c>
       <c r="C213">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D213">
         <v>0</v>
       </c>
       <c r="E213">
         <v>0</v>
       </c>
       <c r="F213" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G213">
         <v>0</v>
       </c>
       <c r="H213">
         <v>0</v>
       </c>
       <c r="I213" s="3">
         <v>0</v>
       </c>
       <c r="J213" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K213">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="L213">
         <v>0</v>
       </c>
       <c r="M213">
         <v>0</v>
       </c>
       <c r="N213">
         <v>0</v>
       </c>
       <c r="O213">
         <v>0</v>
       </c>
       <c r="P213" s="3">
-        <v>116</v>
+        <v>0</v>
       </c>
       <c r="Q213" s="5">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="R213">
-        <v>0</v>
+        <v>470</v>
       </c>
       <c r="S213">
         <v>0</v>
       </c>
       <c r="T213">
         <v>0</v>
       </c>
       <c r="U213">
         <v>0</v>
       </c>
       <c r="V213" s="3">
-        <v>0</v>
+        <v>470</v>
       </c>
     </row>
     <row r="214" spans="1:22">
       <c r="A214">
-        <v>45202</v>
+        <v>45200</v>
       </c>
       <c r="B214">
         <v>0</v>
       </c>
       <c r="C214">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D214">
         <v>0</v>
       </c>
       <c r="E214">
         <v>0</v>
       </c>
       <c r="F214" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G214">
         <v>0</v>
       </c>
       <c r="H214">
         <v>0</v>
       </c>
       <c r="I214" s="3">
         <v>0</v>
       </c>
       <c r="J214" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K214">
-        <v>0</v>
+        <v>116</v>
       </c>
       <c r="L214">
         <v>0</v>
       </c>
       <c r="M214">
         <v>0</v>
       </c>
       <c r="N214">
         <v>0</v>
       </c>
       <c r="O214">
         <v>0</v>
       </c>
       <c r="P214" s="3">
-        <v>0</v>
+        <v>116</v>
       </c>
       <c r="Q214" s="5">
-        <v>0</v>
+        <v>117</v>
       </c>
       <c r="R214">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S214">
         <v>0</v>
       </c>
       <c r="T214">
         <v>0</v>
       </c>
       <c r="U214">
         <v>0</v>
       </c>
       <c r="V214" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:22">
       <c r="A215">
-        <v>45203</v>
+        <v>45202</v>
       </c>
       <c r="B215">
         <v>0</v>
       </c>
       <c r="C215">
         <v>0</v>
       </c>
       <c r="D215">
         <v>0</v>
       </c>
       <c r="E215">
         <v>0</v>
       </c>
       <c r="F215" s="3">
         <v>0</v>
       </c>
       <c r="G215">
         <v>0</v>
       </c>
       <c r="H215">
         <v>0</v>
       </c>
       <c r="I215" s="3">
         <v>0</v>
       </c>
       <c r="J215" s="5">
         <v>0</v>
       </c>
       <c r="K215">
         <v>0</v>
       </c>
       <c r="L215">
         <v>0</v>
       </c>
       <c r="M215">
         <v>0</v>
       </c>
       <c r="N215">
         <v>0</v>
       </c>
       <c r="O215">
         <v>0</v>
       </c>
       <c r="P215" s="3">
         <v>0</v>
       </c>
       <c r="Q215" s="5">
         <v>0</v>
       </c>
       <c r="R215">
-        <v>2045</v>
+        <v>50</v>
       </c>
       <c r="S215">
         <v>0</v>
       </c>
       <c r="T215">
         <v>0</v>
       </c>
       <c r="U215">
         <v>0</v>
       </c>
       <c r="V215" s="3">
-        <v>2045</v>
+        <v>50</v>
       </c>
     </row>
     <row r="216" spans="1:22">
       <c r="A216">
-        <v>45204</v>
+        <v>45203</v>
       </c>
       <c r="B216">
         <v>0</v>
       </c>
       <c r="C216">
         <v>0</v>
       </c>
       <c r="D216">
         <v>0</v>
       </c>
       <c r="E216">
         <v>0</v>
       </c>
       <c r="F216" s="3">
         <v>0</v>
       </c>
       <c r="G216">
         <v>0</v>
       </c>
       <c r="H216">
         <v>0</v>
       </c>
       <c r="I216" s="3">
         <v>0</v>
       </c>
       <c r="J216" s="5">
         <v>0</v>
       </c>
       <c r="K216">
         <v>0</v>
       </c>
       <c r="L216">
         <v>0</v>
       </c>
       <c r="M216">
         <v>0</v>
       </c>
       <c r="N216">
         <v>0</v>
       </c>
       <c r="O216">
         <v>0</v>
       </c>
       <c r="P216" s="3">
         <v>0</v>
       </c>
       <c r="Q216" s="5">
         <v>0</v>
       </c>
       <c r="R216">
-        <v>128</v>
+        <v>2045</v>
       </c>
       <c r="S216">
         <v>0</v>
       </c>
       <c r="T216">
         <v>0</v>
       </c>
       <c r="U216">
         <v>0</v>
       </c>
       <c r="V216" s="3">
-        <v>128</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="217" spans="1:22">
       <c r="A217">
-        <v>45210</v>
+        <v>45204</v>
       </c>
       <c r="B217">
         <v>0</v>
       </c>
       <c r="C217">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D217">
         <v>0</v>
       </c>
       <c r="E217">
         <v>0</v>
       </c>
       <c r="F217" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G217">
         <v>0</v>
       </c>
       <c r="H217">
         <v>0</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
       <c r="J217" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K217">
         <v>0</v>
       </c>
       <c r="L217">
         <v>0</v>
       </c>
       <c r="M217">
         <v>0</v>
       </c>
       <c r="N217">
         <v>0</v>
       </c>
       <c r="O217">
         <v>0</v>
       </c>
       <c r="P217" s="3">
         <v>0</v>
       </c>
       <c r="Q217" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R217">
-        <v>0</v>
+        <v>128</v>
       </c>
       <c r="S217">
         <v>0</v>
       </c>
       <c r="T217">
         <v>0</v>
       </c>
       <c r="U217">
         <v>0</v>
       </c>
       <c r="V217" s="3">
-        <v>0</v>
+        <v>128</v>
       </c>
     </row>
     <row r="218" spans="1:22">
       <c r="A218">
-        <v>45215</v>
+        <v>45210</v>
       </c>
       <c r="B218">
         <v>0</v>
       </c>
       <c r="C218">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D218">
         <v>0</v>
       </c>
       <c r="E218">
         <v>0</v>
       </c>
       <c r="F218" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G218">
         <v>0</v>
       </c>
       <c r="H218">
         <v>0</v>
       </c>
       <c r="I218" s="3">
         <v>0</v>
       </c>
       <c r="J218" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K218">
         <v>0</v>
       </c>
       <c r="L218">
         <v>0</v>
       </c>
       <c r="M218">
         <v>0</v>
       </c>
       <c r="N218">
         <v>0</v>
       </c>
       <c r="O218">
         <v>0</v>
       </c>
       <c r="P218" s="3">
         <v>0</v>
       </c>
       <c r="Q218" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R218">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="S218">
         <v>0</v>
       </c>
       <c r="T218">
         <v>0</v>
       </c>
       <c r="U218">
         <v>0</v>
       </c>
       <c r="V218" s="3">
-        <v>252</v>
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:22">
       <c r="A219">
-        <v>45222</v>
+        <v>45215</v>
       </c>
       <c r="B219">
         <v>0</v>
       </c>
       <c r="C219">
         <v>0</v>
       </c>
       <c r="D219">
         <v>0</v>
       </c>
       <c r="E219">
         <v>0</v>
       </c>
       <c r="F219" s="3">
         <v>0</v>
       </c>
       <c r="G219">
         <v>0</v>
       </c>
       <c r="H219">
         <v>0</v>
       </c>
       <c r="I219" s="3">
         <v>0</v>
       </c>
       <c r="J219" s="5">
         <v>0</v>
       </c>
       <c r="K219">
         <v>0</v>
       </c>
       <c r="L219">
         <v>0</v>
       </c>
       <c r="M219">
         <v>0</v>
       </c>
       <c r="N219">
         <v>0</v>
       </c>
       <c r="O219">
         <v>0</v>
       </c>
       <c r="P219" s="3">
         <v>0</v>
       </c>
       <c r="Q219" s="5">
         <v>0</v>
       </c>
       <c r="R219">
-        <v>225</v>
+        <v>252</v>
       </c>
       <c r="S219">
         <v>0</v>
       </c>
       <c r="T219">
         <v>0</v>
       </c>
       <c r="U219">
         <v>0</v>
       </c>
       <c r="V219" s="3">
-        <v>225</v>
+        <v>252</v>
       </c>
     </row>
     <row r="220" spans="1:22">
       <c r="A220">
-        <v>45226</v>
+        <v>45222</v>
       </c>
       <c r="B220">
         <v>0</v>
       </c>
       <c r="C220">
         <v>0</v>
       </c>
       <c r="D220">
         <v>0</v>
       </c>
       <c r="E220">
         <v>0</v>
       </c>
       <c r="F220" s="3">
         <v>0</v>
       </c>
       <c r="G220">
         <v>0</v>
       </c>
       <c r="H220">
         <v>0</v>
       </c>
       <c r="I220" s="3">
         <v>0</v>
       </c>
       <c r="J220" s="5">
         <v>0</v>
       </c>
       <c r="K220">
         <v>0</v>
       </c>
       <c r="L220">
         <v>0</v>
       </c>
       <c r="M220">
         <v>0</v>
       </c>
       <c r="N220">
         <v>0</v>
       </c>
       <c r="O220">
         <v>0</v>
       </c>
       <c r="P220" s="3">
         <v>0</v>
       </c>
       <c r="Q220" s="5">
         <v>0</v>
       </c>
       <c r="R220">
-        <v>545</v>
+        <v>225</v>
       </c>
       <c r="S220">
         <v>0</v>
       </c>
       <c r="T220">
         <v>0</v>
       </c>
       <c r="U220">
         <v>0</v>
       </c>
       <c r="V220" s="3">
-        <v>545</v>
+        <v>225</v>
       </c>
     </row>
     <row r="221" spans="1:22">
       <c r="A221">
-        <v>45229</v>
+        <v>45226</v>
       </c>
       <c r="B221">
         <v>0</v>
       </c>
       <c r="C221">
         <v>0</v>
       </c>
       <c r="D221">
         <v>0</v>
       </c>
       <c r="E221">
         <v>0</v>
       </c>
       <c r="F221" s="3">
         <v>0</v>
       </c>
       <c r="G221">
         <v>0</v>
       </c>
       <c r="H221">
         <v>0</v>
       </c>
       <c r="I221" s="3">
         <v>0</v>
       </c>
       <c r="J221" s="5">
         <v>0</v>
       </c>
       <c r="K221">
         <v>0</v>
       </c>
       <c r="L221">
         <v>0</v>
       </c>
       <c r="M221">
         <v>0</v>
       </c>
       <c r="N221">
         <v>0</v>
       </c>
       <c r="O221">
         <v>0</v>
       </c>
       <c r="P221" s="3">
         <v>0</v>
       </c>
       <c r="Q221" s="5">
         <v>0</v>
       </c>
       <c r="R221">
-        <v>432</v>
+        <v>545</v>
       </c>
       <c r="S221">
         <v>0</v>
       </c>
       <c r="T221">
         <v>0</v>
       </c>
       <c r="U221">
         <v>0</v>
       </c>
       <c r="V221" s="3">
-        <v>432</v>
+        <v>545</v>
       </c>
     </row>
     <row r="222" spans="1:22">
       <c r="A222">
-        <v>45234</v>
+        <v>45229</v>
       </c>
       <c r="B222">
         <v>0</v>
       </c>
       <c r="C222">
         <v>0</v>
       </c>
       <c r="D222">
         <v>0</v>
       </c>
       <c r="E222">
         <v>0</v>
       </c>
       <c r="F222" s="3">
         <v>0</v>
       </c>
       <c r="G222">
         <v>0</v>
       </c>
       <c r="H222">
         <v>0</v>
       </c>
       <c r="I222" s="3">
         <v>0</v>
       </c>
       <c r="J222" s="5">
         <v>0</v>
       </c>
       <c r="K222">
         <v>0</v>
       </c>
       <c r="L222">
         <v>0</v>
       </c>
       <c r="M222">
         <v>0</v>
       </c>
       <c r="N222">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="O222">
         <v>0</v>
       </c>
       <c r="P222" s="3">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="Q222" s="5">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="R222">
-        <v>4302</v>
+        <v>432</v>
       </c>
       <c r="S222">
-        <v>1492</v>
+        <v>0</v>
       </c>
       <c r="T222">
         <v>0</v>
       </c>
       <c r="U222">
         <v>0</v>
       </c>
       <c r="V222" s="3">
-        <v>5794</v>
+        <v>432</v>
       </c>
     </row>
     <row r="223" spans="1:22">
       <c r="A223">
-        <v>45240</v>
+        <v>45234</v>
       </c>
       <c r="B223">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C223">
         <v>0</v>
       </c>
       <c r="D223">
         <v>0</v>
       </c>
       <c r="E223">
         <v>0</v>
       </c>
       <c r="F223" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G223">
         <v>0</v>
       </c>
       <c r="H223">
         <v>0</v>
       </c>
       <c r="I223" s="3">
         <v>0</v>
       </c>
       <c r="J223" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K223">
         <v>0</v>
       </c>
       <c r="L223">
         <v>0</v>
       </c>
       <c r="M223">
         <v>0</v>
       </c>
       <c r="N223">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="O223">
         <v>0</v>
       </c>
       <c r="P223" s="3">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="Q223" s="5">
-        <v>1</v>
+        <v>87</v>
       </c>
       <c r="R223">
-        <v>0</v>
+        <v>4302</v>
       </c>
       <c r="S223">
-        <v>0</v>
+        <v>1492</v>
       </c>
       <c r="T223">
         <v>0</v>
       </c>
       <c r="U223">
         <v>0</v>
       </c>
       <c r="V223" s="3">
-        <v>0</v>
+        <v>5794</v>
       </c>
     </row>
     <row r="224" spans="1:22">
       <c r="A224">
-        <v>45247</v>
+        <v>45240</v>
       </c>
       <c r="B224">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C224">
         <v>0</v>
       </c>
       <c r="D224">
         <v>0</v>
       </c>
       <c r="E224">
         <v>0</v>
       </c>
       <c r="F224" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G224">
         <v>0</v>
       </c>
       <c r="H224">
         <v>0</v>
       </c>
       <c r="I224" s="3">
         <v>0</v>
       </c>
       <c r="J224" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K224">
         <v>0</v>
       </c>
       <c r="L224">
         <v>0</v>
       </c>
       <c r="M224">
         <v>0</v>
       </c>
       <c r="N224">
         <v>0</v>
       </c>
       <c r="O224">
         <v>0</v>
       </c>
       <c r="P224" s="3">
         <v>0</v>
       </c>
       <c r="Q224" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R224">
-        <v>259</v>
+        <v>0</v>
       </c>
       <c r="S224">
         <v>0</v>
       </c>
       <c r="T224">
         <v>0</v>
       </c>
       <c r="U224">
         <v>0</v>
       </c>
       <c r="V224" s="3">
-        <v>259</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:22">
       <c r="A225">
-        <v>45250</v>
+        <v>45247</v>
       </c>
       <c r="B225">
         <v>0</v>
       </c>
       <c r="C225">
         <v>0</v>
       </c>
       <c r="D225">
         <v>0</v>
       </c>
       <c r="E225">
         <v>0</v>
       </c>
       <c r="F225" s="3">
         <v>0</v>
       </c>
       <c r="G225">
         <v>0</v>
       </c>
       <c r="H225">
         <v>0</v>
       </c>
       <c r="I225" s="3">
         <v>0</v>
       </c>
       <c r="J225" s="5">
         <v>0</v>
       </c>
       <c r="K225">
         <v>0</v>
       </c>
       <c r="L225">
         <v>0</v>
       </c>
       <c r="M225">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="N225">
         <v>0</v>
       </c>
       <c r="O225">
         <v>0</v>
       </c>
       <c r="P225" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="Q225" s="5">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="R225">
-        <v>0</v>
+        <v>259</v>
       </c>
       <c r="S225">
         <v>0</v>
       </c>
       <c r="T225">
         <v>0</v>
       </c>
       <c r="U225">
         <v>0</v>
       </c>
       <c r="V225" s="3">
-        <v>0</v>
+        <v>259</v>
       </c>
     </row>
     <row r="226" spans="1:22">
       <c r="A226">
-        <v>45258</v>
+        <v>45250</v>
       </c>
       <c r="B226">
         <v>0</v>
       </c>
       <c r="C226">
         <v>0</v>
       </c>
       <c r="D226">
         <v>0</v>
       </c>
       <c r="E226">
         <v>0</v>
       </c>
       <c r="F226" s="3">
         <v>0</v>
       </c>
       <c r="G226">
         <v>0</v>
       </c>
       <c r="H226">
         <v>0</v>
       </c>
       <c r="I226" s="3">
         <v>0</v>
       </c>
       <c r="J226" s="5">
         <v>0</v>
       </c>
       <c r="K226">
         <v>0</v>
       </c>
       <c r="L226">
         <v>0</v>
       </c>
       <c r="M226">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="N226">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="O226">
         <v>0</v>
       </c>
       <c r="P226" s="3">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="Q226" s="5">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="R226">
         <v>0</v>
       </c>
       <c r="S226">
         <v>0</v>
       </c>
       <c r="T226">
         <v>0</v>
       </c>
       <c r="U226">
         <v>0</v>
       </c>
       <c r="V226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:22">
       <c r="A227">
-        <v>45260</v>
+        <v>45258</v>
       </c>
       <c r="B227">
         <v>0</v>
       </c>
       <c r="C227">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D227">
         <v>0</v>
       </c>
       <c r="E227">
         <v>0</v>
       </c>
       <c r="F227" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G227">
         <v>0</v>
       </c>
       <c r="H227">
         <v>0</v>
       </c>
       <c r="I227" s="3">
         <v>0</v>
       </c>
       <c r="J227" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K227">
         <v>0</v>
       </c>
       <c r="L227">
         <v>0</v>
       </c>
       <c r="M227">
         <v>0</v>
       </c>
       <c r="N227">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="O227">
         <v>0</v>
       </c>
       <c r="P227" s="3">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="Q227" s="5">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="R227">
         <v>0</v>
       </c>
       <c r="S227">
         <v>0</v>
       </c>
       <c r="T227">
         <v>0</v>
       </c>
       <c r="U227">
         <v>0</v>
       </c>
       <c r="V227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:22">
       <c r="A228">
-        <v>45269</v>
+        <v>45260</v>
       </c>
       <c r="B228">
         <v>0</v>
       </c>
       <c r="C228">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D228">
         <v>0</v>
       </c>
       <c r="E228">
         <v>0</v>
       </c>
       <c r="F228" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G228">
         <v>0</v>
       </c>
       <c r="H228">
         <v>0</v>
       </c>
       <c r="I228" s="3">
         <v>0</v>
       </c>
       <c r="J228" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K228">
         <v>0</v>
       </c>
       <c r="L228">
         <v>0</v>
       </c>
       <c r="M228">
         <v>0</v>
       </c>
       <c r="N228">
         <v>0</v>
       </c>
       <c r="O228">
         <v>0</v>
       </c>
       <c r="P228" s="3">
         <v>0</v>
       </c>
       <c r="Q228" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R228">
-        <v>2920</v>
+        <v>0</v>
       </c>
       <c r="S228">
         <v>0</v>
       </c>
       <c r="T228">
         <v>0</v>
       </c>
       <c r="U228">
         <v>0</v>
       </c>
       <c r="V228" s="3">
-        <v>2920</v>
+        <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:22">
       <c r="A229">
-        <v>45270</v>
+        <v>45269</v>
       </c>
       <c r="B229">
         <v>0</v>
       </c>
       <c r="C229">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D229">
         <v>0</v>
       </c>
       <c r="E229">
         <v>0</v>
       </c>
       <c r="F229" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G229">
         <v>0</v>
       </c>
       <c r="H229">
         <v>0</v>
       </c>
       <c r="I229" s="3">
         <v>0</v>
       </c>
       <c r="J229" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K229">
         <v>0</v>
       </c>
       <c r="L229">
         <v>0</v>
       </c>
       <c r="M229">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="N229">
         <v>0</v>
       </c>
       <c r="O229">
         <v>0</v>
       </c>
       <c r="P229" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="Q229" s="5">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="R229">
-        <v>0</v>
+        <v>2920</v>
       </c>
       <c r="S229">
         <v>0</v>
       </c>
       <c r="T229">
         <v>0</v>
       </c>
       <c r="U229">
         <v>0</v>
       </c>
       <c r="V229" s="3">
-        <v>0</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="230" spans="1:22">
       <c r="A230">
-        <v>45281</v>
+        <v>45270</v>
       </c>
       <c r="B230">
         <v>0</v>
       </c>
       <c r="C230">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D230">
         <v>0</v>
       </c>
       <c r="E230">
         <v>0</v>
       </c>
       <c r="F230" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G230">
         <v>0</v>
       </c>
       <c r="H230">
         <v>0</v>
       </c>
       <c r="I230" s="3">
         <v>0</v>
       </c>
       <c r="J230" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K230">
         <v>0</v>
       </c>
       <c r="L230">
         <v>0</v>
       </c>
       <c r="M230">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="N230">
         <v>0</v>
       </c>
       <c r="O230">
         <v>0</v>
       </c>
       <c r="P230" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="Q230" s="5">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="R230">
-        <v>443</v>
+        <v>0</v>
       </c>
       <c r="S230">
         <v>0</v>
       </c>
       <c r="T230">
         <v>0</v>
       </c>
       <c r="U230">
         <v>0</v>
       </c>
       <c r="V230" s="3">
-        <v>443</v>
+        <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:22">
       <c r="A231">
-        <v>45284</v>
+        <v>45281</v>
       </c>
       <c r="B231">
         <v>0</v>
       </c>
       <c r="C231">
         <v>0</v>
       </c>
       <c r="D231">
         <v>0</v>
       </c>
       <c r="E231">
         <v>0</v>
       </c>
       <c r="F231" s="3">
         <v>0</v>
       </c>
       <c r="G231">
         <v>0</v>
       </c>
       <c r="H231">
         <v>0</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
       <c r="J231" s="5">
         <v>0</v>
       </c>
       <c r="K231">
         <v>0</v>
       </c>
       <c r="L231">
         <v>0</v>
       </c>
       <c r="M231">
         <v>0</v>
       </c>
       <c r="N231">
         <v>0</v>
       </c>
       <c r="O231">
         <v>0</v>
       </c>
       <c r="P231" s="3">
         <v>0</v>
       </c>
       <c r="Q231" s="5">
         <v>0</v>
       </c>
       <c r="R231">
-        <v>2085</v>
+        <v>443</v>
       </c>
       <c r="S231">
         <v>0</v>
       </c>
       <c r="T231">
         <v>0</v>
       </c>
       <c r="U231">
         <v>0</v>
       </c>
       <c r="V231" s="3">
-        <v>2085</v>
+        <v>443</v>
       </c>
     </row>
     <row r="232" spans="1:22">
       <c r="A232">
-        <v>45285</v>
+        <v>45284</v>
       </c>
       <c r="B232">
         <v>0</v>
       </c>
       <c r="C232">
         <v>0</v>
       </c>
       <c r="D232">
         <v>0</v>
       </c>
       <c r="E232">
         <v>0</v>
       </c>
       <c r="F232" s="3">
         <v>0</v>
       </c>
       <c r="G232">
         <v>0</v>
       </c>
       <c r="H232">
         <v>0</v>
       </c>
       <c r="I232" s="3">
         <v>0</v>
       </c>
       <c r="J232" s="5">
         <v>0</v>
       </c>
       <c r="K232">
         <v>0</v>
       </c>
       <c r="L232">
         <v>0</v>
       </c>
       <c r="M232">
         <v>0</v>
       </c>
       <c r="N232">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="O232">
         <v>0</v>
       </c>
       <c r="P232" s="3">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="Q232" s="5">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="R232">
-        <v>1049</v>
+        <v>2085</v>
       </c>
       <c r="S232">
         <v>0</v>
       </c>
       <c r="T232">
         <v>0</v>
       </c>
       <c r="U232">
         <v>0</v>
       </c>
       <c r="V232" s="3">
-        <v>1049</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="233" spans="1:22">
       <c r="A233">
-        <v>45290</v>
+        <v>45285</v>
       </c>
       <c r="B233">
         <v>0</v>
       </c>
       <c r="C233">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D233">
         <v>0</v>
       </c>
       <c r="E233">
         <v>0</v>
       </c>
       <c r="F233" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G233">
         <v>0</v>
       </c>
       <c r="H233">
         <v>0</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
       <c r="J233" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K233">
         <v>0</v>
       </c>
       <c r="L233">
         <v>0</v>
       </c>
       <c r="M233">
         <v>0</v>
       </c>
       <c r="N233">
-        <v>0</v>
+        <v>340</v>
       </c>
       <c r="O233">
         <v>0</v>
       </c>
       <c r="P233" s="3">
-        <v>0</v>
+        <v>340</v>
       </c>
       <c r="Q233" s="5">
-        <v>1</v>
+        <v>340</v>
       </c>
       <c r="R233">
-        <v>0</v>
+        <v>1049</v>
       </c>
       <c r="S233">
         <v>0</v>
       </c>
       <c r="T233">
         <v>0</v>
       </c>
       <c r="U233">
         <v>0</v>
       </c>
       <c r="V233" s="3">
-        <v>0</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="234" spans="1:22">
       <c r="A234">
-        <v>45296</v>
+        <v>45290</v>
       </c>
       <c r="B234">
         <v>0</v>
       </c>
       <c r="C234">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D234">
         <v>0</v>
       </c>
       <c r="E234">
         <v>0</v>
       </c>
       <c r="F234" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G234">
         <v>0</v>
       </c>
       <c r="H234">
         <v>0</v>
       </c>
       <c r="I234" s="3">
         <v>0</v>
       </c>
       <c r="J234" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K234">
         <v>0</v>
       </c>
       <c r="L234">
         <v>0</v>
       </c>
       <c r="M234">
         <v>0</v>
       </c>
       <c r="N234">
         <v>0</v>
       </c>
       <c r="O234">
         <v>0</v>
       </c>
       <c r="P234" s="3">
         <v>0</v>
       </c>
       <c r="Q234" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R234">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="S234">
         <v>0</v>
       </c>
       <c r="T234">
         <v>0</v>
       </c>
       <c r="U234">
         <v>0</v>
       </c>
       <c r="V234" s="3">
-        <v>54</v>
+        <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:22">
       <c r="A235">
-        <v>45298</v>
+        <v>45296</v>
       </c>
       <c r="B235">
         <v>0</v>
       </c>
       <c r="C235">
         <v>0</v>
       </c>
       <c r="D235">
         <v>0</v>
       </c>
       <c r="E235">
         <v>0</v>
       </c>
       <c r="F235" s="3">
         <v>0</v>
       </c>
       <c r="G235">
         <v>0</v>
       </c>
       <c r="H235">
         <v>0</v>
       </c>
       <c r="I235" s="3">
         <v>0</v>
       </c>
       <c r="J235" s="5">
         <v>0</v>
       </c>
       <c r="K235">
         <v>0</v>
       </c>
       <c r="L235">
         <v>0</v>
       </c>
       <c r="M235">
         <v>0</v>
       </c>
       <c r="N235">
         <v>0</v>
       </c>
       <c r="O235">
         <v>0</v>
       </c>
       <c r="P235" s="3">
         <v>0</v>
       </c>
       <c r="Q235" s="5">
         <v>0</v>
       </c>
       <c r="R235">
-        <v>2170</v>
+        <v>54</v>
       </c>
       <c r="S235">
         <v>0</v>
       </c>
       <c r="T235">
         <v>0</v>
       </c>
       <c r="U235">
         <v>0</v>
       </c>
       <c r="V235" s="3">
-        <v>2170</v>
+        <v>54</v>
       </c>
     </row>
     <row r="236" spans="1:22">
       <c r="A236">
-        <v>45300</v>
+        <v>45298</v>
       </c>
       <c r="B236">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C236">
         <v>0</v>
       </c>
       <c r="D236">
         <v>0</v>
       </c>
       <c r="E236">
         <v>0</v>
       </c>
       <c r="F236" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G236">
         <v>0</v>
       </c>
       <c r="H236">
         <v>0</v>
       </c>
       <c r="I236" s="3">
         <v>0</v>
       </c>
       <c r="J236" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K236">
         <v>0</v>
       </c>
       <c r="L236">
         <v>0</v>
       </c>
       <c r="M236">
         <v>0</v>
       </c>
       <c r="N236">
         <v>0</v>
       </c>
       <c r="O236">
         <v>0</v>
       </c>
       <c r="P236" s="3">
         <v>0</v>
       </c>
       <c r="Q236" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R236">
-        <v>0</v>
+        <v>2170</v>
       </c>
       <c r="S236">
         <v>0</v>
       </c>
       <c r="T236">
         <v>0</v>
       </c>
       <c r="U236">
         <v>0</v>
       </c>
       <c r="V236" s="3">
-        <v>0</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="237" spans="1:22">
       <c r="A237">
-        <v>45307</v>
+        <v>45300</v>
       </c>
       <c r="B237">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C237">
         <v>0</v>
       </c>
       <c r="D237">
         <v>0</v>
       </c>
       <c r="E237">
         <v>0</v>
       </c>
       <c r="F237" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G237">
         <v>0</v>
       </c>
       <c r="H237">
         <v>0</v>
       </c>
       <c r="I237" s="3">
         <v>0</v>
       </c>
       <c r="J237" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K237">
         <v>0</v>
       </c>
       <c r="L237">
         <v>0</v>
       </c>
       <c r="M237">
         <v>0</v>
       </c>
       <c r="N237">
         <v>0</v>
       </c>
       <c r="O237">
         <v>0</v>
       </c>
       <c r="P237" s="3">
         <v>0</v>
       </c>
       <c r="Q237" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R237">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="S237">
         <v>0</v>
       </c>
       <c r="T237">
         <v>0</v>
       </c>
       <c r="U237">
         <v>0</v>
       </c>
       <c r="V237" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:22">
       <c r="A238">
-        <v>45309</v>
+        <v>45307</v>
       </c>
       <c r="B238">
         <v>0</v>
       </c>
       <c r="C238">
         <v>0</v>
       </c>
       <c r="D238">
         <v>0</v>
       </c>
       <c r="E238">
         <v>0</v>
       </c>
       <c r="F238" s="3">
         <v>0</v>
       </c>
       <c r="G238">
         <v>0</v>
       </c>
       <c r="H238">
         <v>0</v>
       </c>
       <c r="I238" s="3">
         <v>0</v>
       </c>
       <c r="J238" s="5">
         <v>0</v>
       </c>
       <c r="K238">
         <v>0</v>
       </c>
       <c r="L238">
         <v>0</v>
       </c>
       <c r="M238">
         <v>0</v>
       </c>
       <c r="N238">
         <v>0</v>
       </c>
       <c r="O238">
         <v>0</v>
       </c>
       <c r="P238" s="3">
         <v>0</v>
       </c>
       <c r="Q238" s="5">
         <v>0</v>
       </c>
       <c r="R238">
-        <v>141</v>
+        <v>240</v>
       </c>
       <c r="S238">
         <v>0</v>
       </c>
       <c r="T238">
         <v>0</v>
       </c>
       <c r="U238">
         <v>0</v>
       </c>
       <c r="V238" s="3">
-        <v>141</v>
+        <v>240</v>
       </c>
     </row>
     <row r="239" spans="1:22">
       <c r="A239">
-        <v>45320</v>
+        <v>45309</v>
       </c>
       <c r="B239">
         <v>0</v>
       </c>
       <c r="C239">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D239">
         <v>0</v>
       </c>
       <c r="E239">
         <v>0</v>
       </c>
       <c r="F239" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G239">
         <v>0</v>
       </c>
       <c r="H239">
         <v>0</v>
       </c>
       <c r="I239" s="3">
         <v>0</v>
       </c>
       <c r="J239" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K239">
         <v>0</v>
       </c>
       <c r="L239">
         <v>0</v>
       </c>
       <c r="M239">
         <v>0</v>
       </c>
       <c r="N239">
         <v>0</v>
       </c>
       <c r="O239">
         <v>0</v>
       </c>
       <c r="P239" s="3">
         <v>0</v>
       </c>
       <c r="Q239" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R239">
-        <v>0</v>
+        <v>141</v>
       </c>
       <c r="S239">
         <v>0</v>
       </c>
       <c r="T239">
         <v>0</v>
       </c>
       <c r="U239">
         <v>0</v>
       </c>
       <c r="V239" s="3">
-        <v>0</v>
+        <v>141</v>
       </c>
     </row>
     <row r="240" spans="1:22">
       <c r="A240">
-        <v>45321</v>
+        <v>45320</v>
       </c>
       <c r="B240">
         <v>0</v>
       </c>
       <c r="C240">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D240">
         <v>0</v>
       </c>
       <c r="E240">
         <v>0</v>
       </c>
       <c r="F240" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G240">
         <v>0</v>
       </c>
       <c r="H240">
         <v>0</v>
       </c>
       <c r="I240" s="3">
         <v>0</v>
       </c>
       <c r="J240" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K240">
         <v>0</v>
       </c>
       <c r="L240">
         <v>0</v>
       </c>
       <c r="M240">
         <v>0</v>
       </c>
       <c r="N240">
         <v>0</v>
       </c>
       <c r="O240">
         <v>0</v>
       </c>
       <c r="P240" s="3">
         <v>0</v>
       </c>
       <c r="Q240" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R240">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="S240">
         <v>0</v>
       </c>
       <c r="T240">
         <v>0</v>
       </c>
       <c r="U240">
         <v>0</v>
       </c>
       <c r="V240" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:22">
       <c r="A241">
-        <v>45324</v>
+        <v>45321</v>
       </c>
       <c r="B241">
         <v>0</v>
       </c>
       <c r="C241">
         <v>0</v>
       </c>
       <c r="D241">
         <v>0</v>
       </c>
       <c r="E241">
         <v>0</v>
       </c>
       <c r="F241" s="3">
         <v>0</v>
       </c>
       <c r="G241">
         <v>0</v>
       </c>
       <c r="H241">
         <v>0</v>
       </c>
       <c r="I241" s="3">
         <v>0</v>
       </c>
       <c r="J241" s="5">
         <v>0</v>
       </c>
       <c r="K241">
         <v>0</v>
       </c>
       <c r="L241">
         <v>0</v>
       </c>
       <c r="M241">
         <v>0</v>
       </c>
       <c r="N241">
         <v>0</v>
       </c>
       <c r="O241">
         <v>0</v>
       </c>
       <c r="P241" s="3">
         <v>0</v>
       </c>
       <c r="Q241" s="5">
         <v>0</v>
       </c>
       <c r="R241">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="S241">
         <v>0</v>
       </c>
       <c r="T241">
         <v>0</v>
       </c>
       <c r="U241">
         <v>0</v>
       </c>
       <c r="V241" s="3">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="242" spans="1:22">
       <c r="A242">
-        <v>45336</v>
+        <v>45324</v>
       </c>
       <c r="B242">
         <v>0</v>
       </c>
       <c r="C242">
         <v>0</v>
       </c>
       <c r="D242">
         <v>0</v>
       </c>
       <c r="E242">
         <v>0</v>
       </c>
       <c r="F242" s="3">
         <v>0</v>
       </c>
       <c r="G242">
         <v>0</v>
       </c>
       <c r="H242">
         <v>0</v>
       </c>
       <c r="I242" s="3">
         <v>0</v>
       </c>
       <c r="J242" s="5">
         <v>0</v>
       </c>
       <c r="K242">
         <v>0</v>
       </c>
       <c r="L242">
         <v>0</v>
       </c>
       <c r="M242">
         <v>0</v>
       </c>
       <c r="N242">
         <v>0</v>
       </c>
       <c r="O242">
         <v>0</v>
       </c>
       <c r="P242" s="3">
         <v>0</v>
       </c>
       <c r="Q242" s="5">
         <v>0</v>
       </c>
       <c r="R242">
-        <v>273</v>
+        <v>213</v>
       </c>
       <c r="S242">
         <v>0</v>
       </c>
       <c r="T242">
         <v>0</v>
       </c>
       <c r="U242">
         <v>0</v>
       </c>
       <c r="V242" s="3">
-        <v>273</v>
+        <v>213</v>
       </c>
     </row>
     <row r="243" spans="1:22">
       <c r="A243">
-        <v>45370</v>
+        <v>45336</v>
       </c>
       <c r="B243">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C243">
         <v>0</v>
       </c>
       <c r="D243">
         <v>0</v>
       </c>
       <c r="E243">
         <v>0</v>
       </c>
       <c r="F243" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G243">
         <v>0</v>
       </c>
       <c r="H243">
         <v>0</v>
       </c>
       <c r="I243" s="3">
         <v>0</v>
       </c>
       <c r="J243" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K243">
         <v>0</v>
       </c>
       <c r="L243">
         <v>0</v>
       </c>
       <c r="M243">
         <v>0</v>
       </c>
       <c r="N243">
         <v>0</v>
       </c>
       <c r="O243">
         <v>0</v>
       </c>
       <c r="P243" s="3">
         <v>0</v>
       </c>
       <c r="Q243" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R243">
-        <v>0</v>
+        <v>273</v>
       </c>
       <c r="S243">
         <v>0</v>
       </c>
       <c r="T243">
         <v>0</v>
       </c>
       <c r="U243">
         <v>0</v>
       </c>
       <c r="V243" s="3">
-        <v>0</v>
+        <v>273</v>
       </c>
     </row>
     <row r="244" spans="1:22">
       <c r="A244">
-        <v>45380</v>
+        <v>45370</v>
       </c>
       <c r="B244">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C244">
         <v>0</v>
       </c>
       <c r="D244">
         <v>0</v>
       </c>
       <c r="E244">
         <v>0</v>
       </c>
       <c r="F244" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G244">
         <v>0</v>
       </c>
       <c r="H244">
         <v>0</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
       <c r="J244" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K244">
         <v>0</v>
       </c>
       <c r="L244">
         <v>0</v>
       </c>
       <c r="M244">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="N244">
         <v>0</v>
       </c>
       <c r="O244">
         <v>0</v>
       </c>
       <c r="P244" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="Q244" s="5">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="R244">
         <v>0</v>
       </c>
       <c r="S244">
         <v>0</v>
       </c>
       <c r="T244">
         <v>0</v>
       </c>
       <c r="U244">
         <v>0</v>
       </c>
       <c r="V244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:22">
       <c r="A245">
-        <v>45390</v>
+        <v>45380</v>
       </c>
       <c r="B245">
         <v>0</v>
       </c>
       <c r="C245">
         <v>0</v>
       </c>
       <c r="D245">
         <v>0</v>
       </c>
       <c r="E245">
         <v>0</v>
       </c>
       <c r="F245" s="3">
         <v>0</v>
       </c>
       <c r="G245">
         <v>0</v>
       </c>
       <c r="H245">
         <v>0</v>
       </c>
       <c r="I245" s="3">
         <v>0</v>
       </c>
       <c r="J245" s="5">
         <v>0</v>
       </c>
       <c r="K245">
         <v>0</v>
       </c>
       <c r="L245">
         <v>0</v>
       </c>
       <c r="M245">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="N245">
         <v>0</v>
       </c>
       <c r="O245">
         <v>0</v>
       </c>
       <c r="P245" s="3">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="Q245" s="5">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="R245">
         <v>0</v>
       </c>
       <c r="S245">
         <v>0</v>
       </c>
       <c r="T245">
         <v>0</v>
       </c>
       <c r="U245">
         <v>0</v>
       </c>
       <c r="V245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:22">
       <c r="A246">
-        <v>45400</v>
+        <v>45390</v>
       </c>
       <c r="B246">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C246">
         <v>0</v>
       </c>
       <c r="D246">
         <v>0</v>
       </c>
       <c r="E246">
         <v>0</v>
       </c>
       <c r="F246" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G246">
         <v>0</v>
       </c>
       <c r="H246">
         <v>0</v>
       </c>
       <c r="I246" s="3">
         <v>0</v>
       </c>
       <c r="J246" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K246">
-        <v>203</v>
+        <v>0</v>
       </c>
       <c r="L246">
         <v>0</v>
       </c>
       <c r="M246">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="N246">
         <v>0</v>
       </c>
       <c r="O246">
         <v>0</v>
       </c>
       <c r="P246" s="3">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="Q246" s="5">
-        <v>204</v>
+        <v>18</v>
       </c>
       <c r="R246">
         <v>0</v>
       </c>
       <c r="S246">
         <v>0</v>
       </c>
       <c r="T246">
         <v>0</v>
       </c>
       <c r="U246">
         <v>0</v>
       </c>
       <c r="V246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:22">
       <c r="A247">
-        <v>45450</v>
+        <v>45400</v>
       </c>
       <c r="B247">
         <v>1</v>
       </c>
       <c r="C247">
         <v>0</v>
       </c>
       <c r="D247">
         <v>0</v>
       </c>
       <c r="E247">
         <v>0</v>
       </c>
       <c r="F247" s="3">
         <v>1</v>
       </c>
       <c r="G247">
         <v>0</v>
       </c>
       <c r="H247">
         <v>0</v>
       </c>
       <c r="I247" s="3">
         <v>0</v>
       </c>
       <c r="J247" s="5">
         <v>1</v>
       </c>
       <c r="K247">
-        <v>0</v>
+        <v>203</v>
       </c>
       <c r="L247">
         <v>0</v>
       </c>
       <c r="M247">
         <v>0</v>
       </c>
       <c r="N247">
         <v>0</v>
       </c>
       <c r="O247">
         <v>0</v>
       </c>
       <c r="P247" s="3">
-        <v>0</v>
+        <v>203</v>
       </c>
       <c r="Q247" s="5">
-        <v>1</v>
+        <v>204</v>
       </c>
       <c r="R247">
         <v>0</v>
       </c>
       <c r="S247">
         <v>0</v>
       </c>
       <c r="T247">
         <v>0</v>
       </c>
       <c r="U247">
         <v>0</v>
       </c>
       <c r="V247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:22">
       <c r="A248">
-        <v>45600</v>
+        <v>45450</v>
       </c>
       <c r="B248">
         <v>1</v>
       </c>
       <c r="C248">
         <v>0</v>
       </c>
       <c r="D248">
         <v>0</v>
       </c>
       <c r="E248">
         <v>0</v>
       </c>
       <c r="F248" s="3">
         <v>1</v>
       </c>
       <c r="G248">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="H248">
-        <v>186</v>
+        <v>0</v>
       </c>
       <c r="I248" s="3">
-        <v>222</v>
+        <v>0</v>
       </c>
       <c r="J248" s="5">
-        <v>223</v>
+        <v>1</v>
       </c>
       <c r="K248">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="L248">
         <v>0</v>
       </c>
       <c r="M248">
         <v>0</v>
       </c>
       <c r="N248">
         <v>0</v>
       </c>
       <c r="O248">
         <v>0</v>
       </c>
       <c r="P248" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="Q248" s="5">
-        <v>227</v>
+        <v>1</v>
       </c>
       <c r="R248">
         <v>0</v>
       </c>
       <c r="S248">
         <v>0</v>
       </c>
       <c r="T248">
         <v>0</v>
       </c>
       <c r="U248">
         <v>0</v>
       </c>
       <c r="V248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:22">
       <c r="A249">
-        <v>45620</v>
+        <v>45600</v>
       </c>
       <c r="B249">
         <v>1</v>
       </c>
       <c r="C249">
         <v>0</v>
       </c>
       <c r="D249">
         <v>0</v>
       </c>
       <c r="E249">
         <v>0</v>
       </c>
       <c r="F249" s="3">
         <v>1</v>
       </c>
       <c r="G249">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="H249">
-        <v>0</v>
+        <v>186</v>
       </c>
       <c r="I249" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="J249" s="5">
-        <v>1</v>
+        <v>223</v>
       </c>
       <c r="K249">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="L249">
         <v>0</v>
       </c>
       <c r="M249">
         <v>0</v>
       </c>
       <c r="N249">
         <v>0</v>
       </c>
       <c r="O249">
         <v>0</v>
       </c>
       <c r="P249" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="Q249" s="5">
-        <v>1</v>
+        <v>227</v>
       </c>
       <c r="R249">
         <v>0</v>
       </c>
       <c r="S249">
         <v>0</v>
       </c>
       <c r="T249">
         <v>0</v>
       </c>
       <c r="U249">
         <v>0</v>
       </c>
       <c r="V249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:22">
       <c r="A250">
-        <v>45630</v>
+        <v>45620</v>
       </c>
       <c r="B250">
         <v>1</v>
       </c>
       <c r="C250">
         <v>0</v>
       </c>
       <c r="D250">
         <v>0</v>
       </c>
       <c r="E250">
         <v>0</v>
       </c>
       <c r="F250" s="3">
         <v>1</v>
       </c>
       <c r="G250">
         <v>0</v>
       </c>
       <c r="H250">
         <v>0</v>
       </c>
       <c r="I250" s="3">
         <v>0</v>
       </c>
@@ -17438,51 +17438,51 @@
       </c>
       <c r="P250" s="3">
         <v>0</v>
       </c>
       <c r="Q250" s="5">
         <v>1</v>
       </c>
       <c r="R250">
         <v>0</v>
       </c>
       <c r="S250">
         <v>0</v>
       </c>
       <c r="T250">
         <v>0</v>
       </c>
       <c r="U250">
         <v>0</v>
       </c>
       <c r="V250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:22">
       <c r="A251">
-        <v>45640</v>
+        <v>45630</v>
       </c>
       <c r="B251">
         <v>1</v>
       </c>
       <c r="C251">
         <v>0</v>
       </c>
       <c r="D251">
         <v>0</v>
       </c>
       <c r="E251">
         <v>0</v>
       </c>
       <c r="F251" s="3">
         <v>1</v>
       </c>
       <c r="G251">
         <v>0</v>
       </c>
       <c r="H251">
         <v>0</v>
       </c>
       <c r="I251" s="3">
         <v>0</v>
       </c>
@@ -17506,57 +17506,57 @@
       </c>
       <c r="P251" s="3">
         <v>0</v>
       </c>
       <c r="Q251" s="5">
         <v>1</v>
       </c>
       <c r="R251">
         <v>0</v>
       </c>
       <c r="S251">
         <v>0</v>
       </c>
       <c r="T251">
         <v>0</v>
       </c>
       <c r="U251">
         <v>0</v>
       </c>
       <c r="V251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:22">
       <c r="A252">
-        <v>45680</v>
+        <v>45640</v>
       </c>
       <c r="B252">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C252">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D252">
         <v>0</v>
       </c>
       <c r="E252">
         <v>0</v>
       </c>
       <c r="F252" s="3">
         <v>1</v>
       </c>
       <c r="G252">
         <v>0</v>
       </c>
       <c r="H252">
         <v>0</v>
       </c>
       <c r="I252" s="3">
         <v>0</v>
       </c>
       <c r="J252" s="5">
         <v>1</v>
       </c>
       <c r="K252">
         <v>0</v>
       </c>
@@ -17566,326 +17566,394 @@
       <c r="M252">
         <v>0</v>
       </c>
       <c r="N252">
         <v>0</v>
       </c>
       <c r="O252">
         <v>0</v>
       </c>
       <c r="P252" s="3">
         <v>0</v>
       </c>
       <c r="Q252" s="5">
         <v>1</v>
       </c>
       <c r="R252">
         <v>0</v>
       </c>
       <c r="S252">
         <v>0</v>
       </c>
       <c r="T252">
         <v>0</v>
       </c>
       <c r="U252">
-        <v>168</v>
+        <v>0</v>
       </c>
       <c r="V252" s="3">
-        <v>168</v>
+        <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:22">
       <c r="A253">
-        <v>45700</v>
+        <v>45680</v>
       </c>
       <c r="B253">
         <v>0</v>
       </c>
       <c r="C253">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D253">
         <v>0</v>
       </c>
       <c r="E253">
         <v>0</v>
       </c>
       <c r="F253" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G253">
         <v>0</v>
       </c>
       <c r="H253">
         <v>0</v>
       </c>
       <c r="I253" s="3">
         <v>0</v>
       </c>
       <c r="J253" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K253">
         <v>0</v>
       </c>
       <c r="L253">
         <v>0</v>
       </c>
       <c r="M253">
         <v>0</v>
       </c>
       <c r="N253">
         <v>0</v>
       </c>
       <c r="O253">
         <v>0</v>
       </c>
       <c r="P253" s="3">
         <v>0</v>
       </c>
       <c r="Q253" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R253">
         <v>0</v>
       </c>
       <c r="S253">
         <v>0</v>
       </c>
       <c r="T253">
         <v>0</v>
       </c>
       <c r="U253">
-        <v>0</v>
+        <v>168</v>
       </c>
       <c r="V253" s="3">
-        <v>0</v>
+        <v>168</v>
       </c>
     </row>
     <row r="254" spans="1:22">
       <c r="A254">
-        <v>45800</v>
+        <v>45700</v>
       </c>
       <c r="B254">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="C254">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D254">
         <v>0</v>
       </c>
       <c r="E254">
         <v>0</v>
       </c>
       <c r="F254" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G254">
         <v>0</v>
       </c>
       <c r="H254">
         <v>0</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
       <c r="J254" s="5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K254">
         <v>0</v>
       </c>
       <c r="L254">
         <v>0</v>
       </c>
       <c r="M254">
         <v>0</v>
       </c>
       <c r="N254">
         <v>0</v>
       </c>
       <c r="O254">
         <v>0</v>
       </c>
       <c r="P254" s="3">
         <v>0</v>
       </c>
       <c r="Q254" s="5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R254">
         <v>0</v>
       </c>
       <c r="S254">
         <v>0</v>
       </c>
       <c r="T254">
         <v>0</v>
       </c>
       <c r="U254">
         <v>0</v>
       </c>
       <c r="V254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:22">
       <c r="A255">
+        <v>45800</v>
+      </c>
+      <c r="B255">
+        <v>4</v>
+      </c>
+      <c r="C255">
+        <v>0</v>
+      </c>
+      <c r="D255">
+        <v>0</v>
+      </c>
+      <c r="E255">
+        <v>0</v>
+      </c>
+      <c r="F255" s="3">
+        <v>4</v>
+      </c>
+      <c r="G255">
+        <v>0</v>
+      </c>
+      <c r="H255">
+        <v>0</v>
+      </c>
+      <c r="I255" s="3">
+        <v>0</v>
+      </c>
+      <c r="J255" s="5">
+        <v>4</v>
+      </c>
+      <c r="K255">
+        <v>0</v>
+      </c>
+      <c r="L255">
+        <v>0</v>
+      </c>
+      <c r="M255">
+        <v>0</v>
+      </c>
+      <c r="N255">
+        <v>0</v>
+      </c>
+      <c r="O255">
+        <v>0</v>
+      </c>
+      <c r="P255" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q255" s="5">
+        <v>4</v>
+      </c>
+      <c r="R255">
+        <v>0</v>
+      </c>
+      <c r="S255">
+        <v>0</v>
+      </c>
+      <c r="T255">
+        <v>0</v>
+      </c>
+      <c r="U255">
+        <v>0</v>
+      </c>
+      <c r="V255" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="256" spans="1:22">
+      <c r="A256">
         <v>45920</v>
       </c>
-      <c r="B255">
-[...53 lines deleted...]
-      <c r="T255">
+      <c r="B256">
+        <v>0</v>
+      </c>
+      <c r="C256">
+        <v>0</v>
+      </c>
+      <c r="D256">
+        <v>0</v>
+      </c>
+      <c r="E256">
+        <v>0</v>
+      </c>
+      <c r="F256" s="3">
+        <v>0</v>
+      </c>
+      <c r="G256">
+        <v>0</v>
+      </c>
+      <c r="H256">
+        <v>0</v>
+      </c>
+      <c r="I256" s="3">
+        <v>0</v>
+      </c>
+      <c r="J256" s="5">
+        <v>0</v>
+      </c>
+      <c r="K256">
+        <v>0</v>
+      </c>
+      <c r="L256">
+        <v>0</v>
+      </c>
+      <c r="M256">
+        <v>0</v>
+      </c>
+      <c r="N256">
+        <v>0</v>
+      </c>
+      <c r="O256">
+        <v>0</v>
+      </c>
+      <c r="P256" s="3">
+        <v>0</v>
+      </c>
+      <c r="Q256" s="5">
+        <v>0</v>
+      </c>
+      <c r="R256">
+        <v>0</v>
+      </c>
+      <c r="S256">
+        <v>0</v>
+      </c>
+      <c r="T256">
         <v>14000</v>
       </c>
-      <c r="U255">
-[...2 lines deleted...]
-      <c r="V255" s="3">
+      <c r="U256">
+        <v>0</v>
+      </c>
+      <c r="V256" s="3">
         <v>14000</v>
       </c>
     </row>
-    <row r="256" spans="1:22">
-      <c r="A256" t="s">
+    <row r="257" spans="1:22">
+      <c r="A257" t="s">
         <v>13</v>
       </c>
-      <c r="B256">
+      <c r="B257">
         <v>66</v>
       </c>
-      <c r="C256">
+      <c r="C257">
         <v>16</v>
       </c>
-      <c r="D256">
+      <c r="D257">
         <v>6</v>
       </c>
-      <c r="E256">
+      <c r="E257">
         <v>1</v>
       </c>
-      <c r="F256" s="3">
+      <c r="F257" s="3">
         <v>89</v>
       </c>
-      <c r="G256">
+      <c r="G257">
         <v>61</v>
       </c>
-      <c r="H256">
+      <c r="H257">
         <v>186</v>
       </c>
-      <c r="I256" s="3">
+      <c r="I257" s="3">
         <v>247</v>
       </c>
-      <c r="J256" s="5">
+      <c r="J257" s="5">
         <v>336</v>
       </c>
-      <c r="K256">
-[...2 lines deleted...]
-      <c r="L256">
+      <c r="K257">
+        <v>6036</v>
+      </c>
+      <c r="L257">
         <v>1968</v>
       </c>
-      <c r="M256">
+      <c r="M257">
         <v>1824</v>
       </c>
-      <c r="N256">
-[...2 lines deleted...]
-      <c r="O256">
+      <c r="N257">
+        <v>2071</v>
+      </c>
+      <c r="O257">
         <v>95</v>
       </c>
-      <c r="P256" s="3">
-[...5 lines deleted...]
-      <c r="R256">
+      <c r="P257" s="3">
+        <v>11994</v>
+      </c>
+      <c r="Q257" s="5">
+        <v>12330</v>
+      </c>
+      <c r="R257">
         <v>83112</v>
       </c>
-      <c r="S256">
+      <c r="S257">
         <v>37095</v>
       </c>
-      <c r="T256">
-[...2 lines deleted...]
-      <c r="U256">
+      <c r="T257">
+        <v>57415</v>
+      </c>
+      <c r="U257">
         <v>44530</v>
       </c>
-      <c r="V256" s="3">
-        <v>219355</v>
+      <c r="V257" s="3">
+        <v>222152</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>