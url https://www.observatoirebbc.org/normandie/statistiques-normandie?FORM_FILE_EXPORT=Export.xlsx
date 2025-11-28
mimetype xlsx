--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -507,54 +507,54 @@
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="P1" s="4" t="s">
         <v>13</v>
       </c>
       <c r="Q1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="R1" s="1" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="U1" s="4" t="s">
         <v>16</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="Y1" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:25">
       <c r="A2">
@@ -584,63 +584,63 @@
       <c r="I2">
         <v>20</v>
       </c>
       <c r="J2">
         <v>11</v>
       </c>
       <c r="K2">
         <v>33</v>
       </c>
       <c r="L2" s="3">
         <v>223</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="N2">
         <v>0</v>
       </c>
       <c r="O2" s="3">
         <v>50</v>
       </c>
       <c r="P2" s="5">
         <v>273</v>
       </c>
       <c r="Q2">
+        <v>1585</v>
+      </c>
+      <c r="R2">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>1525</v>
       </c>
       <c r="S2">
         <v>454</v>
       </c>
       <c r="T2" s="3">
-        <v>2544</v>
+        <v>2604</v>
       </c>
       <c r="U2" s="5">
-        <v>2817</v>
+        <v>2877</v>
       </c>
       <c r="V2">
         <v>3231</v>
       </c>
       <c r="W2">
         <v>2618</v>
       </c>
       <c r="X2">
         <v>0</v>
       </c>
       <c r="Y2" s="3">
         <v>5849</v>
       </c>
     </row>
     <row r="3" spans="1:25">
       <c r="A3">
         <v>14100</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3">
         <v>0</v>
       </c>
       <c r="D3">
@@ -661,63 +661,63 @@
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3">
         <v>1</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3" s="3">
         <v>62</v>
       </c>
       <c r="M3">
         <v>0</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3" s="3">
         <v>2</v>
       </c>
       <c r="P3" s="5">
         <v>64</v>
       </c>
       <c r="Q3">
+        <v>707</v>
+      </c>
+      <c r="R3">
         <v>128</v>
       </c>
-      <c r="R3">
-[...1 lines deleted...]
-      </c>
       <c r="S3">
         <v>0</v>
       </c>
       <c r="T3" s="3">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="U3" s="5">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="V3">
         <v>0</v>
       </c>
       <c r="W3">
         <v>0</v>
       </c>
       <c r="X3">
         <v>0</v>
       </c>
       <c r="Y3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25">
       <c r="A4">
         <v>14110</v>
       </c>
       <c r="B4">
         <v>0</v>
       </c>
       <c r="C4">
         <v>0</v>
       </c>
       <c r="D4">
@@ -1200,54 +1200,54 @@
       <c r="I10">
         <v>2</v>
       </c>
       <c r="J10">
         <v>1</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10" s="3">
         <v>32</v>
       </c>
       <c r="M10">
         <v>0</v>
       </c>
       <c r="N10">
         <v>11</v>
       </c>
       <c r="O10" s="3">
         <v>11</v>
       </c>
       <c r="P10" s="5">
         <v>43</v>
       </c>
       <c r="Q10">
+        <v>183</v>
+      </c>
+      <c r="R10">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="S10">
         <v>0</v>
       </c>
       <c r="T10" s="3">
         <v>223</v>
       </c>
       <c r="U10" s="5">
         <v>266</v>
       </c>
       <c r="V10">
         <v>594</v>
       </c>
       <c r="W10">
         <v>0</v>
       </c>
       <c r="X10">
         <v>1648</v>
       </c>
       <c r="Y10" s="3">
         <v>2242</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11">
@@ -1354,54 +1354,54 @@
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12" s="3">
         <v>56</v>
       </c>
       <c r="M12">
         <v>56</v>
       </c>
       <c r="N12">
         <v>0</v>
       </c>
       <c r="O12" s="3">
         <v>56</v>
       </c>
       <c r="P12" s="5">
         <v>112</v>
       </c>
       <c r="Q12">
+        <v>156</v>
+      </c>
+      <c r="R12">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="S12">
         <v>0</v>
       </c>
       <c r="T12" s="3">
         <v>234</v>
       </c>
       <c r="U12" s="5">
         <v>346</v>
       </c>
       <c r="V12">
         <v>0</v>
       </c>
       <c r="W12">
         <v>0</v>
       </c>
       <c r="X12">
         <v>0</v>
       </c>
       <c r="Y12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13">
@@ -1585,54 +1585,54 @@
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15" s="3">
         <v>35</v>
       </c>
       <c r="M15">
         <v>30</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15" s="3">
         <v>34</v>
       </c>
       <c r="P15" s="5">
         <v>69</v>
       </c>
       <c r="Q15">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="R15">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="S15">
         <v>0</v>
       </c>
       <c r="T15" s="3">
         <v>28</v>
       </c>
       <c r="U15" s="5">
         <v>97</v>
       </c>
       <c r="V15">
         <v>0</v>
       </c>
       <c r="W15">
         <v>0</v>
       </c>
       <c r="X15">
         <v>0</v>
       </c>
       <c r="Y15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16">
@@ -1662,54 +1662,54 @@
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
       <c r="K16">
         <v>0</v>
       </c>
       <c r="L16" s="3">
         <v>5</v>
       </c>
       <c r="M16">
         <v>0</v>
       </c>
       <c r="N16">
         <v>126</v>
       </c>
       <c r="O16" s="3">
         <v>126</v>
       </c>
       <c r="P16" s="5">
         <v>131</v>
       </c>
       <c r="Q16">
+        <v>0</v>
+      </c>
+      <c r="R16">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S16">
         <v>0</v>
       </c>
       <c r="T16" s="3">
         <v>45</v>
       </c>
       <c r="U16" s="5">
         <v>176</v>
       </c>
       <c r="V16">
         <v>0</v>
       </c>
       <c r="W16">
         <v>0</v>
       </c>
       <c r="X16">
         <v>0</v>
       </c>
       <c r="Y16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
@@ -1893,54 +1893,54 @@
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>3</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19" s="3">
         <v>59</v>
       </c>
       <c r="M19">
         <v>52</v>
       </c>
       <c r="N19">
         <v>0</v>
       </c>
       <c r="O19" s="3">
         <v>52</v>
       </c>
       <c r="P19" s="5">
         <v>111</v>
       </c>
       <c r="Q19">
+        <v>775</v>
+      </c>
+      <c r="R19">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
       <c r="S19">
         <v>397</v>
       </c>
       <c r="T19" s="3">
         <v>1680</v>
       </c>
       <c r="U19" s="5">
         <v>1791</v>
       </c>
       <c r="V19">
         <v>0</v>
       </c>
       <c r="W19">
         <v>0</v>
       </c>
       <c r="X19">
         <v>0</v>
       </c>
       <c r="Y19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
@@ -2432,54 +2432,54 @@
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26" s="3">
         <v>9</v>
       </c>
       <c r="M26">
         <v>0</v>
       </c>
       <c r="N26">
         <v>25</v>
       </c>
       <c r="O26" s="3">
         <v>25</v>
       </c>
       <c r="P26" s="5">
         <v>34</v>
       </c>
       <c r="Q26">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="R26">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="S26">
         <v>0</v>
       </c>
       <c r="T26" s="3">
         <v>31</v>
       </c>
       <c r="U26" s="5">
         <v>65</v>
       </c>
       <c r="V26">
         <v>0</v>
       </c>
       <c r="W26">
         <v>0</v>
       </c>
       <c r="X26">
         <v>0</v>
       </c>
       <c r="Y26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
@@ -2663,54 +2663,54 @@
       <c r="I29">
         <v>1</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29" s="3">
         <v>30</v>
       </c>
       <c r="M29">
         <v>0</v>
       </c>
       <c r="N29">
         <v>0</v>
       </c>
       <c r="O29" s="3">
         <v>0</v>
       </c>
       <c r="P29" s="5">
         <v>30</v>
       </c>
       <c r="Q29">
-        <v>0</v>
+        <v>47</v>
       </c>
       <c r="R29">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="S29">
         <v>0</v>
       </c>
       <c r="T29" s="3">
         <v>47</v>
       </c>
       <c r="U29" s="5">
         <v>77</v>
       </c>
       <c r="V29">
         <v>0</v>
       </c>
       <c r="W29">
         <v>0</v>
       </c>
       <c r="X29">
         <v>0</v>
       </c>
       <c r="Y29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30">
@@ -3048,54 +3048,54 @@
       <c r="I34">
         <v>0</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
       <c r="K34">
         <v>0</v>
       </c>
       <c r="L34" s="3">
         <v>1</v>
       </c>
       <c r="M34">
         <v>0</v>
       </c>
       <c r="N34">
         <v>0</v>
       </c>
       <c r="O34" s="3">
         <v>0</v>
       </c>
       <c r="P34" s="5">
         <v>1</v>
       </c>
       <c r="Q34">
+        <v>32</v>
+      </c>
+      <c r="R34">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="S34">
         <v>0</v>
       </c>
       <c r="T34" s="3">
         <v>121</v>
       </c>
       <c r="U34" s="5">
         <v>122</v>
       </c>
       <c r="V34">
         <v>0</v>
       </c>
       <c r="W34">
         <v>0</v>
       </c>
       <c r="X34">
         <v>0</v>
       </c>
       <c r="Y34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35">
@@ -3125,54 +3125,54 @@
       <c r="I35">
         <v>2</v>
       </c>
       <c r="J35">
         <v>1</v>
       </c>
       <c r="K35">
         <v>2</v>
       </c>
       <c r="L35" s="3">
         <v>22</v>
       </c>
       <c r="M35">
         <v>0</v>
       </c>
       <c r="N35">
         <v>20</v>
       </c>
       <c r="O35" s="3">
         <v>20</v>
       </c>
       <c r="P35" s="5">
         <v>42</v>
       </c>
       <c r="Q35">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="R35">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="S35">
         <v>0</v>
       </c>
       <c r="T35" s="3">
         <v>23</v>
       </c>
       <c r="U35" s="5">
         <v>65</v>
       </c>
       <c r="V35">
         <v>0</v>
       </c>
       <c r="W35">
         <v>0</v>
       </c>
       <c r="X35">
         <v>0</v>
       </c>
       <c r="Y35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36">
@@ -3356,54 +3356,54 @@
       <c r="I38">
         <v>3</v>
       </c>
       <c r="J38">
         <v>2</v>
       </c>
       <c r="K38">
         <v>9</v>
       </c>
       <c r="L38" s="3">
         <v>108</v>
       </c>
       <c r="M38">
         <v>66</v>
       </c>
       <c r="N38">
         <v>34</v>
       </c>
       <c r="O38" s="3">
         <v>100</v>
       </c>
       <c r="P38" s="5">
         <v>208</v>
       </c>
       <c r="Q38">
+        <v>445</v>
+      </c>
+      <c r="R38">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="S38">
         <v>0</v>
       </c>
       <c r="T38" s="3">
         <v>508</v>
       </c>
       <c r="U38" s="5">
         <v>716</v>
       </c>
       <c r="V38">
         <v>0</v>
       </c>
       <c r="W38">
         <v>0</v>
       </c>
       <c r="X38">
         <v>2045</v>
       </c>
       <c r="Y38" s="3">
         <v>2045</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39">
@@ -3809,72 +3809,72 @@
       <c r="F44">
         <v>0</v>
       </c>
       <c r="G44">
         <v>2</v>
       </c>
       <c r="H44">
         <v>5</v>
       </c>
       <c r="I44">
         <v>1</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
       <c r="K44">
         <v>0</v>
       </c>
       <c r="L44" s="3">
         <v>9</v>
       </c>
       <c r="M44">
         <v>0</v>
       </c>
       <c r="N44">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="O44" s="3">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="P44" s="5">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="Q44">
         <v>104</v>
       </c>
       <c r="R44">
         <v>104</v>
       </c>
       <c r="S44">
         <v>0</v>
       </c>
       <c r="T44" s="3">
         <v>208</v>
       </c>
       <c r="U44" s="5">
-        <v>239</v>
+        <v>263</v>
       </c>
       <c r="V44">
         <v>0</v>
       </c>
       <c r="W44">
         <v>0</v>
       </c>
       <c r="X44">
         <v>0</v>
       </c>
       <c r="Y44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45">
         <v>14470</v>
       </c>
       <c r="B45">
         <v>0</v>
       </c>
       <c r="C45">
         <v>0</v>
       </c>
       <c r="D45">
@@ -3895,54 +3895,54 @@
       <c r="I45">
         <v>2</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45" s="3">
         <v>12</v>
       </c>
       <c r="M45">
         <v>0</v>
       </c>
       <c r="N45">
         <v>0</v>
       </c>
       <c r="O45" s="3">
         <v>0</v>
       </c>
       <c r="P45" s="5">
         <v>12</v>
       </c>
       <c r="Q45">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="R45">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="S45">
         <v>0</v>
       </c>
       <c r="T45" s="3">
         <v>32</v>
       </c>
       <c r="U45" s="5">
         <v>44</v>
       </c>
       <c r="V45">
         <v>0</v>
       </c>
       <c r="W45">
         <v>0</v>
       </c>
       <c r="X45">
         <v>0</v>
       </c>
       <c r="Y45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46">
@@ -4126,54 +4126,54 @@
       <c r="I48">
         <v>3</v>
       </c>
       <c r="J48">
         <v>1</v>
       </c>
       <c r="K48">
         <v>2</v>
       </c>
       <c r="L48" s="3">
         <v>25</v>
       </c>
       <c r="M48">
         <v>0</v>
       </c>
       <c r="N48">
         <v>0</v>
       </c>
       <c r="O48" s="3">
         <v>0</v>
       </c>
       <c r="P48" s="5">
         <v>25</v>
       </c>
       <c r="Q48">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="R48">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="S48">
         <v>0</v>
       </c>
       <c r="T48" s="3">
         <v>14</v>
       </c>
       <c r="U48" s="5">
         <v>39</v>
       </c>
       <c r="V48">
         <v>0</v>
       </c>
       <c r="W48">
         <v>0</v>
       </c>
       <c r="X48">
         <v>0</v>
       </c>
       <c r="Y48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49">
@@ -4203,54 +4203,54 @@
       <c r="I49">
         <v>0</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
       <c r="K49">
         <v>0</v>
       </c>
       <c r="L49" s="3">
         <v>2</v>
       </c>
       <c r="M49">
         <v>0</v>
       </c>
       <c r="N49">
         <v>0</v>
       </c>
       <c r="O49" s="3">
         <v>0</v>
       </c>
       <c r="P49" s="5">
         <v>2</v>
       </c>
       <c r="Q49">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="R49">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="S49">
         <v>0</v>
       </c>
       <c r="T49" s="3">
         <v>4</v>
       </c>
       <c r="U49" s="5">
         <v>6</v>
       </c>
       <c r="V49">
         <v>0</v>
       </c>
       <c r="W49">
         <v>0</v>
       </c>
       <c r="X49">
         <v>0</v>
       </c>
       <c r="Y49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50">
@@ -4511,54 +4511,54 @@
       <c r="I53">
         <v>0</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53" s="3">
         <v>13</v>
       </c>
       <c r="M53">
         <v>86</v>
       </c>
       <c r="N53">
         <v>0</v>
       </c>
       <c r="O53" s="3">
         <v>86</v>
       </c>
       <c r="P53" s="5">
         <v>99</v>
       </c>
       <c r="Q53">
+        <v>0</v>
+      </c>
+      <c r="R53">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S53">
         <v>0</v>
       </c>
       <c r="T53" s="3">
         <v>28</v>
       </c>
       <c r="U53" s="5">
         <v>127</v>
       </c>
       <c r="V53">
         <v>0</v>
       </c>
       <c r="W53">
         <v>0</v>
       </c>
       <c r="X53">
         <v>0</v>
       </c>
       <c r="Y53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54">
@@ -4742,54 +4742,54 @@
       <c r="I56">
         <v>1</v>
       </c>
       <c r="J56">
         <v>1</v>
       </c>
       <c r="K56">
         <v>2</v>
       </c>
       <c r="L56" s="3">
         <v>27</v>
       </c>
       <c r="M56">
         <v>0</v>
       </c>
       <c r="N56">
         <v>0</v>
       </c>
       <c r="O56" s="3">
         <v>0</v>
       </c>
       <c r="P56" s="5">
         <v>27</v>
       </c>
       <c r="Q56">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="R56">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="S56">
         <v>0</v>
       </c>
       <c r="T56" s="3">
         <v>130</v>
       </c>
       <c r="U56" s="5">
         <v>157</v>
       </c>
       <c r="V56">
         <v>0</v>
       </c>
       <c r="W56">
         <v>0</v>
       </c>
       <c r="X56">
         <v>0</v>
       </c>
       <c r="Y56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57">
@@ -5050,54 +5050,54 @@
       <c r="I60">
         <v>0</v>
       </c>
       <c r="J60">
         <v>0</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60" s="3">
         <v>2</v>
       </c>
       <c r="M60">
         <v>0</v>
       </c>
       <c r="N60">
         <v>0</v>
       </c>
       <c r="O60" s="3">
         <v>0</v>
       </c>
       <c r="P60" s="5">
         <v>2</v>
       </c>
       <c r="Q60">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="R60">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="S60">
         <v>0</v>
       </c>
       <c r="T60" s="3">
         <v>15</v>
       </c>
       <c r="U60" s="5">
         <v>17</v>
       </c>
       <c r="V60">
         <v>0</v>
       </c>
       <c r="W60">
         <v>0</v>
       </c>
       <c r="X60">
         <v>0</v>
       </c>
       <c r="Y60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61">
@@ -5435,54 +5435,54 @@
       <c r="I65">
         <v>2</v>
       </c>
       <c r="J65">
         <v>1</v>
       </c>
       <c r="K65">
         <v>3</v>
       </c>
       <c r="L65" s="3">
         <v>65</v>
       </c>
       <c r="M65">
         <v>0</v>
       </c>
       <c r="N65">
         <v>0</v>
       </c>
       <c r="O65" s="3">
         <v>0</v>
       </c>
       <c r="P65" s="5">
         <v>65</v>
       </c>
       <c r="Q65">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="R65">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="S65">
         <v>0</v>
       </c>
       <c r="T65" s="3">
         <v>76</v>
       </c>
       <c r="U65" s="5">
         <v>141</v>
       </c>
       <c r="V65">
         <v>0</v>
       </c>
       <c r="W65">
         <v>0</v>
       </c>
       <c r="X65">
         <v>0</v>
       </c>
       <c r="Y65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:25">
       <c r="A66">
@@ -5589,54 +5589,54 @@
       <c r="I67">
         <v>0</v>
       </c>
       <c r="J67">
         <v>0</v>
       </c>
       <c r="K67">
         <v>2</v>
       </c>
       <c r="L67" s="3">
         <v>16</v>
       </c>
       <c r="M67">
         <v>0</v>
       </c>
       <c r="N67">
         <v>0</v>
       </c>
       <c r="O67" s="3">
         <v>0</v>
       </c>
       <c r="P67" s="5">
         <v>16</v>
       </c>
       <c r="Q67">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="R67">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="S67">
         <v>0</v>
       </c>
       <c r="T67" s="3">
         <v>45</v>
       </c>
       <c r="U67" s="5">
         <v>61</v>
       </c>
       <c r="V67">
         <v>0</v>
       </c>
       <c r="W67">
         <v>0</v>
       </c>
       <c r="X67">
         <v>0</v>
       </c>
       <c r="Y67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:25">
       <c r="A68">
@@ -5974,54 +5974,54 @@
       <c r="I72">
         <v>0</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
       <c r="L72" s="3">
         <v>8</v>
       </c>
       <c r="M72">
         <v>0</v>
       </c>
       <c r="N72">
         <v>0</v>
       </c>
       <c r="O72" s="3">
         <v>0</v>
       </c>
       <c r="P72" s="5">
         <v>8</v>
       </c>
       <c r="Q72">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="R72">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="S72">
         <v>0</v>
       </c>
       <c r="T72" s="3">
         <v>13</v>
       </c>
       <c r="U72" s="5">
         <v>21</v>
       </c>
       <c r="V72">
         <v>0</v>
       </c>
       <c r="W72">
         <v>0</v>
       </c>
       <c r="X72">
         <v>0</v>
       </c>
       <c r="Y72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73">
@@ -6051,54 +6051,54 @@
       <c r="I73">
         <v>7</v>
       </c>
       <c r="J73">
         <v>0</v>
       </c>
       <c r="K73">
         <v>3</v>
       </c>
       <c r="L73" s="3">
         <v>44</v>
       </c>
       <c r="M73">
         <v>0</v>
       </c>
       <c r="N73">
         <v>0</v>
       </c>
       <c r="O73" s="3">
         <v>0</v>
       </c>
       <c r="P73" s="5">
         <v>44</v>
       </c>
       <c r="Q73">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="R73">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="S73">
         <v>0</v>
       </c>
       <c r="T73" s="3">
         <v>6</v>
       </c>
       <c r="U73" s="5">
         <v>50</v>
       </c>
       <c r="V73">
         <v>0</v>
       </c>
       <c r="W73">
         <v>0</v>
       </c>
       <c r="X73">
         <v>0</v>
       </c>
       <c r="Y73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74">
@@ -7360,54 +7360,54 @@
       <c r="I90">
         <v>0</v>
       </c>
       <c r="J90">
         <v>1</v>
       </c>
       <c r="K90">
         <v>3</v>
       </c>
       <c r="L90" s="3">
         <v>63</v>
       </c>
       <c r="M90">
         <v>0</v>
       </c>
       <c r="N90">
         <v>14</v>
       </c>
       <c r="O90" s="3">
         <v>14</v>
       </c>
       <c r="P90" s="5">
         <v>77</v>
       </c>
       <c r="Q90">
+        <v>1370</v>
+      </c>
+      <c r="R90">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
       <c r="S90">
         <v>0</v>
       </c>
       <c r="T90" s="3">
         <v>1532</v>
       </c>
       <c r="U90" s="5">
         <v>1609</v>
       </c>
       <c r="V90">
         <v>9831</v>
       </c>
       <c r="W90">
         <v>0</v>
       </c>
       <c r="X90">
         <v>0</v>
       </c>
       <c r="Y90" s="3">
         <v>9831</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91">
@@ -7437,54 +7437,54 @@
       <c r="I91">
         <v>7</v>
       </c>
       <c r="J91">
         <v>13</v>
       </c>
       <c r="K91">
         <v>10</v>
       </c>
       <c r="L91" s="3">
         <v>70</v>
       </c>
       <c r="M91">
         <v>0</v>
       </c>
       <c r="N91">
         <v>83</v>
       </c>
       <c r="O91" s="3">
         <v>83</v>
       </c>
       <c r="P91" s="5">
         <v>153</v>
       </c>
       <c r="Q91">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="R91">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="S91">
         <v>26</v>
       </c>
       <c r="T91" s="3">
         <v>166</v>
       </c>
       <c r="U91" s="5">
         <v>319</v>
       </c>
       <c r="V91">
         <v>0</v>
       </c>
       <c r="W91">
         <v>0</v>
       </c>
       <c r="X91">
         <v>0</v>
       </c>
       <c r="Y91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92">
@@ -8361,54 +8361,54 @@
       <c r="I103">
         <v>0</v>
       </c>
       <c r="J103">
         <v>0</v>
       </c>
       <c r="K103">
         <v>0</v>
       </c>
       <c r="L103" s="3">
         <v>7</v>
       </c>
       <c r="M103">
         <v>0</v>
       </c>
       <c r="N103">
         <v>0</v>
       </c>
       <c r="O103" s="3">
         <v>0</v>
       </c>
       <c r="P103" s="5">
         <v>7</v>
       </c>
       <c r="Q103">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="R103">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="S103">
         <v>0</v>
       </c>
       <c r="T103" s="3">
         <v>48</v>
       </c>
       <c r="U103" s="5">
         <v>55</v>
       </c>
       <c r="V103">
         <v>0</v>
       </c>
       <c r="W103">
         <v>0</v>
       </c>
       <c r="X103">
         <v>0</v>
       </c>
       <c r="Y103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:25">
       <c r="A104">
@@ -8669,54 +8669,54 @@
       <c r="I107">
         <v>0</v>
       </c>
       <c r="J107">
         <v>0</v>
       </c>
       <c r="K107">
         <v>0</v>
       </c>
       <c r="L107" s="3">
         <v>4</v>
       </c>
       <c r="M107">
         <v>0</v>
       </c>
       <c r="N107">
         <v>0</v>
       </c>
       <c r="O107" s="3">
         <v>0</v>
       </c>
       <c r="P107" s="5">
         <v>4</v>
       </c>
       <c r="Q107">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="R107">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="S107">
         <v>0</v>
       </c>
       <c r="T107" s="3">
         <v>17</v>
       </c>
       <c r="U107" s="5">
         <v>21</v>
       </c>
       <c r="V107">
         <v>0</v>
       </c>
       <c r="W107">
         <v>0</v>
       </c>
       <c r="X107">
         <v>0</v>
       </c>
       <c r="Y107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:25">
       <c r="A108">
@@ -8900,54 +8900,54 @@
       <c r="I110">
         <v>1</v>
       </c>
       <c r="J110">
         <v>0</v>
       </c>
       <c r="K110">
         <v>2</v>
       </c>
       <c r="L110" s="3">
         <v>18</v>
       </c>
       <c r="M110">
         <v>0</v>
       </c>
       <c r="N110">
         <v>0</v>
       </c>
       <c r="O110" s="3">
         <v>0</v>
       </c>
       <c r="P110" s="5">
         <v>18</v>
       </c>
       <c r="Q110">
-        <v>0</v>
+        <v>304</v>
       </c>
       <c r="R110">
-        <v>304</v>
+        <v>0</v>
       </c>
       <c r="S110">
         <v>0</v>
       </c>
       <c r="T110" s="3">
         <v>304</v>
       </c>
       <c r="U110" s="5">
         <v>322</v>
       </c>
       <c r="V110">
         <v>0</v>
       </c>
       <c r="W110">
         <v>0</v>
       </c>
       <c r="X110">
         <v>0</v>
       </c>
       <c r="Y110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:25">
       <c r="A111">
@@ -9670,54 +9670,54 @@
       <c r="I120">
         <v>22</v>
       </c>
       <c r="J120">
         <v>24</v>
       </c>
       <c r="K120">
         <v>27</v>
       </c>
       <c r="L120" s="3">
         <v>196</v>
       </c>
       <c r="M120">
         <v>0</v>
       </c>
       <c r="N120">
         <v>0</v>
       </c>
       <c r="O120" s="3">
         <v>0</v>
       </c>
       <c r="P120" s="5">
         <v>196</v>
       </c>
       <c r="Q120">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="R120">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="S120">
         <v>0</v>
       </c>
       <c r="T120" s="3">
         <v>84</v>
       </c>
       <c r="U120" s="5">
         <v>280</v>
       </c>
       <c r="V120">
         <v>0</v>
       </c>
       <c r="W120">
         <v>0</v>
       </c>
       <c r="X120">
         <v>0</v>
       </c>
       <c r="Y120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:25">
       <c r="A121">
@@ -10440,54 +10440,54 @@
       <c r="I130">
         <v>1</v>
       </c>
       <c r="J130">
         <v>0</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130" s="3">
         <v>19</v>
       </c>
       <c r="M130">
         <v>0</v>
       </c>
       <c r="N130">
         <v>0</v>
       </c>
       <c r="O130" s="3">
         <v>0</v>
       </c>
       <c r="P130" s="5">
         <v>19</v>
       </c>
       <c r="Q130">
-        <v>0</v>
+        <v>247</v>
       </c>
       <c r="R130">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="S130">
         <v>0</v>
       </c>
       <c r="T130" s="3">
         <v>247</v>
       </c>
       <c r="U130" s="5">
         <v>266</v>
       </c>
       <c r="V130">
         <v>0</v>
       </c>
       <c r="W130">
         <v>0</v>
       </c>
       <c r="X130">
         <v>0</v>
       </c>
       <c r="Y130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:25">
       <c r="A131">
@@ -11133,54 +11133,54 @@
       <c r="I139">
         <v>2</v>
       </c>
       <c r="J139">
         <v>2</v>
       </c>
       <c r="K139">
         <v>2</v>
       </c>
       <c r="L139" s="3">
         <v>33</v>
       </c>
       <c r="M139">
         <v>0</v>
       </c>
       <c r="N139">
         <v>0</v>
       </c>
       <c r="O139" s="3">
         <v>0</v>
       </c>
       <c r="P139" s="5">
         <v>33</v>
       </c>
       <c r="Q139">
-        <v>0</v>
+        <v>211</v>
       </c>
       <c r="R139">
-        <v>211</v>
+        <v>0</v>
       </c>
       <c r="S139">
         <v>0</v>
       </c>
       <c r="T139" s="3">
         <v>211</v>
       </c>
       <c r="U139" s="5">
         <v>244</v>
       </c>
       <c r="V139">
         <v>0</v>
       </c>
       <c r="W139">
         <v>0</v>
       </c>
       <c r="X139">
         <v>0</v>
       </c>
       <c r="Y139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:25">
       <c r="A140">
@@ -11210,54 +11210,54 @@
       <c r="I140">
         <v>1</v>
       </c>
       <c r="J140">
         <v>0</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
       <c r="L140" s="3">
         <v>8</v>
       </c>
       <c r="M140">
         <v>0</v>
       </c>
       <c r="N140">
         <v>0</v>
       </c>
       <c r="O140" s="3">
         <v>0</v>
       </c>
       <c r="P140" s="5">
         <v>8</v>
       </c>
       <c r="Q140">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="R140">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="S140">
         <v>0</v>
       </c>
       <c r="T140" s="3">
         <v>49</v>
       </c>
       <c r="U140" s="5">
         <v>57</v>
       </c>
       <c r="V140">
         <v>0</v>
       </c>
       <c r="W140">
         <v>0</v>
       </c>
       <c r="X140">
         <v>0</v>
       </c>
       <c r="Y140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:25">
       <c r="A141">
@@ -11903,54 +11903,54 @@
       <c r="I149">
         <v>0</v>
       </c>
       <c r="J149">
         <v>1</v>
       </c>
       <c r="K149">
         <v>0</v>
       </c>
       <c r="L149" s="3">
         <v>31</v>
       </c>
       <c r="M149">
         <v>0</v>
       </c>
       <c r="N149">
         <v>6</v>
       </c>
       <c r="O149" s="3">
         <v>6</v>
       </c>
       <c r="P149" s="5">
         <v>37</v>
       </c>
       <c r="Q149">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="R149">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="S149">
         <v>0</v>
       </c>
       <c r="T149" s="3">
         <v>48</v>
       </c>
       <c r="U149" s="5">
         <v>85</v>
       </c>
       <c r="V149">
         <v>0</v>
       </c>
       <c r="W149">
         <v>0</v>
       </c>
       <c r="X149">
         <v>0</v>
       </c>
       <c r="Y149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:25">
       <c r="A150">
@@ -13212,54 +13212,54 @@
       <c r="I166">
         <v>4</v>
       </c>
       <c r="J166">
         <v>1</v>
       </c>
       <c r="K166">
         <v>10</v>
       </c>
       <c r="L166" s="3">
         <v>71</v>
       </c>
       <c r="M166">
         <v>0</v>
       </c>
       <c r="N166">
         <v>22</v>
       </c>
       <c r="O166" s="3">
         <v>22</v>
       </c>
       <c r="P166" s="5">
         <v>93</v>
       </c>
       <c r="Q166">
+        <v>41</v>
+      </c>
+      <c r="R166">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S166">
         <v>55</v>
       </c>
       <c r="T166" s="3">
         <v>212</v>
       </c>
       <c r="U166" s="5">
         <v>305</v>
       </c>
       <c r="V166">
         <v>850</v>
       </c>
       <c r="W166">
         <v>0</v>
       </c>
       <c r="X166">
         <v>0</v>
       </c>
       <c r="Y166" s="3">
         <v>850</v>
       </c>
     </row>
     <row r="167" spans="1:25">
       <c r="A167">
@@ -13280,72 +13280,72 @@
       <c r="F167">
         <v>1</v>
       </c>
       <c r="G167">
         <v>17</v>
       </c>
       <c r="H167">
         <v>14</v>
       </c>
       <c r="I167">
         <v>4</v>
       </c>
       <c r="J167">
         <v>2</v>
       </c>
       <c r="K167">
         <v>5</v>
       </c>
       <c r="L167" s="3">
         <v>47</v>
       </c>
       <c r="M167">
         <v>25</v>
       </c>
       <c r="N167">
-        <v>96</v>
+        <v>190</v>
       </c>
       <c r="O167" s="3">
-        <v>121</v>
+        <v>215</v>
       </c>
       <c r="P167" s="5">
-        <v>168</v>
+        <v>262</v>
       </c>
       <c r="Q167">
+        <v>134</v>
+      </c>
+      <c r="R167">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="S167">
         <v>64</v>
       </c>
       <c r="T167" s="3">
         <v>412</v>
       </c>
       <c r="U167" s="5">
-        <v>580</v>
+        <v>674</v>
       </c>
       <c r="V167">
         <v>577</v>
       </c>
       <c r="W167">
         <v>606</v>
       </c>
       <c r="X167">
         <v>0</v>
       </c>
       <c r="Y167" s="3">
         <v>1183</v>
       </c>
     </row>
     <row r="168" spans="1:25">
       <c r="A168">
         <v>50110</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
       <c r="C168">
         <v>0</v>
       </c>
       <c r="D168">
@@ -13366,54 +13366,54 @@
       <c r="I168">
         <v>4</v>
       </c>
       <c r="J168">
         <v>3</v>
       </c>
       <c r="K168">
         <v>5</v>
       </c>
       <c r="L168" s="3">
         <v>61</v>
       </c>
       <c r="M168">
         <v>30</v>
       </c>
       <c r="N168">
         <v>6</v>
       </c>
       <c r="O168" s="3">
         <v>36</v>
       </c>
       <c r="P168" s="5">
         <v>97</v>
       </c>
       <c r="Q168">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="R168">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="S168">
         <v>0</v>
       </c>
       <c r="T168" s="3">
         <v>55</v>
       </c>
       <c r="U168" s="5">
         <v>152</v>
       </c>
       <c r="V168">
         <v>0</v>
       </c>
       <c r="W168">
         <v>0</v>
       </c>
       <c r="X168">
         <v>0</v>
       </c>
       <c r="Y168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:25">
       <c r="A169">
@@ -13434,72 +13434,72 @@
       <c r="F169">
         <v>2</v>
       </c>
       <c r="G169">
         <v>17</v>
       </c>
       <c r="H169">
         <v>23</v>
       </c>
       <c r="I169">
         <v>4</v>
       </c>
       <c r="J169">
         <v>3</v>
       </c>
       <c r="K169">
         <v>7</v>
       </c>
       <c r="L169" s="3">
         <v>60</v>
       </c>
       <c r="M169">
         <v>0</v>
       </c>
       <c r="N169">
-        <v>51</v>
+        <v>101</v>
       </c>
       <c r="O169" s="3">
-        <v>51</v>
+        <v>101</v>
       </c>
       <c r="P169" s="5">
-        <v>111</v>
+        <v>161</v>
       </c>
       <c r="Q169">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="R169">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="S169">
         <v>0</v>
       </c>
       <c r="T169" s="3">
         <v>70</v>
       </c>
       <c r="U169" s="5">
-        <v>181</v>
+        <v>231</v>
       </c>
       <c r="V169">
         <v>0</v>
       </c>
       <c r="W169">
         <v>0</v>
       </c>
       <c r="X169">
         <v>0</v>
       </c>
       <c r="Y169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:25">
       <c r="A170">
         <v>50130</v>
       </c>
       <c r="B170">
         <v>0</v>
       </c>
       <c r="C170">
         <v>0</v>
       </c>
       <c r="D170">
@@ -13597,54 +13597,54 @@
       <c r="I171">
         <v>1</v>
       </c>
       <c r="J171">
         <v>1</v>
       </c>
       <c r="K171">
         <v>3</v>
       </c>
       <c r="L171" s="3">
         <v>29</v>
       </c>
       <c r="M171">
         <v>12</v>
       </c>
       <c r="N171">
         <v>4</v>
       </c>
       <c r="O171" s="3">
         <v>16</v>
       </c>
       <c r="P171" s="5">
         <v>45</v>
       </c>
       <c r="Q171">
+        <v>0</v>
+      </c>
+      <c r="R171">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S171">
         <v>0</v>
       </c>
       <c r="T171" s="3">
         <v>64</v>
       </c>
       <c r="U171" s="5">
         <v>109</v>
       </c>
       <c r="V171">
         <v>0</v>
       </c>
       <c r="W171">
         <v>0</v>
       </c>
       <c r="X171">
         <v>0</v>
       </c>
       <c r="Y171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:25">
       <c r="A172">
@@ -13751,54 +13751,54 @@
       <c r="I173">
         <v>0</v>
       </c>
       <c r="J173">
         <v>0</v>
       </c>
       <c r="K173">
         <v>3</v>
       </c>
       <c r="L173" s="3">
         <v>16</v>
       </c>
       <c r="M173">
         <v>0</v>
       </c>
       <c r="N173">
         <v>37</v>
       </c>
       <c r="O173" s="3">
         <v>37</v>
       </c>
       <c r="P173" s="5">
         <v>53</v>
       </c>
       <c r="Q173">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="R173">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="S173">
         <v>0</v>
       </c>
       <c r="T173" s="3">
         <v>20</v>
       </c>
       <c r="U173" s="5">
         <v>73</v>
       </c>
       <c r="V173">
         <v>0</v>
       </c>
       <c r="W173">
         <v>0</v>
       </c>
       <c r="X173">
         <v>0</v>
       </c>
       <c r="Y173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:25">
       <c r="A174">
@@ -13905,54 +13905,54 @@
       <c r="I175">
         <v>1</v>
       </c>
       <c r="J175">
         <v>0</v>
       </c>
       <c r="K175">
         <v>2</v>
       </c>
       <c r="L175" s="3">
         <v>21</v>
       </c>
       <c r="M175">
         <v>0</v>
       </c>
       <c r="N175">
         <v>17</v>
       </c>
       <c r="O175" s="3">
         <v>17</v>
       </c>
       <c r="P175" s="5">
         <v>38</v>
       </c>
       <c r="Q175">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="R175">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="S175">
         <v>0</v>
       </c>
       <c r="T175" s="3">
         <v>38</v>
       </c>
       <c r="U175" s="5">
         <v>76</v>
       </c>
       <c r="V175">
         <v>0</v>
       </c>
       <c r="W175">
         <v>0</v>
       </c>
       <c r="X175">
         <v>0</v>
       </c>
       <c r="Y175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:25">
       <c r="A176">
@@ -14059,54 +14059,54 @@
       <c r="I177">
         <v>6</v>
       </c>
       <c r="J177">
         <v>4</v>
       </c>
       <c r="K177">
         <v>10</v>
       </c>
       <c r="L177" s="3">
         <v>101</v>
       </c>
       <c r="M177">
         <v>0</v>
       </c>
       <c r="N177">
         <v>2</v>
       </c>
       <c r="O177" s="3">
         <v>2</v>
       </c>
       <c r="P177" s="5">
         <v>103</v>
       </c>
       <c r="Q177">
+        <v>449</v>
+      </c>
+      <c r="R177">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="S177">
         <v>0</v>
       </c>
       <c r="T177" s="3">
         <v>704</v>
       </c>
       <c r="U177" s="5">
         <v>807</v>
       </c>
       <c r="V177">
         <v>490</v>
       </c>
       <c r="W177">
         <v>1900</v>
       </c>
       <c r="X177">
         <v>0</v>
       </c>
       <c r="Y177" s="3">
         <v>2390</v>
       </c>
     </row>
     <row r="178" spans="1:25">
       <c r="A178">
@@ -14290,54 +14290,54 @@
       <c r="I180">
         <v>1</v>
       </c>
       <c r="J180">
         <v>0</v>
       </c>
       <c r="K180">
         <v>1</v>
       </c>
       <c r="L180" s="3">
         <v>23</v>
       </c>
       <c r="M180">
         <v>0</v>
       </c>
       <c r="N180">
         <v>6</v>
       </c>
       <c r="O180" s="3">
         <v>6</v>
       </c>
       <c r="P180" s="5">
         <v>29</v>
       </c>
       <c r="Q180">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="R180">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="S180">
         <v>0</v>
       </c>
       <c r="T180" s="3">
         <v>8</v>
       </c>
       <c r="U180" s="5">
         <v>37</v>
       </c>
       <c r="V180">
         <v>0</v>
       </c>
       <c r="W180">
         <v>0</v>
       </c>
       <c r="X180">
         <v>0</v>
       </c>
       <c r="Y180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:25">
       <c r="A181">
@@ -14367,54 +14367,54 @@
       <c r="I181">
         <v>3</v>
       </c>
       <c r="J181">
         <v>1</v>
       </c>
       <c r="K181">
         <v>9</v>
       </c>
       <c r="L181" s="3">
         <v>54</v>
       </c>
       <c r="M181">
         <v>0</v>
       </c>
       <c r="N181">
         <v>0</v>
       </c>
       <c r="O181" s="3">
         <v>0</v>
       </c>
       <c r="P181" s="5">
         <v>54</v>
       </c>
       <c r="Q181">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="R181">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="S181">
         <v>0</v>
       </c>
       <c r="T181" s="3">
         <v>4</v>
       </c>
       <c r="U181" s="5">
         <v>58</v>
       </c>
       <c r="V181">
         <v>0</v>
       </c>
       <c r="W181">
         <v>0</v>
       </c>
       <c r="X181">
         <v>0</v>
       </c>
       <c r="Y181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:25">
       <c r="A182">
@@ -14435,72 +14435,72 @@
       <c r="F182">
         <v>2</v>
       </c>
       <c r="G182">
         <v>14</v>
       </c>
       <c r="H182">
         <v>15</v>
       </c>
       <c r="I182">
         <v>2</v>
       </c>
       <c r="J182">
         <v>2</v>
       </c>
       <c r="K182">
         <v>5</v>
       </c>
       <c r="L182" s="3">
         <v>44</v>
       </c>
       <c r="M182">
         <v>0</v>
       </c>
       <c r="N182">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="O182" s="3">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="P182" s="5">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="Q182">
         <v>0</v>
       </c>
       <c r="R182">
         <v>0</v>
       </c>
       <c r="S182">
         <v>0</v>
       </c>
       <c r="T182" s="3">
         <v>0</v>
       </c>
       <c r="U182" s="5">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="V182">
         <v>0</v>
       </c>
       <c r="W182">
         <v>0</v>
       </c>
       <c r="X182">
         <v>0</v>
       </c>
       <c r="Y182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:25">
       <c r="A183">
         <v>50260</v>
       </c>
       <c r="B183">
         <v>0</v>
       </c>
       <c r="C183">
         <v>0</v>
       </c>
       <c r="D183">
@@ -14512,72 +14512,72 @@
       <c r="F183">
         <v>0</v>
       </c>
       <c r="G183">
         <v>10</v>
       </c>
       <c r="H183">
         <v>17</v>
       </c>
       <c r="I183">
         <v>2</v>
       </c>
       <c r="J183">
         <v>1</v>
       </c>
       <c r="K183">
         <v>2</v>
       </c>
       <c r="L183" s="3">
         <v>35</v>
       </c>
       <c r="M183">
         <v>0</v>
       </c>
       <c r="N183">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="O183" s="3">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="P183" s="5">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="Q183">
         <v>0</v>
       </c>
       <c r="R183">
         <v>0</v>
       </c>
       <c r="S183">
         <v>0</v>
       </c>
       <c r="T183" s="3">
         <v>0</v>
       </c>
       <c r="U183" s="5">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="V183">
         <v>0</v>
       </c>
       <c r="W183">
         <v>0</v>
       </c>
       <c r="X183">
         <v>0</v>
       </c>
       <c r="Y183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:25">
       <c r="A184">
         <v>50270</v>
       </c>
       <c r="B184">
         <v>0</v>
       </c>
       <c r="C184">
         <v>0</v>
       </c>
       <c r="D184">
@@ -14820,72 +14820,72 @@
       <c r="F187">
         <v>1</v>
       </c>
       <c r="G187">
         <v>5</v>
       </c>
       <c r="H187">
         <v>5</v>
       </c>
       <c r="I187">
         <v>1</v>
       </c>
       <c r="J187">
         <v>1</v>
       </c>
       <c r="K187">
         <v>4</v>
       </c>
       <c r="L187" s="3">
         <v>18</v>
       </c>
       <c r="M187">
         <v>0</v>
       </c>
       <c r="N187">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="O187" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="P187" s="5">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="Q187">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="R187">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="S187">
         <v>0</v>
       </c>
       <c r="T187" s="3">
         <v>15</v>
       </c>
       <c r="U187" s="5">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="V187">
         <v>0</v>
       </c>
       <c r="W187">
         <v>0</v>
       </c>
       <c r="X187">
         <v>0</v>
       </c>
       <c r="Y187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:25">
       <c r="A188">
         <v>50320</v>
       </c>
       <c r="B188">
         <v>0</v>
       </c>
       <c r="C188">
         <v>0</v>
       </c>
       <c r="D188">
@@ -15051,72 +15051,72 @@
       <c r="F190">
         <v>0</v>
       </c>
       <c r="G190">
         <v>10</v>
       </c>
       <c r="H190">
         <v>16</v>
       </c>
       <c r="I190">
         <v>6</v>
       </c>
       <c r="J190">
         <v>2</v>
       </c>
       <c r="K190">
         <v>15</v>
       </c>
       <c r="L190" s="3">
         <v>53</v>
       </c>
       <c r="M190">
         <v>91</v>
       </c>
       <c r="N190">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="O190" s="3">
-        <v>91</v>
+        <v>152</v>
       </c>
       <c r="P190" s="5">
-        <v>144</v>
+        <v>205</v>
       </c>
       <c r="Q190">
         <v>0</v>
       </c>
       <c r="R190">
         <v>0</v>
       </c>
       <c r="S190">
         <v>0</v>
       </c>
       <c r="T190" s="3">
         <v>0</v>
       </c>
       <c r="U190" s="5">
-        <v>144</v>
+        <v>205</v>
       </c>
       <c r="V190">
         <v>0</v>
       </c>
       <c r="W190">
         <v>0</v>
       </c>
       <c r="X190">
         <v>0</v>
       </c>
       <c r="Y190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:25">
       <c r="A191">
         <v>50350</v>
       </c>
       <c r="B191">
         <v>0</v>
       </c>
       <c r="C191">
         <v>0</v>
       </c>
       <c r="D191">
@@ -15522,54 +15522,54 @@
       <c r="I196">
         <v>3</v>
       </c>
       <c r="J196">
         <v>0</v>
       </c>
       <c r="K196">
         <v>3</v>
       </c>
       <c r="L196" s="3">
         <v>55</v>
       </c>
       <c r="M196">
         <v>0</v>
       </c>
       <c r="N196">
         <v>0</v>
       </c>
       <c r="O196" s="3">
         <v>0</v>
       </c>
       <c r="P196" s="5">
         <v>55</v>
       </c>
       <c r="Q196">
-        <v>0</v>
+        <v>324</v>
       </c>
       <c r="R196">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="S196">
         <v>80</v>
       </c>
       <c r="T196" s="3">
         <v>404</v>
       </c>
       <c r="U196" s="5">
         <v>459</v>
       </c>
       <c r="V196">
         <v>0</v>
       </c>
       <c r="W196">
         <v>0</v>
       </c>
       <c r="X196">
         <v>0</v>
       </c>
       <c r="Y196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:25">
       <c r="A197">
@@ -15676,54 +15676,54 @@
       <c r="I198">
         <v>1</v>
       </c>
       <c r="J198">
         <v>1</v>
       </c>
       <c r="K198">
         <v>2</v>
       </c>
       <c r="L198" s="3">
         <v>17</v>
       </c>
       <c r="M198">
         <v>0</v>
       </c>
       <c r="N198">
         <v>8</v>
       </c>
       <c r="O198" s="3">
         <v>8</v>
       </c>
       <c r="P198" s="5">
         <v>25</v>
       </c>
       <c r="Q198">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="R198">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="S198">
         <v>0</v>
       </c>
       <c r="T198" s="3">
         <v>23</v>
       </c>
       <c r="U198" s="5">
         <v>48</v>
       </c>
       <c r="V198">
         <v>0</v>
       </c>
       <c r="W198">
         <v>910</v>
       </c>
       <c r="X198">
         <v>0</v>
       </c>
       <c r="Y198" s="3">
         <v>910</v>
       </c>
     </row>
     <row r="199" spans="1:25">
       <c r="A199">
@@ -16138,54 +16138,54 @@
       <c r="I204">
         <v>0</v>
       </c>
       <c r="J204">
         <v>0</v>
       </c>
       <c r="K204">
         <v>0</v>
       </c>
       <c r="L204" s="3">
         <v>0</v>
       </c>
       <c r="M204">
         <v>0</v>
       </c>
       <c r="N204">
         <v>0</v>
       </c>
       <c r="O204" s="3">
         <v>0</v>
       </c>
       <c r="P204" s="5">
         <v>0</v>
       </c>
       <c r="Q204">
+        <v>0</v>
+      </c>
+      <c r="R204">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S204">
         <v>0</v>
       </c>
       <c r="T204" s="3">
         <v>17</v>
       </c>
       <c r="U204" s="5">
         <v>17</v>
       </c>
       <c r="V204">
         <v>0</v>
       </c>
       <c r="W204">
         <v>0</v>
       </c>
       <c r="X204">
         <v>0</v>
       </c>
       <c r="Y204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:25">
       <c r="A205">
@@ -16369,54 +16369,54 @@
       <c r="I207">
         <v>3</v>
       </c>
       <c r="J207">
         <v>1</v>
       </c>
       <c r="K207">
         <v>7</v>
       </c>
       <c r="L207" s="3">
         <v>87</v>
       </c>
       <c r="M207">
         <v>0</v>
       </c>
       <c r="N207">
         <v>26</v>
       </c>
       <c r="O207" s="3">
         <v>26</v>
       </c>
       <c r="P207" s="5">
         <v>113</v>
       </c>
       <c r="Q207">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="R207">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="S207">
         <v>0</v>
       </c>
       <c r="T207" s="3">
         <v>31</v>
       </c>
       <c r="U207" s="5">
         <v>144</v>
       </c>
       <c r="V207">
         <v>0</v>
       </c>
       <c r="W207">
         <v>0</v>
       </c>
       <c r="X207">
         <v>0</v>
       </c>
       <c r="Y207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:25">
       <c r="A208">
@@ -17139,54 +17139,54 @@
       <c r="I217">
         <v>2</v>
       </c>
       <c r="J217">
         <v>0</v>
       </c>
       <c r="K217">
         <v>6</v>
       </c>
       <c r="L217" s="3">
         <v>45</v>
       </c>
       <c r="M217">
         <v>0</v>
       </c>
       <c r="N217">
         <v>0</v>
       </c>
       <c r="O217" s="3">
         <v>0</v>
       </c>
       <c r="P217" s="5">
         <v>45</v>
       </c>
       <c r="Q217">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="R217">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="S217">
         <v>0</v>
       </c>
       <c r="T217" s="3">
         <v>12</v>
       </c>
       <c r="U217" s="5">
         <v>57</v>
       </c>
       <c r="V217">
         <v>0</v>
       </c>
       <c r="W217">
         <v>0</v>
       </c>
       <c r="X217">
         <v>0</v>
       </c>
       <c r="Y217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:25">
       <c r="A218">
@@ -17293,54 +17293,54 @@
       <c r="I219">
         <v>0</v>
       </c>
       <c r="J219">
         <v>1</v>
       </c>
       <c r="K219">
         <v>4</v>
       </c>
       <c r="L219" s="3">
         <v>17</v>
       </c>
       <c r="M219">
         <v>0</v>
       </c>
       <c r="N219">
         <v>13</v>
       </c>
       <c r="O219" s="3">
         <v>13</v>
       </c>
       <c r="P219" s="5">
         <v>30</v>
       </c>
       <c r="Q219">
+        <v>0</v>
+      </c>
+      <c r="R219">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S219">
         <v>0</v>
       </c>
       <c r="T219" s="3">
         <v>100</v>
       </c>
       <c r="U219" s="5">
         <v>130</v>
       </c>
       <c r="V219">
         <v>0</v>
       </c>
       <c r="W219">
         <v>0</v>
       </c>
       <c r="X219">
         <v>0</v>
       </c>
       <c r="Y219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:25">
       <c r="A220">
@@ -17832,54 +17832,54 @@
       <c r="I226">
         <v>10</v>
       </c>
       <c r="J226">
         <v>1</v>
       </c>
       <c r="K226">
         <v>9</v>
       </c>
       <c r="L226" s="3">
         <v>80</v>
       </c>
       <c r="M226">
         <v>0</v>
       </c>
       <c r="N226">
         <v>0</v>
       </c>
       <c r="O226" s="3">
         <v>0</v>
       </c>
       <c r="P226" s="5">
         <v>80</v>
       </c>
       <c r="Q226">
+        <v>0</v>
+      </c>
+      <c r="R226">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S226">
         <v>0</v>
       </c>
       <c r="T226" s="3">
         <v>96</v>
       </c>
       <c r="U226" s="5">
         <v>176</v>
       </c>
       <c r="V226">
         <v>0</v>
       </c>
       <c r="W226">
         <v>0</v>
       </c>
       <c r="X226">
         <v>0</v>
       </c>
       <c r="Y226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:25">
       <c r="A227">
@@ -18448,54 +18448,54 @@
       <c r="I234">
         <v>4</v>
       </c>
       <c r="J234">
         <v>1</v>
       </c>
       <c r="K234">
         <v>2</v>
       </c>
       <c r="L234" s="3">
         <v>45</v>
       </c>
       <c r="M234">
         <v>0</v>
       </c>
       <c r="N234">
         <v>20</v>
       </c>
       <c r="O234" s="3">
         <v>20</v>
       </c>
       <c r="P234" s="5">
         <v>65</v>
       </c>
       <c r="Q234">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="R234">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="S234">
         <v>0</v>
       </c>
       <c r="T234" s="3">
         <v>32</v>
       </c>
       <c r="U234" s="5">
         <v>97</v>
       </c>
       <c r="V234">
         <v>1439</v>
       </c>
       <c r="W234">
         <v>0</v>
       </c>
       <c r="X234">
         <v>0</v>
       </c>
       <c r="Y234" s="3">
         <v>1439</v>
       </c>
     </row>
     <row r="235" spans="1:25">
       <c r="A235">
@@ -19064,54 +19064,54 @@
       <c r="I242">
         <v>3</v>
       </c>
       <c r="J242">
         <v>3</v>
       </c>
       <c r="K242">
         <v>5</v>
       </c>
       <c r="L242" s="3">
         <v>146</v>
       </c>
       <c r="M242">
         <v>0</v>
       </c>
       <c r="N242">
         <v>39</v>
       </c>
       <c r="O242" s="3">
         <v>39</v>
       </c>
       <c r="P242" s="5">
         <v>185</v>
       </c>
       <c r="Q242">
+        <v>512</v>
+      </c>
+      <c r="R242">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="S242">
         <v>22</v>
       </c>
       <c r="T242" s="3">
         <v>554</v>
       </c>
       <c r="U242" s="5">
         <v>739</v>
       </c>
       <c r="V242">
         <v>0</v>
       </c>
       <c r="W242">
         <v>0</v>
       </c>
       <c r="X242">
         <v>526</v>
       </c>
       <c r="Y242" s="3">
         <v>526</v>
       </c>
     </row>
     <row r="243" spans="1:25">
       <c r="A243">
@@ -19141,54 +19141,54 @@
       <c r="I243">
         <v>5</v>
       </c>
       <c r="J243">
         <v>4</v>
       </c>
       <c r="K243">
         <v>4</v>
       </c>
       <c r="L243" s="3">
         <v>204</v>
       </c>
       <c r="M243">
         <v>0</v>
       </c>
       <c r="N243">
         <v>0</v>
       </c>
       <c r="O243" s="3">
         <v>0</v>
       </c>
       <c r="P243" s="5">
         <v>204</v>
       </c>
       <c r="Q243">
+        <v>458</v>
+      </c>
+      <c r="R243">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="S243">
         <v>0</v>
       </c>
       <c r="T243" s="3">
         <v>648</v>
       </c>
       <c r="U243" s="5">
         <v>852</v>
       </c>
       <c r="V243">
         <v>0</v>
       </c>
       <c r="W243">
         <v>0</v>
       </c>
       <c r="X243">
         <v>0</v>
       </c>
       <c r="Y243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:25">
       <c r="A244">
@@ -19295,54 +19295,54 @@
       <c r="I245">
         <v>0</v>
       </c>
       <c r="J245">
         <v>0</v>
       </c>
       <c r="K245">
         <v>0</v>
       </c>
       <c r="L245" s="3">
         <v>0</v>
       </c>
       <c r="M245">
         <v>0</v>
       </c>
       <c r="N245">
         <v>8</v>
       </c>
       <c r="O245" s="3">
         <v>8</v>
       </c>
       <c r="P245" s="5">
         <v>8</v>
       </c>
       <c r="Q245">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="R245">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="S245">
         <v>0</v>
       </c>
       <c r="T245" s="3">
         <v>4</v>
       </c>
       <c r="U245" s="5">
         <v>12</v>
       </c>
       <c r="V245">
         <v>0</v>
       </c>
       <c r="W245">
         <v>0</v>
       </c>
       <c r="X245">
         <v>0</v>
       </c>
       <c r="Y245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:25">
       <c r="A246">
@@ -19372,54 +19372,54 @@
       <c r="I246">
         <v>0</v>
       </c>
       <c r="J246">
         <v>0</v>
       </c>
       <c r="K246">
         <v>0</v>
       </c>
       <c r="L246" s="3">
         <v>14</v>
       </c>
       <c r="M246">
         <v>0</v>
       </c>
       <c r="N246">
         <v>0</v>
       </c>
       <c r="O246" s="3">
         <v>0</v>
       </c>
       <c r="P246" s="5">
         <v>14</v>
       </c>
       <c r="Q246">
+        <v>0</v>
+      </c>
+      <c r="R246">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S246">
         <v>0</v>
       </c>
       <c r="T246" s="3">
         <v>40</v>
       </c>
       <c r="U246" s="5">
         <v>54</v>
       </c>
       <c r="V246">
         <v>0</v>
       </c>
       <c r="W246">
         <v>0</v>
       </c>
       <c r="X246">
         <v>0</v>
       </c>
       <c r="Y246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:25">
       <c r="A247">
@@ -19911,54 +19911,54 @@
       <c r="I253">
         <v>3</v>
       </c>
       <c r="J253">
         <v>1</v>
       </c>
       <c r="K253">
         <v>2</v>
       </c>
       <c r="L253" s="3">
         <v>68</v>
       </c>
       <c r="M253">
         <v>0</v>
       </c>
       <c r="N253">
         <v>40</v>
       </c>
       <c r="O253" s="3">
         <v>40</v>
       </c>
       <c r="P253" s="5">
         <v>108</v>
       </c>
       <c r="Q253">
+        <v>400</v>
+      </c>
+      <c r="R253">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="S253">
         <v>0</v>
       </c>
       <c r="T253" s="3">
         <v>559</v>
       </c>
       <c r="U253" s="5">
         <v>667</v>
       </c>
       <c r="V253">
         <v>0</v>
       </c>
       <c r="W253">
         <v>0</v>
       </c>
       <c r="X253">
         <v>0</v>
       </c>
       <c r="Y253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:25">
       <c r="A254">
@@ -20527,54 +20527,54 @@
       <c r="I261">
         <v>1</v>
       </c>
       <c r="J261">
         <v>0</v>
       </c>
       <c r="K261">
         <v>0</v>
       </c>
       <c r="L261" s="3">
         <v>20</v>
       </c>
       <c r="M261">
         <v>0</v>
       </c>
       <c r="N261">
         <v>0</v>
       </c>
       <c r="O261" s="3">
         <v>0</v>
       </c>
       <c r="P261" s="5">
         <v>20</v>
       </c>
       <c r="Q261">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="R261">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="S261">
         <v>0</v>
       </c>
       <c r="T261" s="3">
         <v>18</v>
       </c>
       <c r="U261" s="5">
         <v>38</v>
       </c>
       <c r="V261">
         <v>0</v>
       </c>
       <c r="W261">
         <v>0</v>
       </c>
       <c r="X261">
         <v>0</v>
       </c>
       <c r="Y261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:25">
       <c r="A262">
@@ -20604,54 +20604,54 @@
       <c r="I262">
         <v>0</v>
       </c>
       <c r="J262">
         <v>0</v>
       </c>
       <c r="K262">
         <v>1</v>
       </c>
       <c r="L262" s="3">
         <v>60</v>
       </c>
       <c r="M262">
         <v>0</v>
       </c>
       <c r="N262">
         <v>11</v>
       </c>
       <c r="O262" s="3">
         <v>11</v>
       </c>
       <c r="P262" s="5">
         <v>71</v>
       </c>
       <c r="Q262">
-        <v>0</v>
+        <v>164</v>
       </c>
       <c r="R262">
-        <v>164</v>
+        <v>0</v>
       </c>
       <c r="S262">
         <v>0</v>
       </c>
       <c r="T262" s="3">
         <v>164</v>
       </c>
       <c r="U262" s="5">
         <v>235</v>
       </c>
       <c r="V262">
         <v>0</v>
       </c>
       <c r="W262">
         <v>0</v>
       </c>
       <c r="X262">
         <v>0</v>
       </c>
       <c r="Y262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:25">
       <c r="A263">
@@ -21143,54 +21143,54 @@
       <c r="I269">
         <v>0</v>
       </c>
       <c r="J269">
         <v>1</v>
       </c>
       <c r="K269">
         <v>0</v>
       </c>
       <c r="L269" s="3">
         <v>16</v>
       </c>
       <c r="M269">
         <v>0</v>
       </c>
       <c r="N269">
         <v>0</v>
       </c>
       <c r="O269" s="3">
         <v>0</v>
       </c>
       <c r="P269" s="5">
         <v>16</v>
       </c>
       <c r="Q269">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="R269">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="S269">
         <v>0</v>
       </c>
       <c r="T269" s="3">
         <v>16</v>
       </c>
       <c r="U269" s="5">
         <v>32</v>
       </c>
       <c r="V269">
         <v>0</v>
       </c>
       <c r="W269">
         <v>0</v>
       </c>
       <c r="X269">
         <v>0</v>
       </c>
       <c r="Y269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:25">
       <c r="A270">
@@ -21990,54 +21990,54 @@
       <c r="I280">
         <v>3</v>
       </c>
       <c r="J280">
         <v>3</v>
       </c>
       <c r="K280">
         <v>3</v>
       </c>
       <c r="L280" s="3">
         <v>60</v>
       </c>
       <c r="M280">
         <v>0</v>
       </c>
       <c r="N280">
         <v>22</v>
       </c>
       <c r="O280" s="3">
         <v>22</v>
       </c>
       <c r="P280" s="5">
         <v>82</v>
       </c>
       <c r="Q280">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="R280">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="S280">
         <v>0</v>
       </c>
       <c r="T280" s="3">
         <v>32</v>
       </c>
       <c r="U280" s="5">
         <v>114</v>
       </c>
       <c r="V280">
         <v>0</v>
       </c>
       <c r="W280">
         <v>0</v>
       </c>
       <c r="X280">
         <v>0</v>
       </c>
       <c r="Y280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:25">
       <c r="A281">
@@ -22298,54 +22298,54 @@
       <c r="I284">
         <v>1</v>
       </c>
       <c r="J284">
         <v>3</v>
       </c>
       <c r="K284">
         <v>2</v>
       </c>
       <c r="L284" s="3">
         <v>49</v>
       </c>
       <c r="M284">
         <v>0</v>
       </c>
       <c r="N284">
         <v>22</v>
       </c>
       <c r="O284" s="3">
         <v>22</v>
       </c>
       <c r="P284" s="5">
         <v>71</v>
       </c>
       <c r="Q284">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="R284">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="S284">
         <v>0</v>
       </c>
       <c r="T284" s="3">
         <v>132</v>
       </c>
       <c r="U284" s="5">
         <v>203</v>
       </c>
       <c r="V284">
         <v>0</v>
       </c>
       <c r="W284">
         <v>0</v>
       </c>
       <c r="X284">
         <v>0</v>
       </c>
       <c r="Y284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:25">
       <c r="A285">
@@ -22606,54 +22606,54 @@
       <c r="I288">
         <v>5</v>
       </c>
       <c r="J288">
         <v>0</v>
       </c>
       <c r="K288">
         <v>6</v>
       </c>
       <c r="L288" s="3">
         <v>85</v>
       </c>
       <c r="M288">
         <v>0</v>
       </c>
       <c r="N288">
         <v>0</v>
       </c>
       <c r="O288" s="3">
         <v>0</v>
       </c>
       <c r="P288" s="5">
         <v>85</v>
       </c>
       <c r="Q288">
+        <v>1504</v>
+      </c>
+      <c r="R288">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
       <c r="S288">
         <v>52</v>
       </c>
       <c r="T288" s="3">
         <v>1969</v>
       </c>
       <c r="U288" s="5">
         <v>2054</v>
       </c>
       <c r="V288">
         <v>49300</v>
       </c>
       <c r="W288">
         <v>9063</v>
       </c>
       <c r="X288">
         <v>0</v>
       </c>
       <c r="Y288" s="3">
         <v>58363</v>
       </c>
     </row>
     <row r="289" spans="1:25">
       <c r="A289">
@@ -22683,54 +22683,54 @@
       <c r="I289">
         <v>2</v>
       </c>
       <c r="J289">
         <v>0</v>
       </c>
       <c r="K289">
         <v>0</v>
       </c>
       <c r="L289" s="3">
         <v>17</v>
       </c>
       <c r="M289">
         <v>0</v>
       </c>
       <c r="N289">
         <v>0</v>
       </c>
       <c r="O289" s="3">
         <v>0</v>
       </c>
       <c r="P289" s="5">
         <v>17</v>
       </c>
       <c r="Q289">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="R289">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="S289">
         <v>0</v>
       </c>
       <c r="T289" s="3">
         <v>54</v>
       </c>
       <c r="U289" s="5">
         <v>71</v>
       </c>
       <c r="V289">
         <v>0</v>
       </c>
       <c r="W289">
         <v>0</v>
       </c>
       <c r="X289">
         <v>0</v>
       </c>
       <c r="Y289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:25">
       <c r="A290">
@@ -23145,54 +23145,54 @@
       <c r="I295">
         <v>0</v>
       </c>
       <c r="J295">
         <v>0</v>
       </c>
       <c r="K295">
         <v>3</v>
       </c>
       <c r="L295" s="3">
         <v>21</v>
       </c>
       <c r="M295">
         <v>0</v>
       </c>
       <c r="N295">
         <v>0</v>
       </c>
       <c r="O295" s="3">
         <v>0</v>
       </c>
       <c r="P295" s="5">
         <v>21</v>
       </c>
       <c r="Q295">
+        <v>0</v>
+      </c>
+      <c r="R295">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S295">
         <v>0</v>
       </c>
       <c r="T295" s="3">
         <v>49</v>
       </c>
       <c r="U295" s="5">
         <v>70</v>
       </c>
       <c r="V295">
         <v>0</v>
       </c>
       <c r="W295">
         <v>0</v>
       </c>
       <c r="X295">
         <v>0</v>
       </c>
       <c r="Y295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:25">
       <c r="A296">
@@ -23376,54 +23376,54 @@
       <c r="I298">
         <v>1</v>
       </c>
       <c r="J298">
         <v>0</v>
       </c>
       <c r="K298">
         <v>0</v>
       </c>
       <c r="L298" s="3">
         <v>27</v>
       </c>
       <c r="M298">
         <v>0</v>
       </c>
       <c r="N298">
         <v>0</v>
       </c>
       <c r="O298" s="3">
         <v>0</v>
       </c>
       <c r="P298" s="5">
         <v>27</v>
       </c>
       <c r="Q298">
-        <v>0</v>
+        <v>1141</v>
       </c>
       <c r="R298">
-        <v>1141</v>
+        <v>0</v>
       </c>
       <c r="S298">
         <v>287</v>
       </c>
       <c r="T298" s="3">
         <v>1428</v>
       </c>
       <c r="U298" s="5">
         <v>1455</v>
       </c>
       <c r="V298">
         <v>0</v>
       </c>
       <c r="W298">
         <v>0</v>
       </c>
       <c r="X298">
         <v>0</v>
       </c>
       <c r="Y298" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:25">
       <c r="A299">
@@ -23530,54 +23530,54 @@
       <c r="I300">
         <v>5</v>
       </c>
       <c r="J300">
         <v>1</v>
       </c>
       <c r="K300">
         <v>7</v>
       </c>
       <c r="L300" s="3">
         <v>60</v>
       </c>
       <c r="M300">
         <v>10</v>
       </c>
       <c r="N300">
         <v>16</v>
       </c>
       <c r="O300" s="3">
         <v>26</v>
       </c>
       <c r="P300" s="5">
         <v>86</v>
       </c>
       <c r="Q300">
+        <v>0</v>
+      </c>
+      <c r="R300">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S300">
         <v>120</v>
       </c>
       <c r="T300" s="3">
         <v>411</v>
       </c>
       <c r="U300" s="5">
         <v>497</v>
       </c>
       <c r="V300">
         <v>0</v>
       </c>
       <c r="W300">
         <v>0</v>
       </c>
       <c r="X300">
         <v>0</v>
       </c>
       <c r="Y300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:25">
       <c r="A301">
@@ -23607,54 +23607,54 @@
       <c r="I301">
         <v>0</v>
       </c>
       <c r="J301">
         <v>3</v>
       </c>
       <c r="K301">
         <v>3</v>
       </c>
       <c r="L301" s="3">
         <v>80</v>
       </c>
       <c r="M301">
         <v>0</v>
       </c>
       <c r="N301">
         <v>6</v>
       </c>
       <c r="O301" s="3">
         <v>6</v>
       </c>
       <c r="P301" s="5">
         <v>86</v>
       </c>
       <c r="Q301">
+        <v>143</v>
+      </c>
+      <c r="R301">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="S301">
         <v>0</v>
       </c>
       <c r="T301" s="3">
         <v>751</v>
       </c>
       <c r="U301" s="5">
         <v>837</v>
       </c>
       <c r="V301">
         <v>0</v>
       </c>
       <c r="W301">
         <v>0</v>
       </c>
       <c r="X301">
         <v>0</v>
       </c>
       <c r="Y301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:25">
       <c r="A302">
@@ -23761,54 +23761,54 @@
       <c r="I303">
         <v>2</v>
       </c>
       <c r="J303">
         <v>0</v>
       </c>
       <c r="K303">
         <v>6</v>
       </c>
       <c r="L303" s="3">
         <v>77</v>
       </c>
       <c r="M303">
         <v>0</v>
       </c>
       <c r="N303">
         <v>82</v>
       </c>
       <c r="O303" s="3">
         <v>82</v>
       </c>
       <c r="P303" s="5">
         <v>159</v>
       </c>
       <c r="Q303">
-        <v>0</v>
+        <v>284</v>
       </c>
       <c r="R303">
-        <v>284</v>
+        <v>0</v>
       </c>
       <c r="S303">
         <v>0</v>
       </c>
       <c r="T303" s="3">
         <v>284</v>
       </c>
       <c r="U303" s="5">
         <v>443</v>
       </c>
       <c r="V303">
         <v>0</v>
       </c>
       <c r="W303">
         <v>0</v>
       </c>
       <c r="X303">
         <v>0</v>
       </c>
       <c r="Y303" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:25">
       <c r="A304">
@@ -23915,54 +23915,54 @@
       <c r="I305">
         <v>4</v>
       </c>
       <c r="J305">
         <v>0</v>
       </c>
       <c r="K305">
         <v>1</v>
       </c>
       <c r="L305" s="3">
         <v>37</v>
       </c>
       <c r="M305">
         <v>0</v>
       </c>
       <c r="N305">
         <v>0</v>
       </c>
       <c r="O305" s="3">
         <v>0</v>
       </c>
       <c r="P305" s="5">
         <v>37</v>
       </c>
       <c r="Q305">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="R305">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="S305">
         <v>0</v>
       </c>
       <c r="T305" s="3">
         <v>29</v>
       </c>
       <c r="U305" s="5">
         <v>66</v>
       </c>
       <c r="V305">
         <v>6022</v>
       </c>
       <c r="W305">
         <v>0</v>
       </c>
       <c r="X305">
         <v>0</v>
       </c>
       <c r="Y305" s="3">
         <v>6022</v>
       </c>
     </row>
     <row r="306" spans="1:25">
       <c r="A306">
@@ -23992,54 +23992,54 @@
       <c r="I306">
         <v>3</v>
       </c>
       <c r="J306">
         <v>2</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306" s="3">
         <v>112</v>
       </c>
       <c r="M306">
         <v>39</v>
       </c>
       <c r="N306">
         <v>19</v>
       </c>
       <c r="O306" s="3">
         <v>58</v>
       </c>
       <c r="P306" s="5">
         <v>170</v>
       </c>
       <c r="Q306">
+        <v>0</v>
+      </c>
+      <c r="R306">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S306">
         <v>0</v>
       </c>
       <c r="T306" s="3">
         <v>11</v>
       </c>
       <c r="U306" s="5">
         <v>181</v>
       </c>
       <c r="V306">
         <v>0</v>
       </c>
       <c r="W306">
         <v>0</v>
       </c>
       <c r="X306">
         <v>0</v>
       </c>
       <c r="Y306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:25">
       <c r="A307">
@@ -24146,54 +24146,54 @@
       <c r="I308">
         <v>2</v>
       </c>
       <c r="J308">
         <v>1</v>
       </c>
       <c r="K308">
         <v>5</v>
       </c>
       <c r="L308" s="3">
         <v>41</v>
       </c>
       <c r="M308">
         <v>0</v>
       </c>
       <c r="N308">
         <v>0</v>
       </c>
       <c r="O308" s="3">
         <v>0</v>
       </c>
       <c r="P308" s="5">
         <v>41</v>
       </c>
       <c r="Q308">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="R308">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="S308">
         <v>163</v>
       </c>
       <c r="T308" s="3">
         <v>222</v>
       </c>
       <c r="U308" s="5">
         <v>263</v>
       </c>
       <c r="V308">
         <v>0</v>
       </c>
       <c r="W308">
         <v>0</v>
       </c>
       <c r="X308">
         <v>0</v>
       </c>
       <c r="Y308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:25">
       <c r="A309">
@@ -24223,54 +24223,54 @@
       <c r="I309">
         <v>3</v>
       </c>
       <c r="J309">
         <v>0</v>
       </c>
       <c r="K309">
         <v>4</v>
       </c>
       <c r="L309" s="3">
         <v>27</v>
       </c>
       <c r="M309">
         <v>0</v>
       </c>
       <c r="N309">
         <v>12</v>
       </c>
       <c r="O309" s="3">
         <v>12</v>
       </c>
       <c r="P309" s="5">
         <v>39</v>
       </c>
       <c r="Q309">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="R309">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="S309">
         <v>72</v>
       </c>
       <c r="T309" s="3">
         <v>84</v>
       </c>
       <c r="U309" s="5">
         <v>123</v>
       </c>
       <c r="V309">
         <v>0</v>
       </c>
       <c r="W309">
         <v>0</v>
       </c>
       <c r="X309">
         <v>0</v>
       </c>
       <c r="Y309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:25">
       <c r="A310">
@@ -24300,54 +24300,54 @@
       <c r="I310">
         <v>0</v>
       </c>
       <c r="J310">
         <v>0</v>
       </c>
       <c r="K310">
         <v>1</v>
       </c>
       <c r="L310" s="3">
         <v>18</v>
       </c>
       <c r="M310">
         <v>0</v>
       </c>
       <c r="N310">
         <v>30</v>
       </c>
       <c r="O310" s="3">
         <v>30</v>
       </c>
       <c r="P310" s="5">
         <v>48</v>
       </c>
       <c r="Q310">
-        <v>0</v>
+        <v>333</v>
       </c>
       <c r="R310">
-        <v>333</v>
+        <v>0</v>
       </c>
       <c r="S310">
         <v>137</v>
       </c>
       <c r="T310" s="3">
         <v>470</v>
       </c>
       <c r="U310" s="5">
         <v>518</v>
       </c>
       <c r="V310">
         <v>0</v>
       </c>
       <c r="W310">
         <v>0</v>
       </c>
       <c r="X310">
         <v>0</v>
       </c>
       <c r="Y310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:25">
       <c r="A311">
@@ -24377,54 +24377,54 @@
       <c r="I311">
         <v>0</v>
       </c>
       <c r="J311">
         <v>1</v>
       </c>
       <c r="K311">
         <v>1</v>
       </c>
       <c r="L311" s="3">
         <v>13</v>
       </c>
       <c r="M311">
         <v>0</v>
       </c>
       <c r="N311">
         <v>0</v>
       </c>
       <c r="O311" s="3">
         <v>0</v>
       </c>
       <c r="P311" s="5">
         <v>13</v>
       </c>
       <c r="Q311">
+        <v>18</v>
+      </c>
+      <c r="R311">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="S311">
         <v>0</v>
       </c>
       <c r="T311" s="3">
         <v>102</v>
       </c>
       <c r="U311" s="5">
         <v>115</v>
       </c>
       <c r="V311">
         <v>0</v>
       </c>
       <c r="W311">
         <v>0</v>
       </c>
       <c r="X311">
         <v>0</v>
       </c>
       <c r="Y311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:25">
       <c r="A312">
@@ -24608,54 +24608,54 @@
       <c r="I314">
         <v>2</v>
       </c>
       <c r="J314">
         <v>2</v>
       </c>
       <c r="K314">
         <v>2</v>
       </c>
       <c r="L314" s="3">
         <v>46</v>
       </c>
       <c r="M314">
         <v>0</v>
       </c>
       <c r="N314">
         <v>0</v>
       </c>
       <c r="O314" s="3">
         <v>0</v>
       </c>
       <c r="P314" s="5">
         <v>46</v>
       </c>
       <c r="Q314">
+        <v>0</v>
+      </c>
+      <c r="R314">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S314">
         <v>0</v>
       </c>
       <c r="T314" s="3">
         <v>70</v>
       </c>
       <c r="U314" s="5">
         <v>116</v>
       </c>
       <c r="V314">
         <v>0</v>
       </c>
       <c r="W314">
         <v>910</v>
       </c>
       <c r="X314">
         <v>0</v>
       </c>
       <c r="Y314" s="3">
         <v>910</v>
       </c>
     </row>
     <row r="315" spans="1:25">
       <c r="A315">
@@ -24685,54 +24685,54 @@
       <c r="I315">
         <v>4</v>
       </c>
       <c r="J315">
         <v>0</v>
       </c>
       <c r="K315">
         <v>6</v>
       </c>
       <c r="L315" s="3">
         <v>61</v>
       </c>
       <c r="M315">
         <v>0</v>
       </c>
       <c r="N315">
         <v>0</v>
       </c>
       <c r="O315" s="3">
         <v>0</v>
       </c>
       <c r="P315" s="5">
         <v>61</v>
       </c>
       <c r="Q315">
+        <v>1176</v>
+      </c>
+      <c r="R315">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="S315">
         <v>0</v>
       </c>
       <c r="T315" s="3">
         <v>1303</v>
       </c>
       <c r="U315" s="5">
         <v>1364</v>
       </c>
       <c r="V315">
         <v>0</v>
       </c>
       <c r="W315">
         <v>0</v>
       </c>
       <c r="X315">
         <v>0</v>
       </c>
       <c r="Y315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:25">
       <c r="A316">
@@ -24762,54 +24762,54 @@
       <c r="I316">
         <v>0</v>
       </c>
       <c r="J316">
         <v>0</v>
       </c>
       <c r="K316">
         <v>2</v>
       </c>
       <c r="L316" s="3">
         <v>12</v>
       </c>
       <c r="M316">
         <v>0</v>
       </c>
       <c r="N316">
         <v>0</v>
       </c>
       <c r="O316" s="3">
         <v>0</v>
       </c>
       <c r="P316" s="5">
         <v>12</v>
       </c>
       <c r="Q316">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="R316">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="S316">
         <v>252</v>
       </c>
       <c r="T316" s="3">
         <v>326</v>
       </c>
       <c r="U316" s="5">
         <v>338</v>
       </c>
       <c r="V316">
         <v>0</v>
       </c>
       <c r="W316">
         <v>0</v>
       </c>
       <c r="X316">
         <v>0</v>
       </c>
       <c r="Y316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:25">
       <c r="A317">
@@ -24916,54 +24916,54 @@
       <c r="I318">
         <v>1</v>
       </c>
       <c r="J318">
         <v>1</v>
       </c>
       <c r="K318">
         <v>0</v>
       </c>
       <c r="L318" s="3">
         <v>80</v>
       </c>
       <c r="M318">
         <v>0</v>
       </c>
       <c r="N318">
         <v>0</v>
       </c>
       <c r="O318" s="3">
         <v>0</v>
       </c>
       <c r="P318" s="5">
         <v>80</v>
       </c>
       <c r="Q318">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="R318">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="S318">
         <v>0</v>
       </c>
       <c r="T318" s="3">
         <v>32</v>
       </c>
       <c r="U318" s="5">
         <v>112</v>
       </c>
       <c r="V318">
         <v>0</v>
       </c>
       <c r="W318">
         <v>0</v>
       </c>
       <c r="X318">
         <v>0</v>
       </c>
       <c r="Y318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:25">
       <c r="A319">
@@ -24993,54 +24993,54 @@
       <c r="I319">
         <v>0</v>
       </c>
       <c r="J319">
         <v>1</v>
       </c>
       <c r="K319">
         <v>1</v>
       </c>
       <c r="L319" s="3">
         <v>20</v>
       </c>
       <c r="M319">
         <v>0</v>
       </c>
       <c r="N319">
         <v>2</v>
       </c>
       <c r="O319" s="3">
         <v>2</v>
       </c>
       <c r="P319" s="5">
         <v>22</v>
       </c>
       <c r="Q319">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="R319">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="S319">
         <v>0</v>
       </c>
       <c r="T319" s="3">
         <v>88</v>
       </c>
       <c r="U319" s="5">
         <v>110</v>
       </c>
       <c r="V319">
         <v>1962</v>
       </c>
       <c r="W319">
         <v>1646</v>
       </c>
       <c r="X319">
         <v>0</v>
       </c>
       <c r="Y319" s="3">
         <v>3608</v>
       </c>
     </row>
     <row r="320" spans="1:25">
       <c r="A320">
@@ -25070,54 +25070,54 @@
       <c r="I320">
         <v>1</v>
       </c>
       <c r="J320">
         <v>1</v>
       </c>
       <c r="K320">
         <v>0</v>
       </c>
       <c r="L320" s="3">
         <v>13</v>
       </c>
       <c r="M320">
         <v>0</v>
       </c>
       <c r="N320">
         <v>3</v>
       </c>
       <c r="O320" s="3">
         <v>3</v>
       </c>
       <c r="P320" s="5">
         <v>16</v>
       </c>
       <c r="Q320">
-        <v>0</v>
+        <v>294</v>
       </c>
       <c r="R320">
-        <v>294</v>
+        <v>0</v>
       </c>
       <c r="S320">
         <v>0</v>
       </c>
       <c r="T320" s="3">
         <v>294</v>
       </c>
       <c r="U320" s="5">
         <v>310</v>
       </c>
       <c r="V320">
         <v>0</v>
       </c>
       <c r="W320">
         <v>0</v>
       </c>
       <c r="X320">
         <v>0</v>
       </c>
       <c r="Y320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:25">
       <c r="A321">
@@ -25147,54 +25147,54 @@
       <c r="I321">
         <v>0</v>
       </c>
       <c r="J321">
         <v>0</v>
       </c>
       <c r="K321">
         <v>0</v>
       </c>
       <c r="L321" s="3">
         <v>30</v>
       </c>
       <c r="M321">
         <v>0</v>
       </c>
       <c r="N321">
         <v>44</v>
       </c>
       <c r="O321" s="3">
         <v>44</v>
       </c>
       <c r="P321" s="5">
         <v>74</v>
       </c>
       <c r="Q321">
-        <v>0</v>
+        <v>205</v>
       </c>
       <c r="R321">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="S321">
         <v>0</v>
       </c>
       <c r="T321" s="3">
         <v>205</v>
       </c>
       <c r="U321" s="5">
         <v>279</v>
       </c>
       <c r="V321">
         <v>0</v>
       </c>
       <c r="W321">
         <v>0</v>
       </c>
       <c r="X321">
         <v>0</v>
       </c>
       <c r="Y321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:25">
       <c r="A322">
@@ -25455,54 +25455,54 @@
       <c r="I325">
         <v>1</v>
       </c>
       <c r="J325">
         <v>0</v>
       </c>
       <c r="K325">
         <v>1</v>
       </c>
       <c r="L325" s="3">
         <v>46</v>
       </c>
       <c r="M325">
         <v>0</v>
       </c>
       <c r="N325">
         <v>0</v>
       </c>
       <c r="O325" s="3">
         <v>0</v>
       </c>
       <c r="P325" s="5">
         <v>46</v>
       </c>
       <c r="Q325">
-        <v>0</v>
+        <v>224</v>
       </c>
       <c r="R325">
-        <v>224</v>
+        <v>0</v>
       </c>
       <c r="S325">
         <v>0</v>
       </c>
       <c r="T325" s="3">
         <v>224</v>
       </c>
       <c r="U325" s="5">
         <v>270</v>
       </c>
       <c r="V325">
         <v>0</v>
       </c>
       <c r="W325">
         <v>0</v>
       </c>
       <c r="X325">
         <v>0</v>
       </c>
       <c r="Y325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:25">
       <c r="A326">
@@ -25532,54 +25532,54 @@
       <c r="I326">
         <v>0</v>
       </c>
       <c r="J326">
         <v>0</v>
       </c>
       <c r="K326">
         <v>0</v>
       </c>
       <c r="L326" s="3">
         <v>21</v>
       </c>
       <c r="M326">
         <v>0</v>
       </c>
       <c r="N326">
         <v>0</v>
       </c>
       <c r="O326" s="3">
         <v>0</v>
       </c>
       <c r="P326" s="5">
         <v>21</v>
       </c>
       <c r="Q326">
+        <v>360</v>
+      </c>
+      <c r="R326">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="S326">
         <v>0</v>
       </c>
       <c r="T326" s="3">
         <v>401</v>
       </c>
       <c r="U326" s="5">
         <v>422</v>
       </c>
       <c r="V326">
         <v>0</v>
       </c>
       <c r="W326">
         <v>0</v>
       </c>
       <c r="X326">
         <v>0</v>
       </c>
       <c r="Y326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:25">
       <c r="A327">
@@ -25609,54 +25609,54 @@
       <c r="I327">
         <v>0</v>
       </c>
       <c r="J327">
         <v>0</v>
       </c>
       <c r="K327">
         <v>2</v>
       </c>
       <c r="L327" s="3">
         <v>13</v>
       </c>
       <c r="M327">
         <v>0</v>
       </c>
       <c r="N327">
         <v>0</v>
       </c>
       <c r="O327" s="3">
         <v>0</v>
       </c>
       <c r="P327" s="5">
         <v>13</v>
       </c>
       <c r="Q327">
-        <v>0</v>
+        <v>256</v>
       </c>
       <c r="R327">
-        <v>256</v>
+        <v>0</v>
       </c>
       <c r="S327">
         <v>0</v>
       </c>
       <c r="T327" s="3">
         <v>256</v>
       </c>
       <c r="U327" s="5">
         <v>269</v>
       </c>
       <c r="V327">
         <v>0</v>
       </c>
       <c r="W327">
         <v>0</v>
       </c>
       <c r="X327">
         <v>0</v>
       </c>
       <c r="Y327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:25">
       <c r="A328">
@@ -25840,54 +25840,54 @@
       <c r="I330">
         <v>0</v>
       </c>
       <c r="J330">
         <v>0</v>
       </c>
       <c r="K330">
         <v>0</v>
       </c>
       <c r="L330" s="3">
         <v>0</v>
       </c>
       <c r="M330">
         <v>0</v>
       </c>
       <c r="N330">
         <v>0</v>
       </c>
       <c r="O330" s="3">
         <v>0</v>
       </c>
       <c r="P330" s="5">
         <v>0</v>
       </c>
       <c r="Q330">
+        <v>0</v>
+      </c>
+      <c r="R330">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S330">
         <v>0</v>
       </c>
       <c r="T330" s="3">
         <v>96</v>
       </c>
       <c r="U330" s="5">
         <v>96</v>
       </c>
       <c r="V330">
         <v>0</v>
       </c>
       <c r="W330">
         <v>0</v>
       </c>
       <c r="X330">
         <v>0</v>
       </c>
       <c r="Y330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:25">
       <c r="A331">
@@ -25994,54 +25994,54 @@
       <c r="I332">
         <v>1</v>
       </c>
       <c r="J332">
         <v>1</v>
       </c>
       <c r="K332">
         <v>0</v>
       </c>
       <c r="L332" s="3">
         <v>12</v>
       </c>
       <c r="M332">
         <v>0</v>
       </c>
       <c r="N332">
         <v>10</v>
       </c>
       <c r="O332" s="3">
         <v>10</v>
       </c>
       <c r="P332" s="5">
         <v>22</v>
       </c>
       <c r="Q332">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="R332">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="S332">
         <v>0</v>
       </c>
       <c r="T332" s="3">
         <v>48</v>
       </c>
       <c r="U332" s="5">
         <v>70</v>
       </c>
       <c r="V332">
         <v>0</v>
       </c>
       <c r="W332">
         <v>0</v>
       </c>
       <c r="X332">
         <v>0</v>
       </c>
       <c r="Y332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:25">
       <c r="A333">
@@ -26071,54 +26071,54 @@
       <c r="I333">
         <v>0</v>
       </c>
       <c r="J333">
         <v>0</v>
       </c>
       <c r="K333">
         <v>0</v>
       </c>
       <c r="L333" s="3">
         <v>0</v>
       </c>
       <c r="M333">
         <v>0</v>
       </c>
       <c r="N333">
         <v>0</v>
       </c>
       <c r="O333" s="3">
         <v>0</v>
       </c>
       <c r="P333" s="5">
         <v>0</v>
       </c>
       <c r="Q333">
+        <v>0</v>
+      </c>
+      <c r="R333">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S333">
         <v>0</v>
       </c>
       <c r="T333" s="3">
         <v>38</v>
       </c>
       <c r="U333" s="5">
         <v>38</v>
       </c>
       <c r="V333">
         <v>0</v>
       </c>
       <c r="W333">
         <v>0</v>
       </c>
       <c r="X333">
         <v>0</v>
       </c>
       <c r="Y333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:25">
       <c r="A334">
@@ -26302,54 +26302,54 @@
       <c r="I336">
         <v>2</v>
       </c>
       <c r="J336">
         <v>2</v>
       </c>
       <c r="K336">
         <v>1</v>
       </c>
       <c r="L336" s="3">
         <v>31</v>
       </c>
       <c r="M336">
         <v>0</v>
       </c>
       <c r="N336">
         <v>0</v>
       </c>
       <c r="O336" s="3">
         <v>0</v>
       </c>
       <c r="P336" s="5">
         <v>31</v>
       </c>
       <c r="Q336">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="R336">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="S336">
         <v>0</v>
       </c>
       <c r="T336" s="3">
         <v>24</v>
       </c>
       <c r="U336" s="5">
         <v>55</v>
       </c>
       <c r="V336">
         <v>0</v>
       </c>
       <c r="W336">
         <v>0</v>
       </c>
       <c r="X336">
         <v>0</v>
       </c>
       <c r="Y336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:25">
       <c r="A337">
@@ -26379,54 +26379,54 @@
       <c r="I337">
         <v>0</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
       <c r="K337">
         <v>0</v>
       </c>
       <c r="L337" s="3">
         <v>8</v>
       </c>
       <c r="M337">
         <v>0</v>
       </c>
       <c r="N337">
         <v>0</v>
       </c>
       <c r="O337" s="3">
         <v>0</v>
       </c>
       <c r="P337" s="5">
         <v>8</v>
       </c>
       <c r="Q337">
+        <v>163</v>
+      </c>
+      <c r="R337">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="S337">
         <v>16</v>
       </c>
       <c r="T337" s="3">
         <v>381</v>
       </c>
       <c r="U337" s="5">
         <v>389</v>
       </c>
       <c r="V337">
         <v>0</v>
       </c>
       <c r="W337">
         <v>0</v>
       </c>
       <c r="X337">
         <v>0</v>
       </c>
       <c r="Y337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:25">
       <c r="A338">
@@ -26456,54 +26456,54 @@
       <c r="I338">
         <v>2</v>
       </c>
       <c r="J338">
         <v>1</v>
       </c>
       <c r="K338">
         <v>1</v>
       </c>
       <c r="L338" s="3">
         <v>18</v>
       </c>
       <c r="M338">
         <v>0</v>
       </c>
       <c r="N338">
         <v>0</v>
       </c>
       <c r="O338" s="3">
         <v>0</v>
       </c>
       <c r="P338" s="5">
         <v>18</v>
       </c>
       <c r="Q338">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="R338">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="S338">
         <v>0</v>
       </c>
       <c r="T338" s="3">
         <v>20</v>
       </c>
       <c r="U338" s="5">
         <v>38</v>
       </c>
       <c r="V338">
         <v>0</v>
       </c>
       <c r="W338">
         <v>0</v>
       </c>
       <c r="X338">
         <v>0</v>
       </c>
       <c r="Y338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:25">
       <c r="A339">
@@ -26610,54 +26610,54 @@
       <c r="I340">
         <v>0</v>
       </c>
       <c r="J340">
         <v>0</v>
       </c>
       <c r="K340">
         <v>0</v>
       </c>
       <c r="L340" s="3">
         <v>11</v>
       </c>
       <c r="M340">
         <v>0</v>
       </c>
       <c r="N340">
         <v>0</v>
       </c>
       <c r="O340" s="3">
         <v>0</v>
       </c>
       <c r="P340" s="5">
         <v>11</v>
       </c>
       <c r="Q340">
-        <v>0</v>
+        <v>171</v>
       </c>
       <c r="R340">
-        <v>171</v>
+        <v>0</v>
       </c>
       <c r="S340">
         <v>0</v>
       </c>
       <c r="T340" s="3">
         <v>171</v>
       </c>
       <c r="U340" s="5">
         <v>182</v>
       </c>
       <c r="V340">
         <v>0</v>
       </c>
       <c r="W340">
         <v>0</v>
       </c>
       <c r="X340">
         <v>0</v>
       </c>
       <c r="Y340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:25">
       <c r="A341">
@@ -26687,54 +26687,54 @@
       <c r="I341">
         <v>0</v>
       </c>
       <c r="J341">
         <v>2</v>
       </c>
       <c r="K341">
         <v>0</v>
       </c>
       <c r="L341" s="3">
         <v>17</v>
       </c>
       <c r="M341">
         <v>0</v>
       </c>
       <c r="N341">
         <v>0</v>
       </c>
       <c r="O341" s="3">
         <v>0</v>
       </c>
       <c r="P341" s="5">
         <v>17</v>
       </c>
       <c r="Q341">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="R341">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="S341">
         <v>0</v>
       </c>
       <c r="T341" s="3">
         <v>22</v>
       </c>
       <c r="U341" s="5">
         <v>39</v>
       </c>
       <c r="V341">
         <v>0</v>
       </c>
       <c r="W341">
         <v>0</v>
       </c>
       <c r="X341">
         <v>0</v>
       </c>
       <c r="Y341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:25">
       <c r="A342">
@@ -26841,54 +26841,54 @@
       <c r="I343">
         <v>0</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
       <c r="K343">
         <v>0</v>
       </c>
       <c r="L343" s="3">
         <v>15</v>
       </c>
       <c r="M343">
         <v>0</v>
       </c>
       <c r="N343">
         <v>11</v>
       </c>
       <c r="O343" s="3">
         <v>11</v>
       </c>
       <c r="P343" s="5">
         <v>26</v>
       </c>
       <c r="Q343">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="R343">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="S343">
         <v>0</v>
       </c>
       <c r="T343" s="3">
         <v>51</v>
       </c>
       <c r="U343" s="5">
         <v>77</v>
       </c>
       <c r="V343">
         <v>0</v>
       </c>
       <c r="W343">
         <v>0</v>
       </c>
       <c r="X343">
         <v>0</v>
       </c>
       <c r="Y343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:25">
       <c r="A344">
@@ -26995,54 +26995,54 @@
       <c r="I345">
         <v>0</v>
       </c>
       <c r="J345">
         <v>0</v>
       </c>
       <c r="K345">
         <v>0</v>
       </c>
       <c r="L345" s="3">
         <v>5</v>
       </c>
       <c r="M345">
         <v>0</v>
       </c>
       <c r="N345">
         <v>0</v>
       </c>
       <c r="O345" s="3">
         <v>0</v>
       </c>
       <c r="P345" s="5">
         <v>5</v>
       </c>
       <c r="Q345">
+        <v>0</v>
+      </c>
+      <c r="R345">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S345">
         <v>0</v>
       </c>
       <c r="T345" s="3">
         <v>100</v>
       </c>
       <c r="U345" s="5">
         <v>105</v>
       </c>
       <c r="V345">
         <v>0</v>
       </c>
       <c r="W345">
         <v>0</v>
       </c>
       <c r="X345">
         <v>0</v>
       </c>
       <c r="Y345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:25">
       <c r="A346">
@@ -27149,54 +27149,54 @@
       <c r="I347">
         <v>3</v>
       </c>
       <c r="J347">
         <v>0</v>
       </c>
       <c r="K347">
         <v>4</v>
       </c>
       <c r="L347" s="3">
         <v>59</v>
       </c>
       <c r="M347">
         <v>0</v>
       </c>
       <c r="N347">
         <v>0</v>
       </c>
       <c r="O347" s="3">
         <v>0</v>
       </c>
       <c r="P347" s="5">
         <v>59</v>
       </c>
       <c r="Q347">
+        <v>930</v>
+      </c>
+      <c r="R347">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
       <c r="S347">
         <v>736</v>
       </c>
       <c r="T347" s="3">
         <v>2318</v>
       </c>
       <c r="U347" s="5">
         <v>2377</v>
       </c>
       <c r="V347">
         <v>0</v>
       </c>
       <c r="W347">
         <v>0</v>
       </c>
       <c r="X347">
         <v>0</v>
       </c>
       <c r="Y347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:25">
       <c r="A348">
@@ -27226,54 +27226,54 @@
       <c r="I348">
         <v>1</v>
       </c>
       <c r="J348">
         <v>0</v>
       </c>
       <c r="K348">
         <v>1</v>
       </c>
       <c r="L348" s="3">
         <v>36</v>
       </c>
       <c r="M348">
         <v>0</v>
       </c>
       <c r="N348">
         <v>0</v>
       </c>
       <c r="O348" s="3">
         <v>0</v>
       </c>
       <c r="P348" s="5">
         <v>36</v>
       </c>
       <c r="Q348">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="R348">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="S348">
         <v>0</v>
       </c>
       <c r="T348" s="3">
         <v>154</v>
       </c>
       <c r="U348" s="5">
         <v>190</v>
       </c>
       <c r="V348">
         <v>0</v>
       </c>
       <c r="W348">
         <v>0</v>
       </c>
       <c r="X348">
         <v>0</v>
       </c>
       <c r="Y348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:25">
       <c r="A349">
@@ -27303,54 +27303,54 @@
       <c r="I349">
         <v>1</v>
       </c>
       <c r="J349">
         <v>5</v>
       </c>
       <c r="K349">
         <v>1</v>
       </c>
       <c r="L349" s="3">
         <v>69</v>
       </c>
       <c r="M349">
         <v>0</v>
       </c>
       <c r="N349">
         <v>56</v>
       </c>
       <c r="O349" s="3">
         <v>56</v>
       </c>
       <c r="P349" s="5">
         <v>125</v>
       </c>
       <c r="Q349">
+        <v>791</v>
+      </c>
+      <c r="R349">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="S349">
         <v>102</v>
       </c>
       <c r="T349" s="3">
         <v>1186</v>
       </c>
       <c r="U349" s="5">
         <v>1311</v>
       </c>
       <c r="V349">
         <v>0</v>
       </c>
       <c r="W349">
         <v>0</v>
       </c>
       <c r="X349">
         <v>0</v>
       </c>
       <c r="Y349" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:25">
       <c r="A350">
@@ -27842,54 +27842,54 @@
       <c r="I356">
         <v>0</v>
       </c>
       <c r="J356">
         <v>0</v>
       </c>
       <c r="K356">
         <v>1</v>
       </c>
       <c r="L356" s="3">
         <v>20</v>
       </c>
       <c r="M356">
         <v>15</v>
       </c>
       <c r="N356">
         <v>0</v>
       </c>
       <c r="O356" s="3">
         <v>15</v>
       </c>
       <c r="P356" s="5">
         <v>35</v>
       </c>
       <c r="Q356">
+        <v>429</v>
+      </c>
+      <c r="R356">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="S356">
         <v>0</v>
       </c>
       <c r="T356" s="3">
         <v>733</v>
       </c>
       <c r="U356" s="5">
         <v>768</v>
       </c>
       <c r="V356">
         <v>0</v>
       </c>
       <c r="W356">
         <v>0</v>
       </c>
       <c r="X356">
         <v>0</v>
       </c>
       <c r="Y356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:25">
       <c r="A357">
@@ -27919,54 +27919,54 @@
       <c r="I357">
         <v>0</v>
       </c>
       <c r="J357">
         <v>1</v>
       </c>
       <c r="K357">
         <v>1</v>
       </c>
       <c r="L357" s="3">
         <v>24</v>
       </c>
       <c r="M357">
         <v>0</v>
       </c>
       <c r="N357">
         <v>0</v>
       </c>
       <c r="O357" s="3">
         <v>0</v>
       </c>
       <c r="P357" s="5">
         <v>24</v>
       </c>
       <c r="Q357">
+        <v>0</v>
+      </c>
+      <c r="R357">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S357">
         <v>0</v>
       </c>
       <c r="T357" s="3">
         <v>90</v>
       </c>
       <c r="U357" s="5">
         <v>114</v>
       </c>
       <c r="V357">
         <v>0</v>
       </c>
       <c r="W357">
         <v>0</v>
       </c>
       <c r="X357">
         <v>0</v>
       </c>
       <c r="Y357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:25">
       <c r="A358">
@@ -28381,54 +28381,54 @@
       <c r="I363">
         <v>1</v>
       </c>
       <c r="J363">
         <v>2</v>
       </c>
       <c r="K363">
         <v>3</v>
       </c>
       <c r="L363" s="3">
         <v>44</v>
       </c>
       <c r="M363">
         <v>0</v>
       </c>
       <c r="N363">
         <v>10</v>
       </c>
       <c r="O363" s="3">
         <v>10</v>
       </c>
       <c r="P363" s="5">
         <v>54</v>
       </c>
       <c r="Q363">
+        <v>91</v>
+      </c>
+      <c r="R363">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="S363">
         <v>9</v>
       </c>
       <c r="T363" s="3">
         <v>186</v>
       </c>
       <c r="U363" s="5">
         <v>240</v>
       </c>
       <c r="V363">
         <v>0</v>
       </c>
       <c r="W363">
         <v>0</v>
       </c>
       <c r="X363">
         <v>0</v>
       </c>
       <c r="Y363" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:25">
       <c r="A364">
@@ -29305,54 +29305,54 @@
       <c r="I375">
         <v>0</v>
       </c>
       <c r="J375">
         <v>0</v>
       </c>
       <c r="K375">
         <v>0</v>
       </c>
       <c r="L375" s="3">
         <v>1</v>
       </c>
       <c r="M375">
         <v>0</v>
       </c>
       <c r="N375">
         <v>0</v>
       </c>
       <c r="O375" s="3">
         <v>0</v>
       </c>
       <c r="P375" s="5">
         <v>1</v>
       </c>
       <c r="Q375">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="R375">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="S375">
         <v>0</v>
       </c>
       <c r="T375" s="3">
         <v>95</v>
       </c>
       <c r="U375" s="5">
         <v>96</v>
       </c>
       <c r="V375">
         <v>0</v>
       </c>
       <c r="W375">
         <v>0</v>
       </c>
       <c r="X375">
         <v>0</v>
       </c>
       <c r="Y375" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:25">
       <c r="A376">
@@ -29613,54 +29613,54 @@
       <c r="I379">
         <v>1</v>
       </c>
       <c r="J379">
         <v>0</v>
       </c>
       <c r="K379">
         <v>1</v>
       </c>
       <c r="L379" s="3">
         <v>9</v>
       </c>
       <c r="M379">
         <v>0</v>
       </c>
       <c r="N379">
         <v>0</v>
       </c>
       <c r="O379" s="3">
         <v>0</v>
       </c>
       <c r="P379" s="5">
         <v>9</v>
       </c>
       <c r="Q379">
-        <v>0</v>
+        <v>213</v>
       </c>
       <c r="R379">
-        <v>213</v>
+        <v>0</v>
       </c>
       <c r="S379">
         <v>0</v>
       </c>
       <c r="T379" s="3">
         <v>213</v>
       </c>
       <c r="U379" s="5">
         <v>222</v>
       </c>
       <c r="V379">
         <v>0</v>
       </c>
       <c r="W379">
         <v>0</v>
       </c>
       <c r="X379">
         <v>0</v>
       </c>
       <c r="Y379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:25">
       <c r="A380">
@@ -29835,72 +29835,72 @@
       <c r="F382">
         <v>284</v>
       </c>
       <c r="G382">
         <v>2729</v>
       </c>
       <c r="H382">
         <v>3905</v>
       </c>
       <c r="I382">
         <v>446</v>
       </c>
       <c r="J382">
         <v>234</v>
       </c>
       <c r="K382">
         <v>666</v>
       </c>
       <c r="L382" s="3">
         <v>9627</v>
       </c>
       <c r="M382">
         <v>767</v>
       </c>
       <c r="N382">
-        <v>2126</v>
+        <v>2444</v>
       </c>
       <c r="O382" s="3">
-        <v>2893</v>
+        <v>3211</v>
       </c>
       <c r="P382" s="5">
-        <v>12520</v>
+        <v>12838</v>
       </c>
       <c r="Q382">
+        <v>19549</v>
+      </c>
+      <c r="R382">
         <v>6736</v>
-      </c>
-[...1 lines deleted...]
-        <v>19479</v>
       </c>
       <c r="S382">
         <v>3261</v>
       </c>
       <c r="T382" s="3">
-        <v>29476</v>
+        <v>29546</v>
       </c>
       <c r="U382" s="5">
-        <v>41996</v>
+        <v>42384</v>
       </c>
       <c r="V382">
         <v>83422</v>
       </c>
       <c r="W382">
         <v>22428</v>
       </c>
       <c r="X382">
         <v>4219</v>
       </c>
       <c r="Y382" s="3">
         <v>110069</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>