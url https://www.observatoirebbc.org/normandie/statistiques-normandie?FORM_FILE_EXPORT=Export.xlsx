--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -507,54 +507,54 @@
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="P1" s="4" t="s">
         <v>13</v>
       </c>
       <c r="Q1" s="1" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="R1" s="1" t="s">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="U1" s="4" t="s">
         <v>16</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="Y1" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:25">
       <c r="A2">
@@ -584,54 +584,54 @@
       <c r="I2">
         <v>20</v>
       </c>
       <c r="J2">
         <v>11</v>
       </c>
       <c r="K2">
         <v>33</v>
       </c>
       <c r="L2" s="3">
         <v>223</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="N2">
         <v>0</v>
       </c>
       <c r="O2" s="3">
         <v>50</v>
       </c>
       <c r="P2" s="5">
         <v>273</v>
       </c>
       <c r="Q2">
+        <v>565</v>
+      </c>
+      <c r="R2">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
       <c r="S2">
         <v>454</v>
       </c>
       <c r="T2" s="3">
         <v>2604</v>
       </c>
       <c r="U2" s="5">
         <v>2877</v>
       </c>
       <c r="V2">
         <v>3231</v>
       </c>
       <c r="W2">
         <v>2618</v>
       </c>
       <c r="X2">
         <v>0</v>
       </c>
       <c r="Y2" s="3">
         <v>5849</v>
       </c>
     </row>
     <row r="3" spans="1:25">
       <c r="A3">
@@ -661,54 +661,54 @@
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3">
         <v>1</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3" s="3">
         <v>62</v>
       </c>
       <c r="M3">
         <v>0</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3" s="3">
         <v>2</v>
       </c>
       <c r="P3" s="5">
         <v>64</v>
       </c>
       <c r="Q3">
+        <v>128</v>
+      </c>
+      <c r="R3">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="S3">
         <v>0</v>
       </c>
       <c r="T3" s="3">
         <v>835</v>
       </c>
       <c r="U3" s="5">
         <v>899</v>
       </c>
       <c r="V3">
         <v>0</v>
       </c>
       <c r="W3">
         <v>0</v>
       </c>
       <c r="X3">
         <v>0</v>
       </c>
       <c r="Y3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25">
       <c r="A4">
@@ -1200,54 +1200,54 @@
       <c r="I10">
         <v>2</v>
       </c>
       <c r="J10">
         <v>1</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10" s="3">
         <v>32</v>
       </c>
       <c r="M10">
         <v>0</v>
       </c>
       <c r="N10">
         <v>11</v>
       </c>
       <c r="O10" s="3">
         <v>11</v>
       </c>
       <c r="P10" s="5">
         <v>43</v>
       </c>
       <c r="Q10">
+        <v>40</v>
+      </c>
+      <c r="R10">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S10">
         <v>0</v>
       </c>
       <c r="T10" s="3">
         <v>223</v>
       </c>
       <c r="U10" s="5">
         <v>266</v>
       </c>
       <c r="V10">
         <v>594</v>
       </c>
       <c r="W10">
         <v>0</v>
       </c>
       <c r="X10">
         <v>1648</v>
       </c>
       <c r="Y10" s="3">
         <v>2242</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11">
@@ -1354,54 +1354,54 @@
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12" s="3">
         <v>56</v>
       </c>
       <c r="M12">
         <v>56</v>
       </c>
       <c r="N12">
         <v>0</v>
       </c>
       <c r="O12" s="3">
         <v>56</v>
       </c>
       <c r="P12" s="5">
         <v>112</v>
       </c>
       <c r="Q12">
+        <v>78</v>
+      </c>
+      <c r="R12">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="S12">
         <v>0</v>
       </c>
       <c r="T12" s="3">
         <v>234</v>
       </c>
       <c r="U12" s="5">
         <v>346</v>
       </c>
       <c r="V12">
         <v>0</v>
       </c>
       <c r="W12">
         <v>0</v>
       </c>
       <c r="X12">
         <v>0</v>
       </c>
       <c r="Y12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13">
@@ -1585,54 +1585,54 @@
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15" s="3">
         <v>35</v>
       </c>
       <c r="M15">
         <v>30</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15" s="3">
         <v>34</v>
       </c>
       <c r="P15" s="5">
         <v>69</v>
       </c>
       <c r="Q15">
+        <v>0</v>
+      </c>
+      <c r="R15">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S15">
         <v>0</v>
       </c>
       <c r="T15" s="3">
         <v>28</v>
       </c>
       <c r="U15" s="5">
         <v>97</v>
       </c>
       <c r="V15">
         <v>0</v>
       </c>
       <c r="W15">
         <v>0</v>
       </c>
       <c r="X15">
         <v>0</v>
       </c>
       <c r="Y15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16">
@@ -1662,54 +1662,54 @@
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
       <c r="K16">
         <v>0</v>
       </c>
       <c r="L16" s="3">
         <v>5</v>
       </c>
       <c r="M16">
         <v>0</v>
       </c>
       <c r="N16">
         <v>126</v>
       </c>
       <c r="O16" s="3">
         <v>126</v>
       </c>
       <c r="P16" s="5">
         <v>131</v>
       </c>
       <c r="Q16">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="R16">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="S16">
         <v>0</v>
       </c>
       <c r="T16" s="3">
         <v>45</v>
       </c>
       <c r="U16" s="5">
         <v>176</v>
       </c>
       <c r="V16">
         <v>0</v>
       </c>
       <c r="W16">
         <v>0</v>
       </c>
       <c r="X16">
         <v>0</v>
       </c>
       <c r="Y16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
@@ -1893,54 +1893,54 @@
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>3</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19" s="3">
         <v>59</v>
       </c>
       <c r="M19">
         <v>52</v>
       </c>
       <c r="N19">
         <v>0</v>
       </c>
       <c r="O19" s="3">
         <v>52</v>
       </c>
       <c r="P19" s="5">
         <v>111</v>
       </c>
       <c r="Q19">
+        <v>508</v>
+      </c>
+      <c r="R19">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="S19">
         <v>397</v>
       </c>
       <c r="T19" s="3">
         <v>1680</v>
       </c>
       <c r="U19" s="5">
         <v>1791</v>
       </c>
       <c r="V19">
         <v>0</v>
       </c>
       <c r="W19">
         <v>0</v>
       </c>
       <c r="X19">
         <v>0</v>
       </c>
       <c r="Y19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
@@ -2432,54 +2432,54 @@
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26" s="3">
         <v>9</v>
       </c>
       <c r="M26">
         <v>0</v>
       </c>
       <c r="N26">
         <v>25</v>
       </c>
       <c r="O26" s="3">
         <v>25</v>
       </c>
       <c r="P26" s="5">
         <v>34</v>
       </c>
       <c r="Q26">
+        <v>0</v>
+      </c>
+      <c r="R26">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S26">
         <v>0</v>
       </c>
       <c r="T26" s="3">
         <v>31</v>
       </c>
       <c r="U26" s="5">
         <v>65</v>
       </c>
       <c r="V26">
         <v>0</v>
       </c>
       <c r="W26">
         <v>0</v>
       </c>
       <c r="X26">
         <v>0</v>
       </c>
       <c r="Y26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
@@ -2663,54 +2663,54 @@
       <c r="I29">
         <v>1</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29" s="3">
         <v>30</v>
       </c>
       <c r="M29">
         <v>0</v>
       </c>
       <c r="N29">
         <v>0</v>
       </c>
       <c r="O29" s="3">
         <v>0</v>
       </c>
       <c r="P29" s="5">
         <v>30</v>
       </c>
       <c r="Q29">
+        <v>0</v>
+      </c>
+      <c r="R29">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S29">
         <v>0</v>
       </c>
       <c r="T29" s="3">
         <v>47</v>
       </c>
       <c r="U29" s="5">
         <v>77</v>
       </c>
       <c r="V29">
         <v>0</v>
       </c>
       <c r="W29">
         <v>0</v>
       </c>
       <c r="X29">
         <v>0</v>
       </c>
       <c r="Y29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30">
@@ -3048,54 +3048,54 @@
       <c r="I34">
         <v>0</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
       <c r="K34">
         <v>0</v>
       </c>
       <c r="L34" s="3">
         <v>1</v>
       </c>
       <c r="M34">
         <v>0</v>
       </c>
       <c r="N34">
         <v>0</v>
       </c>
       <c r="O34" s="3">
         <v>0</v>
       </c>
       <c r="P34" s="5">
         <v>1</v>
       </c>
       <c r="Q34">
+        <v>89</v>
+      </c>
+      <c r="R34">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="S34">
         <v>0</v>
       </c>
       <c r="T34" s="3">
         <v>121</v>
       </c>
       <c r="U34" s="5">
         <v>122</v>
       </c>
       <c r="V34">
         <v>0</v>
       </c>
       <c r="W34">
         <v>0</v>
       </c>
       <c r="X34">
         <v>0</v>
       </c>
       <c r="Y34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35">
@@ -3125,54 +3125,54 @@
       <c r="I35">
         <v>2</v>
       </c>
       <c r="J35">
         <v>1</v>
       </c>
       <c r="K35">
         <v>2</v>
       </c>
       <c r="L35" s="3">
         <v>22</v>
       </c>
       <c r="M35">
         <v>0</v>
       </c>
       <c r="N35">
         <v>20</v>
       </c>
       <c r="O35" s="3">
         <v>20</v>
       </c>
       <c r="P35" s="5">
         <v>42</v>
       </c>
       <c r="Q35">
+        <v>0</v>
+      </c>
+      <c r="R35">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S35">
         <v>0</v>
       </c>
       <c r="T35" s="3">
         <v>23</v>
       </c>
       <c r="U35" s="5">
         <v>65</v>
       </c>
       <c r="V35">
         <v>0</v>
       </c>
       <c r="W35">
         <v>0</v>
       </c>
       <c r="X35">
         <v>0</v>
       </c>
       <c r="Y35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36">
@@ -3356,54 +3356,54 @@
       <c r="I38">
         <v>3</v>
       </c>
       <c r="J38">
         <v>2</v>
       </c>
       <c r="K38">
         <v>9</v>
       </c>
       <c r="L38" s="3">
         <v>108</v>
       </c>
       <c r="M38">
         <v>66</v>
       </c>
       <c r="N38">
         <v>34</v>
       </c>
       <c r="O38" s="3">
         <v>100</v>
       </c>
       <c r="P38" s="5">
         <v>208</v>
       </c>
       <c r="Q38">
+        <v>63</v>
+      </c>
+      <c r="R38">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="S38">
         <v>0</v>
       </c>
       <c r="T38" s="3">
         <v>508</v>
       </c>
       <c r="U38" s="5">
         <v>716</v>
       </c>
       <c r="V38">
         <v>0</v>
       </c>
       <c r="W38">
         <v>0</v>
       </c>
       <c r="X38">
         <v>2045</v>
       </c>
       <c r="Y38" s="3">
         <v>2045</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39">
@@ -3895,54 +3895,54 @@
       <c r="I45">
         <v>2</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45" s="3">
         <v>12</v>
       </c>
       <c r="M45">
         <v>0</v>
       </c>
       <c r="N45">
         <v>0</v>
       </c>
       <c r="O45" s="3">
         <v>0</v>
       </c>
       <c r="P45" s="5">
         <v>12</v>
       </c>
       <c r="Q45">
+        <v>0</v>
+      </c>
+      <c r="R45">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S45">
         <v>0</v>
       </c>
       <c r="T45" s="3">
         <v>32</v>
       </c>
       <c r="U45" s="5">
         <v>44</v>
       </c>
       <c r="V45">
         <v>0</v>
       </c>
       <c r="W45">
         <v>0</v>
       </c>
       <c r="X45">
         <v>0</v>
       </c>
       <c r="Y45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46">
@@ -4126,54 +4126,54 @@
       <c r="I48">
         <v>3</v>
       </c>
       <c r="J48">
         <v>1</v>
       </c>
       <c r="K48">
         <v>2</v>
       </c>
       <c r="L48" s="3">
         <v>25</v>
       </c>
       <c r="M48">
         <v>0</v>
       </c>
       <c r="N48">
         <v>0</v>
       </c>
       <c r="O48" s="3">
         <v>0</v>
       </c>
       <c r="P48" s="5">
         <v>25</v>
       </c>
       <c r="Q48">
+        <v>0</v>
+      </c>
+      <c r="R48">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S48">
         <v>0</v>
       </c>
       <c r="T48" s="3">
         <v>14</v>
       </c>
       <c r="U48" s="5">
         <v>39</v>
       </c>
       <c r="V48">
         <v>0</v>
       </c>
       <c r="W48">
         <v>0</v>
       </c>
       <c r="X48">
         <v>0</v>
       </c>
       <c r="Y48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49">
@@ -4203,54 +4203,54 @@
       <c r="I49">
         <v>0</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
       <c r="K49">
         <v>0</v>
       </c>
       <c r="L49" s="3">
         <v>2</v>
       </c>
       <c r="M49">
         <v>0</v>
       </c>
       <c r="N49">
         <v>0</v>
       </c>
       <c r="O49" s="3">
         <v>0</v>
       </c>
       <c r="P49" s="5">
         <v>2</v>
       </c>
       <c r="Q49">
+        <v>0</v>
+      </c>
+      <c r="R49">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S49">
         <v>0</v>
       </c>
       <c r="T49" s="3">
         <v>4</v>
       </c>
       <c r="U49" s="5">
         <v>6</v>
       </c>
       <c r="V49">
         <v>0</v>
       </c>
       <c r="W49">
         <v>0</v>
       </c>
       <c r="X49">
         <v>0</v>
       </c>
       <c r="Y49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50">
@@ -4511,54 +4511,54 @@
       <c r="I53">
         <v>0</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53" s="3">
         <v>13</v>
       </c>
       <c r="M53">
         <v>86</v>
       </c>
       <c r="N53">
         <v>0</v>
       </c>
       <c r="O53" s="3">
         <v>86</v>
       </c>
       <c r="P53" s="5">
         <v>99</v>
       </c>
       <c r="Q53">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="R53">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="S53">
         <v>0</v>
       </c>
       <c r="T53" s="3">
         <v>28</v>
       </c>
       <c r="U53" s="5">
         <v>127</v>
       </c>
       <c r="V53">
         <v>0</v>
       </c>
       <c r="W53">
         <v>0</v>
       </c>
       <c r="X53">
         <v>0</v>
       </c>
       <c r="Y53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54">
@@ -4742,54 +4742,54 @@
       <c r="I56">
         <v>1</v>
       </c>
       <c r="J56">
         <v>1</v>
       </c>
       <c r="K56">
         <v>2</v>
       </c>
       <c r="L56" s="3">
         <v>27</v>
       </c>
       <c r="M56">
         <v>0</v>
       </c>
       <c r="N56">
         <v>0</v>
       </c>
       <c r="O56" s="3">
         <v>0</v>
       </c>
       <c r="P56" s="5">
         <v>27</v>
       </c>
       <c r="Q56">
+        <v>0</v>
+      </c>
+      <c r="R56">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S56">
         <v>0</v>
       </c>
       <c r="T56" s="3">
         <v>130</v>
       </c>
       <c r="U56" s="5">
         <v>157</v>
       </c>
       <c r="V56">
         <v>0</v>
       </c>
       <c r="W56">
         <v>0</v>
       </c>
       <c r="X56">
         <v>0</v>
       </c>
       <c r="Y56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57">
@@ -5050,54 +5050,54 @@
       <c r="I60">
         <v>0</v>
       </c>
       <c r="J60">
         <v>0</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60" s="3">
         <v>2</v>
       </c>
       <c r="M60">
         <v>0</v>
       </c>
       <c r="N60">
         <v>0</v>
       </c>
       <c r="O60" s="3">
         <v>0</v>
       </c>
       <c r="P60" s="5">
         <v>2</v>
       </c>
       <c r="Q60">
+        <v>0</v>
+      </c>
+      <c r="R60">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S60">
         <v>0</v>
       </c>
       <c r="T60" s="3">
         <v>15</v>
       </c>
       <c r="U60" s="5">
         <v>17</v>
       </c>
       <c r="V60">
         <v>0</v>
       </c>
       <c r="W60">
         <v>0</v>
       </c>
       <c r="X60">
         <v>0</v>
       </c>
       <c r="Y60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61">
@@ -5435,54 +5435,54 @@
       <c r="I65">
         <v>2</v>
       </c>
       <c r="J65">
         <v>1</v>
       </c>
       <c r="K65">
         <v>3</v>
       </c>
       <c r="L65" s="3">
         <v>65</v>
       </c>
       <c r="M65">
         <v>0</v>
       </c>
       <c r="N65">
         <v>0</v>
       </c>
       <c r="O65" s="3">
         <v>0</v>
       </c>
       <c r="P65" s="5">
         <v>65</v>
       </c>
       <c r="Q65">
+        <v>0</v>
+      </c>
+      <c r="R65">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S65">
         <v>0</v>
       </c>
       <c r="T65" s="3">
         <v>76</v>
       </c>
       <c r="U65" s="5">
         <v>141</v>
       </c>
       <c r="V65">
         <v>0</v>
       </c>
       <c r="W65">
         <v>0</v>
       </c>
       <c r="X65">
         <v>0</v>
       </c>
       <c r="Y65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:25">
       <c r="A66">
@@ -5589,54 +5589,54 @@
       <c r="I67">
         <v>0</v>
       </c>
       <c r="J67">
         <v>0</v>
       </c>
       <c r="K67">
         <v>2</v>
       </c>
       <c r="L67" s="3">
         <v>16</v>
       </c>
       <c r="M67">
         <v>0</v>
       </c>
       <c r="N67">
         <v>0</v>
       </c>
       <c r="O67" s="3">
         <v>0</v>
       </c>
       <c r="P67" s="5">
         <v>16</v>
       </c>
       <c r="Q67">
+        <v>0</v>
+      </c>
+      <c r="R67">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S67">
         <v>0</v>
       </c>
       <c r="T67" s="3">
         <v>45</v>
       </c>
       <c r="U67" s="5">
         <v>61</v>
       </c>
       <c r="V67">
         <v>0</v>
       </c>
       <c r="W67">
         <v>0</v>
       </c>
       <c r="X67">
         <v>0</v>
       </c>
       <c r="Y67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:25">
       <c r="A68">
@@ -5974,54 +5974,54 @@
       <c r="I72">
         <v>0</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
       <c r="L72" s="3">
         <v>8</v>
       </c>
       <c r="M72">
         <v>0</v>
       </c>
       <c r="N72">
         <v>0</v>
       </c>
       <c r="O72" s="3">
         <v>0</v>
       </c>
       <c r="P72" s="5">
         <v>8</v>
       </c>
       <c r="Q72">
+        <v>0</v>
+      </c>
+      <c r="R72">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S72">
         <v>0</v>
       </c>
       <c r="T72" s="3">
         <v>13</v>
       </c>
       <c r="U72" s="5">
         <v>21</v>
       </c>
       <c r="V72">
         <v>0</v>
       </c>
       <c r="W72">
         <v>0</v>
       </c>
       <c r="X72">
         <v>0</v>
       </c>
       <c r="Y72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73">
@@ -6051,54 +6051,54 @@
       <c r="I73">
         <v>7</v>
       </c>
       <c r="J73">
         <v>0</v>
       </c>
       <c r="K73">
         <v>3</v>
       </c>
       <c r="L73" s="3">
         <v>44</v>
       </c>
       <c r="M73">
         <v>0</v>
       </c>
       <c r="N73">
         <v>0</v>
       </c>
       <c r="O73" s="3">
         <v>0</v>
       </c>
       <c r="P73" s="5">
         <v>44</v>
       </c>
       <c r="Q73">
+        <v>0</v>
+      </c>
+      <c r="R73">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S73">
         <v>0</v>
       </c>
       <c r="T73" s="3">
         <v>6</v>
       </c>
       <c r="U73" s="5">
         <v>50</v>
       </c>
       <c r="V73">
         <v>0</v>
       </c>
       <c r="W73">
         <v>0</v>
       </c>
       <c r="X73">
         <v>0</v>
       </c>
       <c r="Y73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74">
@@ -7360,54 +7360,54 @@
       <c r="I90">
         <v>0</v>
       </c>
       <c r="J90">
         <v>1</v>
       </c>
       <c r="K90">
         <v>3</v>
       </c>
       <c r="L90" s="3">
         <v>63</v>
       </c>
       <c r="M90">
         <v>0</v>
       </c>
       <c r="N90">
         <v>14</v>
       </c>
       <c r="O90" s="3">
         <v>14</v>
       </c>
       <c r="P90" s="5">
         <v>77</v>
       </c>
       <c r="Q90">
+        <v>162</v>
+      </c>
+      <c r="R90">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="S90">
         <v>0</v>
       </c>
       <c r="T90" s="3">
         <v>1532</v>
       </c>
       <c r="U90" s="5">
         <v>1609</v>
       </c>
       <c r="V90">
         <v>9831</v>
       </c>
       <c r="W90">
         <v>0</v>
       </c>
       <c r="X90">
         <v>0</v>
       </c>
       <c r="Y90" s="3">
         <v>9831</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91">
@@ -7437,54 +7437,54 @@
       <c r="I91">
         <v>7</v>
       </c>
       <c r="J91">
         <v>13</v>
       </c>
       <c r="K91">
         <v>10</v>
       </c>
       <c r="L91" s="3">
         <v>70</v>
       </c>
       <c r="M91">
         <v>0</v>
       </c>
       <c r="N91">
         <v>83</v>
       </c>
       <c r="O91" s="3">
         <v>83</v>
       </c>
       <c r="P91" s="5">
         <v>153</v>
       </c>
       <c r="Q91">
+        <v>0</v>
+      </c>
+      <c r="R91">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S91">
         <v>26</v>
       </c>
       <c r="T91" s="3">
         <v>166</v>
       </c>
       <c r="U91" s="5">
         <v>319</v>
       </c>
       <c r="V91">
         <v>0</v>
       </c>
       <c r="W91">
         <v>0</v>
       </c>
       <c r="X91">
         <v>0</v>
       </c>
       <c r="Y91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92">
@@ -8361,54 +8361,54 @@
       <c r="I103">
         <v>0</v>
       </c>
       <c r="J103">
         <v>0</v>
       </c>
       <c r="K103">
         <v>0</v>
       </c>
       <c r="L103" s="3">
         <v>7</v>
       </c>
       <c r="M103">
         <v>0</v>
       </c>
       <c r="N103">
         <v>0</v>
       </c>
       <c r="O103" s="3">
         <v>0</v>
       </c>
       <c r="P103" s="5">
         <v>7</v>
       </c>
       <c r="Q103">
+        <v>0</v>
+      </c>
+      <c r="R103">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S103">
         <v>0</v>
       </c>
       <c r="T103" s="3">
         <v>48</v>
       </c>
       <c r="U103" s="5">
         <v>55</v>
       </c>
       <c r="V103">
         <v>0</v>
       </c>
       <c r="W103">
         <v>0</v>
       </c>
       <c r="X103">
         <v>0</v>
       </c>
       <c r="Y103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:25">
       <c r="A104">
@@ -8669,54 +8669,54 @@
       <c r="I107">
         <v>0</v>
       </c>
       <c r="J107">
         <v>0</v>
       </c>
       <c r="K107">
         <v>0</v>
       </c>
       <c r="L107" s="3">
         <v>4</v>
       </c>
       <c r="M107">
         <v>0</v>
       </c>
       <c r="N107">
         <v>0</v>
       </c>
       <c r="O107" s="3">
         <v>0</v>
       </c>
       <c r="P107" s="5">
         <v>4</v>
       </c>
       <c r="Q107">
+        <v>0</v>
+      </c>
+      <c r="R107">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S107">
         <v>0</v>
       </c>
       <c r="T107" s="3">
         <v>17</v>
       </c>
       <c r="U107" s="5">
         <v>21</v>
       </c>
       <c r="V107">
         <v>0</v>
       </c>
       <c r="W107">
         <v>0</v>
       </c>
       <c r="X107">
         <v>0</v>
       </c>
       <c r="Y107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:25">
       <c r="A108">
@@ -8900,54 +8900,54 @@
       <c r="I110">
         <v>1</v>
       </c>
       <c r="J110">
         <v>0</v>
       </c>
       <c r="K110">
         <v>2</v>
       </c>
       <c r="L110" s="3">
         <v>18</v>
       </c>
       <c r="M110">
         <v>0</v>
       </c>
       <c r="N110">
         <v>0</v>
       </c>
       <c r="O110" s="3">
         <v>0</v>
       </c>
       <c r="P110" s="5">
         <v>18</v>
       </c>
       <c r="Q110">
+        <v>0</v>
+      </c>
+      <c r="R110">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S110">
         <v>0</v>
       </c>
       <c r="T110" s="3">
         <v>304</v>
       </c>
       <c r="U110" s="5">
         <v>322</v>
       </c>
       <c r="V110">
         <v>0</v>
       </c>
       <c r="W110">
         <v>0</v>
       </c>
       <c r="X110">
         <v>0</v>
       </c>
       <c r="Y110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:25">
       <c r="A111">
@@ -9670,54 +9670,54 @@
       <c r="I120">
         <v>22</v>
       </c>
       <c r="J120">
         <v>24</v>
       </c>
       <c r="K120">
         <v>27</v>
       </c>
       <c r="L120" s="3">
         <v>196</v>
       </c>
       <c r="M120">
         <v>0</v>
       </c>
       <c r="N120">
         <v>0</v>
       </c>
       <c r="O120" s="3">
         <v>0</v>
       </c>
       <c r="P120" s="5">
         <v>196</v>
       </c>
       <c r="Q120">
+        <v>0</v>
+      </c>
+      <c r="R120">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S120">
         <v>0</v>
       </c>
       <c r="T120" s="3">
         <v>84</v>
       </c>
       <c r="U120" s="5">
         <v>280</v>
       </c>
       <c r="V120">
         <v>0</v>
       </c>
       <c r="W120">
         <v>0</v>
       </c>
       <c r="X120">
         <v>0</v>
       </c>
       <c r="Y120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:25">
       <c r="A121">
@@ -10440,54 +10440,54 @@
       <c r="I130">
         <v>1</v>
       </c>
       <c r="J130">
         <v>0</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130" s="3">
         <v>19</v>
       </c>
       <c r="M130">
         <v>0</v>
       </c>
       <c r="N130">
         <v>0</v>
       </c>
       <c r="O130" s="3">
         <v>0</v>
       </c>
       <c r="P130" s="5">
         <v>19</v>
       </c>
       <c r="Q130">
+        <v>0</v>
+      </c>
+      <c r="R130">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S130">
         <v>0</v>
       </c>
       <c r="T130" s="3">
         <v>247</v>
       </c>
       <c r="U130" s="5">
         <v>266</v>
       </c>
       <c r="V130">
         <v>0</v>
       </c>
       <c r="W130">
         <v>0</v>
       </c>
       <c r="X130">
         <v>0</v>
       </c>
       <c r="Y130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:25">
       <c r="A131">
@@ -11133,54 +11133,54 @@
       <c r="I139">
         <v>2</v>
       </c>
       <c r="J139">
         <v>2</v>
       </c>
       <c r="K139">
         <v>2</v>
       </c>
       <c r="L139" s="3">
         <v>33</v>
       </c>
       <c r="M139">
         <v>0</v>
       </c>
       <c r="N139">
         <v>0</v>
       </c>
       <c r="O139" s="3">
         <v>0</v>
       </c>
       <c r="P139" s="5">
         <v>33</v>
       </c>
       <c r="Q139">
+        <v>0</v>
+      </c>
+      <c r="R139">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S139">
         <v>0</v>
       </c>
       <c r="T139" s="3">
         <v>211</v>
       </c>
       <c r="U139" s="5">
         <v>244</v>
       </c>
       <c r="V139">
         <v>0</v>
       </c>
       <c r="W139">
         <v>0</v>
       </c>
       <c r="X139">
         <v>0</v>
       </c>
       <c r="Y139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:25">
       <c r="A140">
@@ -11210,54 +11210,54 @@
       <c r="I140">
         <v>1</v>
       </c>
       <c r="J140">
         <v>0</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
       <c r="L140" s="3">
         <v>8</v>
       </c>
       <c r="M140">
         <v>0</v>
       </c>
       <c r="N140">
         <v>0</v>
       </c>
       <c r="O140" s="3">
         <v>0</v>
       </c>
       <c r="P140" s="5">
         <v>8</v>
       </c>
       <c r="Q140">
+        <v>0</v>
+      </c>
+      <c r="R140">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S140">
         <v>0</v>
       </c>
       <c r="T140" s="3">
         <v>49</v>
       </c>
       <c r="U140" s="5">
         <v>57</v>
       </c>
       <c r="V140">
         <v>0</v>
       </c>
       <c r="W140">
         <v>0</v>
       </c>
       <c r="X140">
         <v>0</v>
       </c>
       <c r="Y140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:25">
       <c r="A141">
@@ -11903,54 +11903,54 @@
       <c r="I149">
         <v>0</v>
       </c>
       <c r="J149">
         <v>1</v>
       </c>
       <c r="K149">
         <v>0</v>
       </c>
       <c r="L149" s="3">
         <v>31</v>
       </c>
       <c r="M149">
         <v>0</v>
       </c>
       <c r="N149">
         <v>6</v>
       </c>
       <c r="O149" s="3">
         <v>6</v>
       </c>
       <c r="P149" s="5">
         <v>37</v>
       </c>
       <c r="Q149">
+        <v>0</v>
+      </c>
+      <c r="R149">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S149">
         <v>0</v>
       </c>
       <c r="T149" s="3">
         <v>48</v>
       </c>
       <c r="U149" s="5">
         <v>85</v>
       </c>
       <c r="V149">
         <v>0</v>
       </c>
       <c r="W149">
         <v>0</v>
       </c>
       <c r="X149">
         <v>0</v>
       </c>
       <c r="Y149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:25">
       <c r="A150">
@@ -13212,54 +13212,54 @@
       <c r="I166">
         <v>4</v>
       </c>
       <c r="J166">
         <v>1</v>
       </c>
       <c r="K166">
         <v>10</v>
       </c>
       <c r="L166" s="3">
         <v>71</v>
       </c>
       <c r="M166">
         <v>0</v>
       </c>
       <c r="N166">
         <v>22</v>
       </c>
       <c r="O166" s="3">
         <v>22</v>
       </c>
       <c r="P166" s="5">
         <v>93</v>
       </c>
       <c r="Q166">
+        <v>116</v>
+      </c>
+      <c r="R166">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="S166">
         <v>55</v>
       </c>
       <c r="T166" s="3">
         <v>212</v>
       </c>
       <c r="U166" s="5">
         <v>305</v>
       </c>
       <c r="V166">
         <v>850</v>
       </c>
       <c r="W166">
         <v>0</v>
       </c>
       <c r="X166">
         <v>0</v>
       </c>
       <c r="Y166" s="3">
         <v>850</v>
       </c>
     </row>
     <row r="167" spans="1:25">
       <c r="A167">
@@ -13289,54 +13289,54 @@
       <c r="I167">
         <v>4</v>
       </c>
       <c r="J167">
         <v>2</v>
       </c>
       <c r="K167">
         <v>5</v>
       </c>
       <c r="L167" s="3">
         <v>47</v>
       </c>
       <c r="M167">
         <v>25</v>
       </c>
       <c r="N167">
         <v>190</v>
       </c>
       <c r="O167" s="3">
         <v>215</v>
       </c>
       <c r="P167" s="5">
         <v>262</v>
       </c>
       <c r="Q167">
+        <v>214</v>
+      </c>
+      <c r="R167">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="S167">
         <v>64</v>
       </c>
       <c r="T167" s="3">
         <v>412</v>
       </c>
       <c r="U167" s="5">
         <v>674</v>
       </c>
       <c r="V167">
         <v>577</v>
       </c>
       <c r="W167">
         <v>606</v>
       </c>
       <c r="X167">
         <v>0</v>
       </c>
       <c r="Y167" s="3">
         <v>1183</v>
       </c>
     </row>
     <row r="168" spans="1:25">
       <c r="A168">
@@ -13366,54 +13366,54 @@
       <c r="I168">
         <v>4</v>
       </c>
       <c r="J168">
         <v>3</v>
       </c>
       <c r="K168">
         <v>5</v>
       </c>
       <c r="L168" s="3">
         <v>61</v>
       </c>
       <c r="M168">
         <v>30</v>
       </c>
       <c r="N168">
         <v>6</v>
       </c>
       <c r="O168" s="3">
         <v>36</v>
       </c>
       <c r="P168" s="5">
         <v>97</v>
       </c>
       <c r="Q168">
+        <v>0</v>
+      </c>
+      <c r="R168">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S168">
         <v>0</v>
       </c>
       <c r="T168" s="3">
         <v>55</v>
       </c>
       <c r="U168" s="5">
         <v>152</v>
       </c>
       <c r="V168">
         <v>0</v>
       </c>
       <c r="W168">
         <v>0</v>
       </c>
       <c r="X168">
         <v>0</v>
       </c>
       <c r="Y168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:25">
       <c r="A169">
@@ -13443,54 +13443,54 @@
       <c r="I169">
         <v>4</v>
       </c>
       <c r="J169">
         <v>3</v>
       </c>
       <c r="K169">
         <v>7</v>
       </c>
       <c r="L169" s="3">
         <v>60</v>
       </c>
       <c r="M169">
         <v>0</v>
       </c>
       <c r="N169">
         <v>101</v>
       </c>
       <c r="O169" s="3">
         <v>101</v>
       </c>
       <c r="P169" s="5">
         <v>161</v>
       </c>
       <c r="Q169">
+        <v>0</v>
+      </c>
+      <c r="R169">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S169">
         <v>0</v>
       </c>
       <c r="T169" s="3">
         <v>70</v>
       </c>
       <c r="U169" s="5">
         <v>231</v>
       </c>
       <c r="V169">
         <v>0</v>
       </c>
       <c r="W169">
         <v>0</v>
       </c>
       <c r="X169">
         <v>0</v>
       </c>
       <c r="Y169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:25">
       <c r="A170">
@@ -13597,54 +13597,54 @@
       <c r="I171">
         <v>1</v>
       </c>
       <c r="J171">
         <v>1</v>
       </c>
       <c r="K171">
         <v>3</v>
       </c>
       <c r="L171" s="3">
         <v>29</v>
       </c>
       <c r="M171">
         <v>12</v>
       </c>
       <c r="N171">
         <v>4</v>
       </c>
       <c r="O171" s="3">
         <v>16</v>
       </c>
       <c r="P171" s="5">
         <v>45</v>
       </c>
       <c r="Q171">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="R171">
-        <v>64</v>
+        <v>0</v>
       </c>
       <c r="S171">
         <v>0</v>
       </c>
       <c r="T171" s="3">
         <v>64</v>
       </c>
       <c r="U171" s="5">
         <v>109</v>
       </c>
       <c r="V171">
         <v>0</v>
       </c>
       <c r="W171">
         <v>0</v>
       </c>
       <c r="X171">
         <v>0</v>
       </c>
       <c r="Y171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:25">
       <c r="A172">
@@ -13751,54 +13751,54 @@
       <c r="I173">
         <v>0</v>
       </c>
       <c r="J173">
         <v>0</v>
       </c>
       <c r="K173">
         <v>3</v>
       </c>
       <c r="L173" s="3">
         <v>16</v>
       </c>
       <c r="M173">
         <v>0</v>
       </c>
       <c r="N173">
         <v>37</v>
       </c>
       <c r="O173" s="3">
         <v>37</v>
       </c>
       <c r="P173" s="5">
         <v>53</v>
       </c>
       <c r="Q173">
+        <v>0</v>
+      </c>
+      <c r="R173">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S173">
         <v>0</v>
       </c>
       <c r="T173" s="3">
         <v>20</v>
       </c>
       <c r="U173" s="5">
         <v>73</v>
       </c>
       <c r="V173">
         <v>0</v>
       </c>
       <c r="W173">
         <v>0</v>
       </c>
       <c r="X173">
         <v>0</v>
       </c>
       <c r="Y173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:25">
       <c r="A174">
@@ -13905,54 +13905,54 @@
       <c r="I175">
         <v>1</v>
       </c>
       <c r="J175">
         <v>0</v>
       </c>
       <c r="K175">
         <v>2</v>
       </c>
       <c r="L175" s="3">
         <v>21</v>
       </c>
       <c r="M175">
         <v>0</v>
       </c>
       <c r="N175">
         <v>17</v>
       </c>
       <c r="O175" s="3">
         <v>17</v>
       </c>
       <c r="P175" s="5">
         <v>38</v>
       </c>
       <c r="Q175">
+        <v>0</v>
+      </c>
+      <c r="R175">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S175">
         <v>0</v>
       </c>
       <c r="T175" s="3">
         <v>38</v>
       </c>
       <c r="U175" s="5">
         <v>76</v>
       </c>
       <c r="V175">
         <v>0</v>
       </c>
       <c r="W175">
         <v>0</v>
       </c>
       <c r="X175">
         <v>0</v>
       </c>
       <c r="Y175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:25">
       <c r="A176">
@@ -14059,54 +14059,54 @@
       <c r="I177">
         <v>6</v>
       </c>
       <c r="J177">
         <v>4</v>
       </c>
       <c r="K177">
         <v>10</v>
       </c>
       <c r="L177" s="3">
         <v>101</v>
       </c>
       <c r="M177">
         <v>0</v>
       </c>
       <c r="N177">
         <v>2</v>
       </c>
       <c r="O177" s="3">
         <v>2</v>
       </c>
       <c r="P177" s="5">
         <v>103</v>
       </c>
       <c r="Q177">
+        <v>255</v>
+      </c>
+      <c r="R177">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="S177">
         <v>0</v>
       </c>
       <c r="T177" s="3">
         <v>704</v>
       </c>
       <c r="U177" s="5">
         <v>807</v>
       </c>
       <c r="V177">
         <v>490</v>
       </c>
       <c r="W177">
         <v>1900</v>
       </c>
       <c r="X177">
         <v>0</v>
       </c>
       <c r="Y177" s="3">
         <v>2390</v>
       </c>
     </row>
     <row r="178" spans="1:25">
       <c r="A178">
@@ -14290,54 +14290,54 @@
       <c r="I180">
         <v>1</v>
       </c>
       <c r="J180">
         <v>0</v>
       </c>
       <c r="K180">
         <v>1</v>
       </c>
       <c r="L180" s="3">
         <v>23</v>
       </c>
       <c r="M180">
         <v>0</v>
       </c>
       <c r="N180">
         <v>6</v>
       </c>
       <c r="O180" s="3">
         <v>6</v>
       </c>
       <c r="P180" s="5">
         <v>29</v>
       </c>
       <c r="Q180">
+        <v>0</v>
+      </c>
+      <c r="R180">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S180">
         <v>0</v>
       </c>
       <c r="T180" s="3">
         <v>8</v>
       </c>
       <c r="U180" s="5">
         <v>37</v>
       </c>
       <c r="V180">
         <v>0</v>
       </c>
       <c r="W180">
         <v>0</v>
       </c>
       <c r="X180">
         <v>0</v>
       </c>
       <c r="Y180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:25">
       <c r="A181">
@@ -14367,54 +14367,54 @@
       <c r="I181">
         <v>3</v>
       </c>
       <c r="J181">
         <v>1</v>
       </c>
       <c r="K181">
         <v>9</v>
       </c>
       <c r="L181" s="3">
         <v>54</v>
       </c>
       <c r="M181">
         <v>0</v>
       </c>
       <c r="N181">
         <v>0</v>
       </c>
       <c r="O181" s="3">
         <v>0</v>
       </c>
       <c r="P181" s="5">
         <v>54</v>
       </c>
       <c r="Q181">
+        <v>0</v>
+      </c>
+      <c r="R181">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S181">
         <v>0</v>
       </c>
       <c r="T181" s="3">
         <v>4</v>
       </c>
       <c r="U181" s="5">
         <v>58</v>
       </c>
       <c r="V181">
         <v>0</v>
       </c>
       <c r="W181">
         <v>0</v>
       </c>
       <c r="X181">
         <v>0</v>
       </c>
       <c r="Y181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:25">
       <c r="A182">
@@ -14829,54 +14829,54 @@
       <c r="I187">
         <v>1</v>
       </c>
       <c r="J187">
         <v>1</v>
       </c>
       <c r="K187">
         <v>4</v>
       </c>
       <c r="L187" s="3">
         <v>18</v>
       </c>
       <c r="M187">
         <v>0</v>
       </c>
       <c r="N187">
         <v>26</v>
       </c>
       <c r="O187" s="3">
         <v>26</v>
       </c>
       <c r="P187" s="5">
         <v>44</v>
       </c>
       <c r="Q187">
+        <v>0</v>
+      </c>
+      <c r="R187">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S187">
         <v>0</v>
       </c>
       <c r="T187" s="3">
         <v>15</v>
       </c>
       <c r="U187" s="5">
         <v>59</v>
       </c>
       <c r="V187">
         <v>0</v>
       </c>
       <c r="W187">
         <v>0</v>
       </c>
       <c r="X187">
         <v>0</v>
       </c>
       <c r="Y187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:25">
       <c r="A188">
@@ -15522,54 +15522,54 @@
       <c r="I196">
         <v>3</v>
       </c>
       <c r="J196">
         <v>0</v>
       </c>
       <c r="K196">
         <v>3</v>
       </c>
       <c r="L196" s="3">
         <v>55</v>
       </c>
       <c r="M196">
         <v>0</v>
       </c>
       <c r="N196">
         <v>0</v>
       </c>
       <c r="O196" s="3">
         <v>0</v>
       </c>
       <c r="P196" s="5">
         <v>55</v>
       </c>
       <c r="Q196">
+        <v>0</v>
+      </c>
+      <c r="R196">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S196">
         <v>80</v>
       </c>
       <c r="T196" s="3">
         <v>404</v>
       </c>
       <c r="U196" s="5">
         <v>459</v>
       </c>
       <c r="V196">
         <v>0</v>
       </c>
       <c r="W196">
         <v>0</v>
       </c>
       <c r="X196">
         <v>0</v>
       </c>
       <c r="Y196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:25">
       <c r="A197">
@@ -15676,54 +15676,54 @@
       <c r="I198">
         <v>1</v>
       </c>
       <c r="J198">
         <v>1</v>
       </c>
       <c r="K198">
         <v>2</v>
       </c>
       <c r="L198" s="3">
         <v>17</v>
       </c>
       <c r="M198">
         <v>0</v>
       </c>
       <c r="N198">
         <v>8</v>
       </c>
       <c r="O198" s="3">
         <v>8</v>
       </c>
       <c r="P198" s="5">
         <v>25</v>
       </c>
       <c r="Q198">
+        <v>0</v>
+      </c>
+      <c r="R198">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S198">
         <v>0</v>
       </c>
       <c r="T198" s="3">
         <v>23</v>
       </c>
       <c r="U198" s="5">
         <v>48</v>
       </c>
       <c r="V198">
         <v>0</v>
       </c>
       <c r="W198">
         <v>910</v>
       </c>
       <c r="X198">
         <v>0</v>
       </c>
       <c r="Y198" s="3">
         <v>910</v>
       </c>
     </row>
     <row r="199" spans="1:25">
       <c r="A199">
@@ -16138,54 +16138,54 @@
       <c r="I204">
         <v>0</v>
       </c>
       <c r="J204">
         <v>0</v>
       </c>
       <c r="K204">
         <v>0</v>
       </c>
       <c r="L204" s="3">
         <v>0</v>
       </c>
       <c r="M204">
         <v>0</v>
       </c>
       <c r="N204">
         <v>0</v>
       </c>
       <c r="O204" s="3">
         <v>0</v>
       </c>
       <c r="P204" s="5">
         <v>0</v>
       </c>
       <c r="Q204">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="R204">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="S204">
         <v>0</v>
       </c>
       <c r="T204" s="3">
         <v>17</v>
       </c>
       <c r="U204" s="5">
         <v>17</v>
       </c>
       <c r="V204">
         <v>0</v>
       </c>
       <c r="W204">
         <v>0</v>
       </c>
       <c r="X204">
         <v>0</v>
       </c>
       <c r="Y204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:25">
       <c r="A205">
@@ -16369,54 +16369,54 @@
       <c r="I207">
         <v>3</v>
       </c>
       <c r="J207">
         <v>1</v>
       </c>
       <c r="K207">
         <v>7</v>
       </c>
       <c r="L207" s="3">
         <v>87</v>
       </c>
       <c r="M207">
         <v>0</v>
       </c>
       <c r="N207">
         <v>26</v>
       </c>
       <c r="O207" s="3">
         <v>26</v>
       </c>
       <c r="P207" s="5">
         <v>113</v>
       </c>
       <c r="Q207">
+        <v>0</v>
+      </c>
+      <c r="R207">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S207">
         <v>0</v>
       </c>
       <c r="T207" s="3">
         <v>31</v>
       </c>
       <c r="U207" s="5">
         <v>144</v>
       </c>
       <c r="V207">
         <v>0</v>
       </c>
       <c r="W207">
         <v>0</v>
       </c>
       <c r="X207">
         <v>0</v>
       </c>
       <c r="Y207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:25">
       <c r="A208">
@@ -17139,54 +17139,54 @@
       <c r="I217">
         <v>2</v>
       </c>
       <c r="J217">
         <v>0</v>
       </c>
       <c r="K217">
         <v>6</v>
       </c>
       <c r="L217" s="3">
         <v>45</v>
       </c>
       <c r="M217">
         <v>0</v>
       </c>
       <c r="N217">
         <v>0</v>
       </c>
       <c r="O217" s="3">
         <v>0</v>
       </c>
       <c r="P217" s="5">
         <v>45</v>
       </c>
       <c r="Q217">
+        <v>0</v>
+      </c>
+      <c r="R217">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S217">
         <v>0</v>
       </c>
       <c r="T217" s="3">
         <v>12</v>
       </c>
       <c r="U217" s="5">
         <v>57</v>
       </c>
       <c r="V217">
         <v>0</v>
       </c>
       <c r="W217">
         <v>0</v>
       </c>
       <c r="X217">
         <v>0</v>
       </c>
       <c r="Y217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:25">
       <c r="A218">
@@ -17293,54 +17293,54 @@
       <c r="I219">
         <v>0</v>
       </c>
       <c r="J219">
         <v>1</v>
       </c>
       <c r="K219">
         <v>4</v>
       </c>
       <c r="L219" s="3">
         <v>17</v>
       </c>
       <c r="M219">
         <v>0</v>
       </c>
       <c r="N219">
         <v>13</v>
       </c>
       <c r="O219" s="3">
         <v>13</v>
       </c>
       <c r="P219" s="5">
         <v>30</v>
       </c>
       <c r="Q219">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="R219">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S219">
         <v>0</v>
       </c>
       <c r="T219" s="3">
         <v>100</v>
       </c>
       <c r="U219" s="5">
         <v>130</v>
       </c>
       <c r="V219">
         <v>0</v>
       </c>
       <c r="W219">
         <v>0</v>
       </c>
       <c r="X219">
         <v>0</v>
       </c>
       <c r="Y219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:25">
       <c r="A220">
@@ -17832,54 +17832,54 @@
       <c r="I226">
         <v>10</v>
       </c>
       <c r="J226">
         <v>1</v>
       </c>
       <c r="K226">
         <v>9</v>
       </c>
       <c r="L226" s="3">
         <v>80</v>
       </c>
       <c r="M226">
         <v>0</v>
       </c>
       <c r="N226">
         <v>0</v>
       </c>
       <c r="O226" s="3">
         <v>0</v>
       </c>
       <c r="P226" s="5">
         <v>80</v>
       </c>
       <c r="Q226">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="R226">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="S226">
         <v>0</v>
       </c>
       <c r="T226" s="3">
         <v>96</v>
       </c>
       <c r="U226" s="5">
         <v>176</v>
       </c>
       <c r="V226">
         <v>0</v>
       </c>
       <c r="W226">
         <v>0</v>
       </c>
       <c r="X226">
         <v>0</v>
       </c>
       <c r="Y226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:25">
       <c r="A227">
@@ -18448,54 +18448,54 @@
       <c r="I234">
         <v>4</v>
       </c>
       <c r="J234">
         <v>1</v>
       </c>
       <c r="K234">
         <v>2</v>
       </c>
       <c r="L234" s="3">
         <v>45</v>
       </c>
       <c r="M234">
         <v>0</v>
       </c>
       <c r="N234">
         <v>20</v>
       </c>
       <c r="O234" s="3">
         <v>20</v>
       </c>
       <c r="P234" s="5">
         <v>65</v>
       </c>
       <c r="Q234">
+        <v>0</v>
+      </c>
+      <c r="R234">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S234">
         <v>0</v>
       </c>
       <c r="T234" s="3">
         <v>32</v>
       </c>
       <c r="U234" s="5">
         <v>97</v>
       </c>
       <c r="V234">
         <v>1439</v>
       </c>
       <c r="W234">
         <v>0</v>
       </c>
       <c r="X234">
         <v>0</v>
       </c>
       <c r="Y234" s="3">
         <v>1439</v>
       </c>
     </row>
     <row r="235" spans="1:25">
       <c r="A235">
@@ -19064,54 +19064,54 @@
       <c r="I242">
         <v>3</v>
       </c>
       <c r="J242">
         <v>3</v>
       </c>
       <c r="K242">
         <v>5</v>
       </c>
       <c r="L242" s="3">
         <v>146</v>
       </c>
       <c r="M242">
         <v>0</v>
       </c>
       <c r="N242">
         <v>39</v>
       </c>
       <c r="O242" s="3">
         <v>39</v>
       </c>
       <c r="P242" s="5">
         <v>185</v>
       </c>
       <c r="Q242">
+        <v>20</v>
+      </c>
+      <c r="R242">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="S242">
         <v>22</v>
       </c>
       <c r="T242" s="3">
         <v>554</v>
       </c>
       <c r="U242" s="5">
         <v>739</v>
       </c>
       <c r="V242">
         <v>0</v>
       </c>
       <c r="W242">
         <v>0</v>
       </c>
       <c r="X242">
         <v>526</v>
       </c>
       <c r="Y242" s="3">
         <v>526</v>
       </c>
     </row>
     <row r="243" spans="1:25">
       <c r="A243">
@@ -19141,54 +19141,54 @@
       <c r="I243">
         <v>5</v>
       </c>
       <c r="J243">
         <v>4</v>
       </c>
       <c r="K243">
         <v>4</v>
       </c>
       <c r="L243" s="3">
         <v>204</v>
       </c>
       <c r="M243">
         <v>0</v>
       </c>
       <c r="N243">
         <v>0</v>
       </c>
       <c r="O243" s="3">
         <v>0</v>
       </c>
       <c r="P243" s="5">
         <v>204</v>
       </c>
       <c r="Q243">
+        <v>190</v>
+      </c>
+      <c r="R243">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="S243">
         <v>0</v>
       </c>
       <c r="T243" s="3">
         <v>648</v>
       </c>
       <c r="U243" s="5">
         <v>852</v>
       </c>
       <c r="V243">
         <v>0</v>
       </c>
       <c r="W243">
         <v>0</v>
       </c>
       <c r="X243">
         <v>0</v>
       </c>
       <c r="Y243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:25">
       <c r="A244">
@@ -19295,54 +19295,54 @@
       <c r="I245">
         <v>0</v>
       </c>
       <c r="J245">
         <v>0</v>
       </c>
       <c r="K245">
         <v>0</v>
       </c>
       <c r="L245" s="3">
         <v>0</v>
       </c>
       <c r="M245">
         <v>0</v>
       </c>
       <c r="N245">
         <v>8</v>
       </c>
       <c r="O245" s="3">
         <v>8</v>
       </c>
       <c r="P245" s="5">
         <v>8</v>
       </c>
       <c r="Q245">
+        <v>0</v>
+      </c>
+      <c r="R245">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S245">
         <v>0</v>
       </c>
       <c r="T245" s="3">
         <v>4</v>
       </c>
       <c r="U245" s="5">
         <v>12</v>
       </c>
       <c r="V245">
         <v>0</v>
       </c>
       <c r="W245">
         <v>0</v>
       </c>
       <c r="X245">
         <v>0</v>
       </c>
       <c r="Y245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:25">
       <c r="A246">
@@ -19372,54 +19372,54 @@
       <c r="I246">
         <v>0</v>
       </c>
       <c r="J246">
         <v>0</v>
       </c>
       <c r="K246">
         <v>0</v>
       </c>
       <c r="L246" s="3">
         <v>14</v>
       </c>
       <c r="M246">
         <v>0</v>
       </c>
       <c r="N246">
         <v>0</v>
       </c>
       <c r="O246" s="3">
         <v>0</v>
       </c>
       <c r="P246" s="5">
         <v>14</v>
       </c>
       <c r="Q246">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="R246">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="S246">
         <v>0</v>
       </c>
       <c r="T246" s="3">
         <v>40</v>
       </c>
       <c r="U246" s="5">
         <v>54</v>
       </c>
       <c r="V246">
         <v>0</v>
       </c>
       <c r="W246">
         <v>0</v>
       </c>
       <c r="X246">
         <v>0</v>
       </c>
       <c r="Y246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:25">
       <c r="A247">
@@ -19911,54 +19911,54 @@
       <c r="I253">
         <v>3</v>
       </c>
       <c r="J253">
         <v>1</v>
       </c>
       <c r="K253">
         <v>2</v>
       </c>
       <c r="L253" s="3">
         <v>68</v>
       </c>
       <c r="M253">
         <v>0</v>
       </c>
       <c r="N253">
         <v>40</v>
       </c>
       <c r="O253" s="3">
         <v>40</v>
       </c>
       <c r="P253" s="5">
         <v>108</v>
       </c>
       <c r="Q253">
+        <v>159</v>
+      </c>
+      <c r="R253">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="S253">
         <v>0</v>
       </c>
       <c r="T253" s="3">
         <v>559</v>
       </c>
       <c r="U253" s="5">
         <v>667</v>
       </c>
       <c r="V253">
         <v>0</v>
       </c>
       <c r="W253">
         <v>0</v>
       </c>
       <c r="X253">
         <v>0</v>
       </c>
       <c r="Y253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:25">
       <c r="A254">
@@ -20527,54 +20527,54 @@
       <c r="I261">
         <v>1</v>
       </c>
       <c r="J261">
         <v>0</v>
       </c>
       <c r="K261">
         <v>0</v>
       </c>
       <c r="L261" s="3">
         <v>20</v>
       </c>
       <c r="M261">
         <v>0</v>
       </c>
       <c r="N261">
         <v>0</v>
       </c>
       <c r="O261" s="3">
         <v>0</v>
       </c>
       <c r="P261" s="5">
         <v>20</v>
       </c>
       <c r="Q261">
+        <v>0</v>
+      </c>
+      <c r="R261">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S261">
         <v>0</v>
       </c>
       <c r="T261" s="3">
         <v>18</v>
       </c>
       <c r="U261" s="5">
         <v>38</v>
       </c>
       <c r="V261">
         <v>0</v>
       </c>
       <c r="W261">
         <v>0</v>
       </c>
       <c r="X261">
         <v>0</v>
       </c>
       <c r="Y261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:25">
       <c r="A262">
@@ -20604,54 +20604,54 @@
       <c r="I262">
         <v>0</v>
       </c>
       <c r="J262">
         <v>0</v>
       </c>
       <c r="K262">
         <v>1</v>
       </c>
       <c r="L262" s="3">
         <v>60</v>
       </c>
       <c r="M262">
         <v>0</v>
       </c>
       <c r="N262">
         <v>11</v>
       </c>
       <c r="O262" s="3">
         <v>11</v>
       </c>
       <c r="P262" s="5">
         <v>71</v>
       </c>
       <c r="Q262">
+        <v>0</v>
+      </c>
+      <c r="R262">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S262">
         <v>0</v>
       </c>
       <c r="T262" s="3">
         <v>164</v>
       </c>
       <c r="U262" s="5">
         <v>235</v>
       </c>
       <c r="V262">
         <v>0</v>
       </c>
       <c r="W262">
         <v>0</v>
       </c>
       <c r="X262">
         <v>0</v>
       </c>
       <c r="Y262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:25">
       <c r="A263">
@@ -21143,54 +21143,54 @@
       <c r="I269">
         <v>0</v>
       </c>
       <c r="J269">
         <v>1</v>
       </c>
       <c r="K269">
         <v>0</v>
       </c>
       <c r="L269" s="3">
         <v>16</v>
       </c>
       <c r="M269">
         <v>0</v>
       </c>
       <c r="N269">
         <v>0</v>
       </c>
       <c r="O269" s="3">
         <v>0</v>
       </c>
       <c r="P269" s="5">
         <v>16</v>
       </c>
       <c r="Q269">
+        <v>0</v>
+      </c>
+      <c r="R269">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S269">
         <v>0</v>
       </c>
       <c r="T269" s="3">
         <v>16</v>
       </c>
       <c r="U269" s="5">
         <v>32</v>
       </c>
       <c r="V269">
         <v>0</v>
       </c>
       <c r="W269">
         <v>0</v>
       </c>
       <c r="X269">
         <v>0</v>
       </c>
       <c r="Y269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:25">
       <c r="A270">
@@ -21990,54 +21990,54 @@
       <c r="I280">
         <v>3</v>
       </c>
       <c r="J280">
         <v>3</v>
       </c>
       <c r="K280">
         <v>3</v>
       </c>
       <c r="L280" s="3">
         <v>60</v>
       </c>
       <c r="M280">
         <v>0</v>
       </c>
       <c r="N280">
         <v>22</v>
       </c>
       <c r="O280" s="3">
         <v>22</v>
       </c>
       <c r="P280" s="5">
         <v>82</v>
       </c>
       <c r="Q280">
+        <v>0</v>
+      </c>
+      <c r="R280">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S280">
         <v>0</v>
       </c>
       <c r="T280" s="3">
         <v>32</v>
       </c>
       <c r="U280" s="5">
         <v>114</v>
       </c>
       <c r="V280">
         <v>0</v>
       </c>
       <c r="W280">
         <v>0</v>
       </c>
       <c r="X280">
         <v>0</v>
       </c>
       <c r="Y280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:25">
       <c r="A281">
@@ -22298,54 +22298,54 @@
       <c r="I284">
         <v>1</v>
       </c>
       <c r="J284">
         <v>3</v>
       </c>
       <c r="K284">
         <v>2</v>
       </c>
       <c r="L284" s="3">
         <v>49</v>
       </c>
       <c r="M284">
         <v>0</v>
       </c>
       <c r="N284">
         <v>22</v>
       </c>
       <c r="O284" s="3">
         <v>22</v>
       </c>
       <c r="P284" s="5">
         <v>71</v>
       </c>
       <c r="Q284">
+        <v>0</v>
+      </c>
+      <c r="R284">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S284">
         <v>0</v>
       </c>
       <c r="T284" s="3">
         <v>132</v>
       </c>
       <c r="U284" s="5">
         <v>203</v>
       </c>
       <c r="V284">
         <v>0</v>
       </c>
       <c r="W284">
         <v>0</v>
       </c>
       <c r="X284">
         <v>0</v>
       </c>
       <c r="Y284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:25">
       <c r="A285">
@@ -22606,54 +22606,54 @@
       <c r="I288">
         <v>5</v>
       </c>
       <c r="J288">
         <v>0</v>
       </c>
       <c r="K288">
         <v>6</v>
       </c>
       <c r="L288" s="3">
         <v>85</v>
       </c>
       <c r="M288">
         <v>0</v>
       </c>
       <c r="N288">
         <v>0</v>
       </c>
       <c r="O288" s="3">
         <v>0</v>
       </c>
       <c r="P288" s="5">
         <v>85</v>
       </c>
       <c r="Q288">
+        <v>413</v>
+      </c>
+      <c r="R288">
         <v>1504</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="S288">
         <v>52</v>
       </c>
       <c r="T288" s="3">
         <v>1969</v>
       </c>
       <c r="U288" s="5">
         <v>2054</v>
       </c>
       <c r="V288">
         <v>49300</v>
       </c>
       <c r="W288">
         <v>9063</v>
       </c>
       <c r="X288">
         <v>0</v>
       </c>
       <c r="Y288" s="3">
         <v>58363</v>
       </c>
     </row>
     <row r="289" spans="1:25">
       <c r="A289">
@@ -22683,54 +22683,54 @@
       <c r="I289">
         <v>2</v>
       </c>
       <c r="J289">
         <v>0</v>
       </c>
       <c r="K289">
         <v>0</v>
       </c>
       <c r="L289" s="3">
         <v>17</v>
       </c>
       <c r="M289">
         <v>0</v>
       </c>
       <c r="N289">
         <v>0</v>
       </c>
       <c r="O289" s="3">
         <v>0</v>
       </c>
       <c r="P289" s="5">
         <v>17</v>
       </c>
       <c r="Q289">
+        <v>0</v>
+      </c>
+      <c r="R289">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S289">
         <v>0</v>
       </c>
       <c r="T289" s="3">
         <v>54</v>
       </c>
       <c r="U289" s="5">
         <v>71</v>
       </c>
       <c r="V289">
         <v>0</v>
       </c>
       <c r="W289">
         <v>0</v>
       </c>
       <c r="X289">
         <v>0</v>
       </c>
       <c r="Y289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:25">
       <c r="A290">
@@ -23145,54 +23145,54 @@
       <c r="I295">
         <v>0</v>
       </c>
       <c r="J295">
         <v>0</v>
       </c>
       <c r="K295">
         <v>3</v>
       </c>
       <c r="L295" s="3">
         <v>21</v>
       </c>
       <c r="M295">
         <v>0</v>
       </c>
       <c r="N295">
         <v>0</v>
       </c>
       <c r="O295" s="3">
         <v>0</v>
       </c>
       <c r="P295" s="5">
         <v>21</v>
       </c>
       <c r="Q295">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="R295">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="S295">
         <v>0</v>
       </c>
       <c r="T295" s="3">
         <v>49</v>
       </c>
       <c r="U295" s="5">
         <v>70</v>
       </c>
       <c r="V295">
         <v>0</v>
       </c>
       <c r="W295">
         <v>0</v>
       </c>
       <c r="X295">
         <v>0</v>
       </c>
       <c r="Y295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:25">
       <c r="A296">
@@ -23376,54 +23376,54 @@
       <c r="I298">
         <v>1</v>
       </c>
       <c r="J298">
         <v>0</v>
       </c>
       <c r="K298">
         <v>0</v>
       </c>
       <c r="L298" s="3">
         <v>27</v>
       </c>
       <c r="M298">
         <v>0</v>
       </c>
       <c r="N298">
         <v>0</v>
       </c>
       <c r="O298" s="3">
         <v>0</v>
       </c>
       <c r="P298" s="5">
         <v>27</v>
       </c>
       <c r="Q298">
+        <v>0</v>
+      </c>
+      <c r="R298">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S298">
         <v>287</v>
       </c>
       <c r="T298" s="3">
         <v>1428</v>
       </c>
       <c r="U298" s="5">
         <v>1455</v>
       </c>
       <c r="V298">
         <v>0</v>
       </c>
       <c r="W298">
         <v>0</v>
       </c>
       <c r="X298">
         <v>0</v>
       </c>
       <c r="Y298" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:25">
       <c r="A299">
@@ -23530,54 +23530,54 @@
       <c r="I300">
         <v>5</v>
       </c>
       <c r="J300">
         <v>1</v>
       </c>
       <c r="K300">
         <v>7</v>
       </c>
       <c r="L300" s="3">
         <v>60</v>
       </c>
       <c r="M300">
         <v>10</v>
       </c>
       <c r="N300">
         <v>16</v>
       </c>
       <c r="O300" s="3">
         <v>26</v>
       </c>
       <c r="P300" s="5">
         <v>86</v>
       </c>
       <c r="Q300">
-        <v>0</v>
+        <v>291</v>
       </c>
       <c r="R300">
-        <v>291</v>
+        <v>0</v>
       </c>
       <c r="S300">
         <v>120</v>
       </c>
       <c r="T300" s="3">
         <v>411</v>
       </c>
       <c r="U300" s="5">
         <v>497</v>
       </c>
       <c r="V300">
         <v>0</v>
       </c>
       <c r="W300">
         <v>0</v>
       </c>
       <c r="X300">
         <v>0</v>
       </c>
       <c r="Y300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:25">
       <c r="A301">
@@ -23607,54 +23607,54 @@
       <c r="I301">
         <v>0</v>
       </c>
       <c r="J301">
         <v>3</v>
       </c>
       <c r="K301">
         <v>3</v>
       </c>
       <c r="L301" s="3">
         <v>80</v>
       </c>
       <c r="M301">
         <v>0</v>
       </c>
       <c r="N301">
         <v>6</v>
       </c>
       <c r="O301" s="3">
         <v>6</v>
       </c>
       <c r="P301" s="5">
         <v>86</v>
       </c>
       <c r="Q301">
+        <v>608</v>
+      </c>
+      <c r="R301">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
       <c r="S301">
         <v>0</v>
       </c>
       <c r="T301" s="3">
         <v>751</v>
       </c>
       <c r="U301" s="5">
         <v>837</v>
       </c>
       <c r="V301">
         <v>0</v>
       </c>
       <c r="W301">
         <v>0</v>
       </c>
       <c r="X301">
         <v>0</v>
       </c>
       <c r="Y301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:25">
       <c r="A302">
@@ -23761,54 +23761,54 @@
       <c r="I303">
         <v>2</v>
       </c>
       <c r="J303">
         <v>0</v>
       </c>
       <c r="K303">
         <v>6</v>
       </c>
       <c r="L303" s="3">
         <v>77</v>
       </c>
       <c r="M303">
         <v>0</v>
       </c>
       <c r="N303">
         <v>82</v>
       </c>
       <c r="O303" s="3">
         <v>82</v>
       </c>
       <c r="P303" s="5">
         <v>159</v>
       </c>
       <c r="Q303">
+        <v>0</v>
+      </c>
+      <c r="R303">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S303">
         <v>0</v>
       </c>
       <c r="T303" s="3">
         <v>284</v>
       </c>
       <c r="U303" s="5">
         <v>443</v>
       </c>
       <c r="V303">
         <v>0</v>
       </c>
       <c r="W303">
         <v>0</v>
       </c>
       <c r="X303">
         <v>0</v>
       </c>
       <c r="Y303" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:25">
       <c r="A304">
@@ -23915,54 +23915,54 @@
       <c r="I305">
         <v>4</v>
       </c>
       <c r="J305">
         <v>0</v>
       </c>
       <c r="K305">
         <v>1</v>
       </c>
       <c r="L305" s="3">
         <v>37</v>
       </c>
       <c r="M305">
         <v>0</v>
       </c>
       <c r="N305">
         <v>0</v>
       </c>
       <c r="O305" s="3">
         <v>0</v>
       </c>
       <c r="P305" s="5">
         <v>37</v>
       </c>
       <c r="Q305">
+        <v>0</v>
+      </c>
+      <c r="R305">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S305">
         <v>0</v>
       </c>
       <c r="T305" s="3">
         <v>29</v>
       </c>
       <c r="U305" s="5">
         <v>66</v>
       </c>
       <c r="V305">
         <v>6022</v>
       </c>
       <c r="W305">
         <v>0</v>
       </c>
       <c r="X305">
         <v>0</v>
       </c>
       <c r="Y305" s="3">
         <v>6022</v>
       </c>
     </row>
     <row r="306" spans="1:25">
       <c r="A306">
@@ -23992,54 +23992,54 @@
       <c r="I306">
         <v>3</v>
       </c>
       <c r="J306">
         <v>2</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306" s="3">
         <v>112</v>
       </c>
       <c r="M306">
         <v>39</v>
       </c>
       <c r="N306">
         <v>19</v>
       </c>
       <c r="O306" s="3">
         <v>58</v>
       </c>
       <c r="P306" s="5">
         <v>170</v>
       </c>
       <c r="Q306">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="R306">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="S306">
         <v>0</v>
       </c>
       <c r="T306" s="3">
         <v>11</v>
       </c>
       <c r="U306" s="5">
         <v>181</v>
       </c>
       <c r="V306">
         <v>0</v>
       </c>
       <c r="W306">
         <v>0</v>
       </c>
       <c r="X306">
         <v>0</v>
       </c>
       <c r="Y306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:25">
       <c r="A307">
@@ -24146,54 +24146,54 @@
       <c r="I308">
         <v>2</v>
       </c>
       <c r="J308">
         <v>1</v>
       </c>
       <c r="K308">
         <v>5</v>
       </c>
       <c r="L308" s="3">
         <v>41</v>
       </c>
       <c r="M308">
         <v>0</v>
       </c>
       <c r="N308">
         <v>0</v>
       </c>
       <c r="O308" s="3">
         <v>0</v>
       </c>
       <c r="P308" s="5">
         <v>41</v>
       </c>
       <c r="Q308">
+        <v>0</v>
+      </c>
+      <c r="R308">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S308">
         <v>163</v>
       </c>
       <c r="T308" s="3">
         <v>222</v>
       </c>
       <c r="U308" s="5">
         <v>263</v>
       </c>
       <c r="V308">
         <v>0</v>
       </c>
       <c r="W308">
         <v>0</v>
       </c>
       <c r="X308">
         <v>0</v>
       </c>
       <c r="Y308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:25">
       <c r="A309">
@@ -24223,54 +24223,54 @@
       <c r="I309">
         <v>3</v>
       </c>
       <c r="J309">
         <v>0</v>
       </c>
       <c r="K309">
         <v>4</v>
       </c>
       <c r="L309" s="3">
         <v>27</v>
       </c>
       <c r="M309">
         <v>0</v>
       </c>
       <c r="N309">
         <v>12</v>
       </c>
       <c r="O309" s="3">
         <v>12</v>
       </c>
       <c r="P309" s="5">
         <v>39</v>
       </c>
       <c r="Q309">
+        <v>0</v>
+      </c>
+      <c r="R309">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S309">
         <v>72</v>
       </c>
       <c r="T309" s="3">
         <v>84</v>
       </c>
       <c r="U309" s="5">
         <v>123</v>
       </c>
       <c r="V309">
         <v>0</v>
       </c>
       <c r="W309">
         <v>0</v>
       </c>
       <c r="X309">
         <v>0</v>
       </c>
       <c r="Y309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:25">
       <c r="A310">
@@ -24300,54 +24300,54 @@
       <c r="I310">
         <v>0</v>
       </c>
       <c r="J310">
         <v>0</v>
       </c>
       <c r="K310">
         <v>1</v>
       </c>
       <c r="L310" s="3">
         <v>18</v>
       </c>
       <c r="M310">
         <v>0</v>
       </c>
       <c r="N310">
         <v>30</v>
       </c>
       <c r="O310" s="3">
         <v>30</v>
       </c>
       <c r="P310" s="5">
         <v>48</v>
       </c>
       <c r="Q310">
+        <v>0</v>
+      </c>
+      <c r="R310">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S310">
         <v>137</v>
       </c>
       <c r="T310" s="3">
         <v>470</v>
       </c>
       <c r="U310" s="5">
         <v>518</v>
       </c>
       <c r="V310">
         <v>0</v>
       </c>
       <c r="W310">
         <v>0</v>
       </c>
       <c r="X310">
         <v>0</v>
       </c>
       <c r="Y310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:25">
       <c r="A311">
@@ -24377,54 +24377,54 @@
       <c r="I311">
         <v>0</v>
       </c>
       <c r="J311">
         <v>1</v>
       </c>
       <c r="K311">
         <v>1</v>
       </c>
       <c r="L311" s="3">
         <v>13</v>
       </c>
       <c r="M311">
         <v>0</v>
       </c>
       <c r="N311">
         <v>0</v>
       </c>
       <c r="O311" s="3">
         <v>0</v>
       </c>
       <c r="P311" s="5">
         <v>13</v>
       </c>
       <c r="Q311">
+        <v>84</v>
+      </c>
+      <c r="R311">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="S311">
         <v>0</v>
       </c>
       <c r="T311" s="3">
         <v>102</v>
       </c>
       <c r="U311" s="5">
         <v>115</v>
       </c>
       <c r="V311">
         <v>0</v>
       </c>
       <c r="W311">
         <v>0</v>
       </c>
       <c r="X311">
         <v>0</v>
       </c>
       <c r="Y311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:25">
       <c r="A312">
@@ -24608,54 +24608,54 @@
       <c r="I314">
         <v>2</v>
       </c>
       <c r="J314">
         <v>2</v>
       </c>
       <c r="K314">
         <v>2</v>
       </c>
       <c r="L314" s="3">
         <v>46</v>
       </c>
       <c r="M314">
         <v>0</v>
       </c>
       <c r="N314">
         <v>0</v>
       </c>
       <c r="O314" s="3">
         <v>0</v>
       </c>
       <c r="P314" s="5">
         <v>46</v>
       </c>
       <c r="Q314">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="R314">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="S314">
         <v>0</v>
       </c>
       <c r="T314" s="3">
         <v>70</v>
       </c>
       <c r="U314" s="5">
         <v>116</v>
       </c>
       <c r="V314">
         <v>0</v>
       </c>
       <c r="W314">
         <v>910</v>
       </c>
       <c r="X314">
         <v>0</v>
       </c>
       <c r="Y314" s="3">
         <v>910</v>
       </c>
     </row>
     <row r="315" spans="1:25">
       <c r="A315">
@@ -24685,54 +24685,54 @@
       <c r="I315">
         <v>4</v>
       </c>
       <c r="J315">
         <v>0</v>
       </c>
       <c r="K315">
         <v>6</v>
       </c>
       <c r="L315" s="3">
         <v>61</v>
       </c>
       <c r="M315">
         <v>0</v>
       </c>
       <c r="N315">
         <v>0</v>
       </c>
       <c r="O315" s="3">
         <v>0</v>
       </c>
       <c r="P315" s="5">
         <v>61</v>
       </c>
       <c r="Q315">
+        <v>127</v>
+      </c>
+      <c r="R315">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="S315">
         <v>0</v>
       </c>
       <c r="T315" s="3">
         <v>1303</v>
       </c>
       <c r="U315" s="5">
         <v>1364</v>
       </c>
       <c r="V315">
         <v>0</v>
       </c>
       <c r="W315">
         <v>0</v>
       </c>
       <c r="X315">
         <v>0</v>
       </c>
       <c r="Y315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:25">
       <c r="A316">
@@ -24762,54 +24762,54 @@
       <c r="I316">
         <v>0</v>
       </c>
       <c r="J316">
         <v>0</v>
       </c>
       <c r="K316">
         <v>2</v>
       </c>
       <c r="L316" s="3">
         <v>12</v>
       </c>
       <c r="M316">
         <v>0</v>
       </c>
       <c r="N316">
         <v>0</v>
       </c>
       <c r="O316" s="3">
         <v>0</v>
       </c>
       <c r="P316" s="5">
         <v>12</v>
       </c>
       <c r="Q316">
+        <v>0</v>
+      </c>
+      <c r="R316">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S316">
         <v>252</v>
       </c>
       <c r="T316" s="3">
         <v>326</v>
       </c>
       <c r="U316" s="5">
         <v>338</v>
       </c>
       <c r="V316">
         <v>0</v>
       </c>
       <c r="W316">
         <v>0</v>
       </c>
       <c r="X316">
         <v>0</v>
       </c>
       <c r="Y316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:25">
       <c r="A317">
@@ -24916,54 +24916,54 @@
       <c r="I318">
         <v>1</v>
       </c>
       <c r="J318">
         <v>1</v>
       </c>
       <c r="K318">
         <v>0</v>
       </c>
       <c r="L318" s="3">
         <v>80</v>
       </c>
       <c r="M318">
         <v>0</v>
       </c>
       <c r="N318">
         <v>0</v>
       </c>
       <c r="O318" s="3">
         <v>0</v>
       </c>
       <c r="P318" s="5">
         <v>80</v>
       </c>
       <c r="Q318">
+        <v>0</v>
+      </c>
+      <c r="R318">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S318">
         <v>0</v>
       </c>
       <c r="T318" s="3">
         <v>32</v>
       </c>
       <c r="U318" s="5">
         <v>112</v>
       </c>
       <c r="V318">
         <v>0</v>
       </c>
       <c r="W318">
         <v>0</v>
       </c>
       <c r="X318">
         <v>0</v>
       </c>
       <c r="Y318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:25">
       <c r="A319">
@@ -24993,54 +24993,54 @@
       <c r="I319">
         <v>0</v>
       </c>
       <c r="J319">
         <v>1</v>
       </c>
       <c r="K319">
         <v>1</v>
       </c>
       <c r="L319" s="3">
         <v>20</v>
       </c>
       <c r="M319">
         <v>0</v>
       </c>
       <c r="N319">
         <v>2</v>
       </c>
       <c r="O319" s="3">
         <v>2</v>
       </c>
       <c r="P319" s="5">
         <v>22</v>
       </c>
       <c r="Q319">
+        <v>0</v>
+      </c>
+      <c r="R319">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S319">
         <v>0</v>
       </c>
       <c r="T319" s="3">
         <v>88</v>
       </c>
       <c r="U319" s="5">
         <v>110</v>
       </c>
       <c r="V319">
         <v>1962</v>
       </c>
       <c r="W319">
         <v>1646</v>
       </c>
       <c r="X319">
         <v>0</v>
       </c>
       <c r="Y319" s="3">
         <v>3608</v>
       </c>
     </row>
     <row r="320" spans="1:25">
       <c r="A320">
@@ -25070,54 +25070,54 @@
       <c r="I320">
         <v>1</v>
       </c>
       <c r="J320">
         <v>1</v>
       </c>
       <c r="K320">
         <v>0</v>
       </c>
       <c r="L320" s="3">
         <v>13</v>
       </c>
       <c r="M320">
         <v>0</v>
       </c>
       <c r="N320">
         <v>3</v>
       </c>
       <c r="O320" s="3">
         <v>3</v>
       </c>
       <c r="P320" s="5">
         <v>16</v>
       </c>
       <c r="Q320">
+        <v>0</v>
+      </c>
+      <c r="R320">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S320">
         <v>0</v>
       </c>
       <c r="T320" s="3">
         <v>294</v>
       </c>
       <c r="U320" s="5">
         <v>310</v>
       </c>
       <c r="V320">
         <v>0</v>
       </c>
       <c r="W320">
         <v>0</v>
       </c>
       <c r="X320">
         <v>0</v>
       </c>
       <c r="Y320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:25">
       <c r="A321">
@@ -25147,54 +25147,54 @@
       <c r="I321">
         <v>0</v>
       </c>
       <c r="J321">
         <v>0</v>
       </c>
       <c r="K321">
         <v>0</v>
       </c>
       <c r="L321" s="3">
         <v>30</v>
       </c>
       <c r="M321">
         <v>0</v>
       </c>
       <c r="N321">
         <v>44</v>
       </c>
       <c r="O321" s="3">
         <v>44</v>
       </c>
       <c r="P321" s="5">
         <v>74</v>
       </c>
       <c r="Q321">
+        <v>0</v>
+      </c>
+      <c r="R321">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S321">
         <v>0</v>
       </c>
       <c r="T321" s="3">
         <v>205</v>
       </c>
       <c r="U321" s="5">
         <v>279</v>
       </c>
       <c r="V321">
         <v>0</v>
       </c>
       <c r="W321">
         <v>0</v>
       </c>
       <c r="X321">
         <v>0</v>
       </c>
       <c r="Y321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:25">
       <c r="A322">
@@ -25455,54 +25455,54 @@
       <c r="I325">
         <v>1</v>
       </c>
       <c r="J325">
         <v>0</v>
       </c>
       <c r="K325">
         <v>1</v>
       </c>
       <c r="L325" s="3">
         <v>46</v>
       </c>
       <c r="M325">
         <v>0</v>
       </c>
       <c r="N325">
         <v>0</v>
       </c>
       <c r="O325" s="3">
         <v>0</v>
       </c>
       <c r="P325" s="5">
         <v>46</v>
       </c>
       <c r="Q325">
+        <v>0</v>
+      </c>
+      <c r="R325">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S325">
         <v>0</v>
       </c>
       <c r="T325" s="3">
         <v>224</v>
       </c>
       <c r="U325" s="5">
         <v>270</v>
       </c>
       <c r="V325">
         <v>0</v>
       </c>
       <c r="W325">
         <v>0</v>
       </c>
       <c r="X325">
         <v>0</v>
       </c>
       <c r="Y325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:25">
       <c r="A326">
@@ -25532,54 +25532,54 @@
       <c r="I326">
         <v>0</v>
       </c>
       <c r="J326">
         <v>0</v>
       </c>
       <c r="K326">
         <v>0</v>
       </c>
       <c r="L326" s="3">
         <v>21</v>
       </c>
       <c r="M326">
         <v>0</v>
       </c>
       <c r="N326">
         <v>0</v>
       </c>
       <c r="O326" s="3">
         <v>0</v>
       </c>
       <c r="P326" s="5">
         <v>21</v>
       </c>
       <c r="Q326">
+        <v>41</v>
+      </c>
+      <c r="R326">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S326">
         <v>0</v>
       </c>
       <c r="T326" s="3">
         <v>401</v>
       </c>
       <c r="U326" s="5">
         <v>422</v>
       </c>
       <c r="V326">
         <v>0</v>
       </c>
       <c r="W326">
         <v>0</v>
       </c>
       <c r="X326">
         <v>0</v>
       </c>
       <c r="Y326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:25">
       <c r="A327">
@@ -25609,54 +25609,54 @@
       <c r="I327">
         <v>0</v>
       </c>
       <c r="J327">
         <v>0</v>
       </c>
       <c r="K327">
         <v>2</v>
       </c>
       <c r="L327" s="3">
         <v>13</v>
       </c>
       <c r="M327">
         <v>0</v>
       </c>
       <c r="N327">
         <v>0</v>
       </c>
       <c r="O327" s="3">
         <v>0</v>
       </c>
       <c r="P327" s="5">
         <v>13</v>
       </c>
       <c r="Q327">
+        <v>0</v>
+      </c>
+      <c r="R327">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S327">
         <v>0</v>
       </c>
       <c r="T327" s="3">
         <v>256</v>
       </c>
       <c r="U327" s="5">
         <v>269</v>
       </c>
       <c r="V327">
         <v>0</v>
       </c>
       <c r="W327">
         <v>0</v>
       </c>
       <c r="X327">
         <v>0</v>
       </c>
       <c r="Y327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:25">
       <c r="A328">
@@ -25840,54 +25840,54 @@
       <c r="I330">
         <v>0</v>
       </c>
       <c r="J330">
         <v>0</v>
       </c>
       <c r="K330">
         <v>0</v>
       </c>
       <c r="L330" s="3">
         <v>0</v>
       </c>
       <c r="M330">
         <v>0</v>
       </c>
       <c r="N330">
         <v>0</v>
       </c>
       <c r="O330" s="3">
         <v>0</v>
       </c>
       <c r="P330" s="5">
         <v>0</v>
       </c>
       <c r="Q330">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="R330">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="S330">
         <v>0</v>
       </c>
       <c r="T330" s="3">
         <v>96</v>
       </c>
       <c r="U330" s="5">
         <v>96</v>
       </c>
       <c r="V330">
         <v>0</v>
       </c>
       <c r="W330">
         <v>0</v>
       </c>
       <c r="X330">
         <v>0</v>
       </c>
       <c r="Y330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:25">
       <c r="A331">
@@ -25994,54 +25994,54 @@
       <c r="I332">
         <v>1</v>
       </c>
       <c r="J332">
         <v>1</v>
       </c>
       <c r="K332">
         <v>0</v>
       </c>
       <c r="L332" s="3">
         <v>12</v>
       </c>
       <c r="M332">
         <v>0</v>
       </c>
       <c r="N332">
         <v>10</v>
       </c>
       <c r="O332" s="3">
         <v>10</v>
       </c>
       <c r="P332" s="5">
         <v>22</v>
       </c>
       <c r="Q332">
+        <v>0</v>
+      </c>
+      <c r="R332">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S332">
         <v>0</v>
       </c>
       <c r="T332" s="3">
         <v>48</v>
       </c>
       <c r="U332" s="5">
         <v>70</v>
       </c>
       <c r="V332">
         <v>0</v>
       </c>
       <c r="W332">
         <v>0</v>
       </c>
       <c r="X332">
         <v>0</v>
       </c>
       <c r="Y332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:25">
       <c r="A333">
@@ -26071,54 +26071,54 @@
       <c r="I333">
         <v>0</v>
       </c>
       <c r="J333">
         <v>0</v>
       </c>
       <c r="K333">
         <v>0</v>
       </c>
       <c r="L333" s="3">
         <v>0</v>
       </c>
       <c r="M333">
         <v>0</v>
       </c>
       <c r="N333">
         <v>0</v>
       </c>
       <c r="O333" s="3">
         <v>0</v>
       </c>
       <c r="P333" s="5">
         <v>0</v>
       </c>
       <c r="Q333">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="R333">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="S333">
         <v>0</v>
       </c>
       <c r="T333" s="3">
         <v>38</v>
       </c>
       <c r="U333" s="5">
         <v>38</v>
       </c>
       <c r="V333">
         <v>0</v>
       </c>
       <c r="W333">
         <v>0</v>
       </c>
       <c r="X333">
         <v>0</v>
       </c>
       <c r="Y333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:25">
       <c r="A334">
@@ -26302,54 +26302,54 @@
       <c r="I336">
         <v>2</v>
       </c>
       <c r="J336">
         <v>2</v>
       </c>
       <c r="K336">
         <v>1</v>
       </c>
       <c r="L336" s="3">
         <v>31</v>
       </c>
       <c r="M336">
         <v>0</v>
       </c>
       <c r="N336">
         <v>0</v>
       </c>
       <c r="O336" s="3">
         <v>0</v>
       </c>
       <c r="P336" s="5">
         <v>31</v>
       </c>
       <c r="Q336">
+        <v>0</v>
+      </c>
+      <c r="R336">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S336">
         <v>0</v>
       </c>
       <c r="T336" s="3">
         <v>24</v>
       </c>
       <c r="U336" s="5">
         <v>55</v>
       </c>
       <c r="V336">
         <v>0</v>
       </c>
       <c r="W336">
         <v>0</v>
       </c>
       <c r="X336">
         <v>0</v>
       </c>
       <c r="Y336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:25">
       <c r="A337">
@@ -26379,54 +26379,54 @@
       <c r="I337">
         <v>0</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
       <c r="K337">
         <v>0</v>
       </c>
       <c r="L337" s="3">
         <v>8</v>
       </c>
       <c r="M337">
         <v>0</v>
       </c>
       <c r="N337">
         <v>0</v>
       </c>
       <c r="O337" s="3">
         <v>0</v>
       </c>
       <c r="P337" s="5">
         <v>8</v>
       </c>
       <c r="Q337">
+        <v>202</v>
+      </c>
+      <c r="R337">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="S337">
         <v>16</v>
       </c>
       <c r="T337" s="3">
         <v>381</v>
       </c>
       <c r="U337" s="5">
         <v>389</v>
       </c>
       <c r="V337">
         <v>0</v>
       </c>
       <c r="W337">
         <v>0</v>
       </c>
       <c r="X337">
         <v>0</v>
       </c>
       <c r="Y337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:25">
       <c r="A338">
@@ -26456,54 +26456,54 @@
       <c r="I338">
         <v>2</v>
       </c>
       <c r="J338">
         <v>1</v>
       </c>
       <c r="K338">
         <v>1</v>
       </c>
       <c r="L338" s="3">
         <v>18</v>
       </c>
       <c r="M338">
         <v>0</v>
       </c>
       <c r="N338">
         <v>0</v>
       </c>
       <c r="O338" s="3">
         <v>0</v>
       </c>
       <c r="P338" s="5">
         <v>18</v>
       </c>
       <c r="Q338">
+        <v>0</v>
+      </c>
+      <c r="R338">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S338">
         <v>0</v>
       </c>
       <c r="T338" s="3">
         <v>20</v>
       </c>
       <c r="U338" s="5">
         <v>38</v>
       </c>
       <c r="V338">
         <v>0</v>
       </c>
       <c r="W338">
         <v>0</v>
       </c>
       <c r="X338">
         <v>0</v>
       </c>
       <c r="Y338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:25">
       <c r="A339">
@@ -26610,54 +26610,54 @@
       <c r="I340">
         <v>0</v>
       </c>
       <c r="J340">
         <v>0</v>
       </c>
       <c r="K340">
         <v>0</v>
       </c>
       <c r="L340" s="3">
         <v>11</v>
       </c>
       <c r="M340">
         <v>0</v>
       </c>
       <c r="N340">
         <v>0</v>
       </c>
       <c r="O340" s="3">
         <v>0</v>
       </c>
       <c r="P340" s="5">
         <v>11</v>
       </c>
       <c r="Q340">
+        <v>0</v>
+      </c>
+      <c r="R340">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S340">
         <v>0</v>
       </c>
       <c r="T340" s="3">
         <v>171</v>
       </c>
       <c r="U340" s="5">
         <v>182</v>
       </c>
       <c r="V340">
         <v>0</v>
       </c>
       <c r="W340">
         <v>0</v>
       </c>
       <c r="X340">
         <v>0</v>
       </c>
       <c r="Y340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:25">
       <c r="A341">
@@ -26687,54 +26687,54 @@
       <c r="I341">
         <v>0</v>
       </c>
       <c r="J341">
         <v>2</v>
       </c>
       <c r="K341">
         <v>0</v>
       </c>
       <c r="L341" s="3">
         <v>17</v>
       </c>
       <c r="M341">
         <v>0</v>
       </c>
       <c r="N341">
         <v>0</v>
       </c>
       <c r="O341" s="3">
         <v>0</v>
       </c>
       <c r="P341" s="5">
         <v>17</v>
       </c>
       <c r="Q341">
+        <v>0</v>
+      </c>
+      <c r="R341">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S341">
         <v>0</v>
       </c>
       <c r="T341" s="3">
         <v>22</v>
       </c>
       <c r="U341" s="5">
         <v>39</v>
       </c>
       <c r="V341">
         <v>0</v>
       </c>
       <c r="W341">
         <v>0</v>
       </c>
       <c r="X341">
         <v>0</v>
       </c>
       <c r="Y341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:25">
       <c r="A342">
@@ -26841,54 +26841,54 @@
       <c r="I343">
         <v>0</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
       <c r="K343">
         <v>0</v>
       </c>
       <c r="L343" s="3">
         <v>15</v>
       </c>
       <c r="M343">
         <v>0</v>
       </c>
       <c r="N343">
         <v>11</v>
       </c>
       <c r="O343" s="3">
         <v>11</v>
       </c>
       <c r="P343" s="5">
         <v>26</v>
       </c>
       <c r="Q343">
+        <v>0</v>
+      </c>
+      <c r="R343">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S343">
         <v>0</v>
       </c>
       <c r="T343" s="3">
         <v>51</v>
       </c>
       <c r="U343" s="5">
         <v>77</v>
       </c>
       <c r="V343">
         <v>0</v>
       </c>
       <c r="W343">
         <v>0</v>
       </c>
       <c r="X343">
         <v>0</v>
       </c>
       <c r="Y343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:25">
       <c r="A344">
@@ -26995,54 +26995,54 @@
       <c r="I345">
         <v>0</v>
       </c>
       <c r="J345">
         <v>0</v>
       </c>
       <c r="K345">
         <v>0</v>
       </c>
       <c r="L345" s="3">
         <v>5</v>
       </c>
       <c r="M345">
         <v>0</v>
       </c>
       <c r="N345">
         <v>0</v>
       </c>
       <c r="O345" s="3">
         <v>0</v>
       </c>
       <c r="P345" s="5">
         <v>5</v>
       </c>
       <c r="Q345">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="R345">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S345">
         <v>0</v>
       </c>
       <c r="T345" s="3">
         <v>100</v>
       </c>
       <c r="U345" s="5">
         <v>105</v>
       </c>
       <c r="V345">
         <v>0</v>
       </c>
       <c r="W345">
         <v>0</v>
       </c>
       <c r="X345">
         <v>0</v>
       </c>
       <c r="Y345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:25">
       <c r="A346">
@@ -27149,54 +27149,54 @@
       <c r="I347">
         <v>3</v>
       </c>
       <c r="J347">
         <v>0</v>
       </c>
       <c r="K347">
         <v>4</v>
       </c>
       <c r="L347" s="3">
         <v>59</v>
       </c>
       <c r="M347">
         <v>0</v>
       </c>
       <c r="N347">
         <v>0</v>
       </c>
       <c r="O347" s="3">
         <v>0</v>
       </c>
       <c r="P347" s="5">
         <v>59</v>
       </c>
       <c r="Q347">
+        <v>652</v>
+      </c>
+      <c r="R347">
         <v>930</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="S347">
         <v>736</v>
       </c>
       <c r="T347" s="3">
         <v>2318</v>
       </c>
       <c r="U347" s="5">
         <v>2377</v>
       </c>
       <c r="V347">
         <v>0</v>
       </c>
       <c r="W347">
         <v>0</v>
       </c>
       <c r="X347">
         <v>0</v>
       </c>
       <c r="Y347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:25">
       <c r="A348">
@@ -27226,54 +27226,54 @@
       <c r="I348">
         <v>1</v>
       </c>
       <c r="J348">
         <v>0</v>
       </c>
       <c r="K348">
         <v>1</v>
       </c>
       <c r="L348" s="3">
         <v>36</v>
       </c>
       <c r="M348">
         <v>0</v>
       </c>
       <c r="N348">
         <v>0</v>
       </c>
       <c r="O348" s="3">
         <v>0</v>
       </c>
       <c r="P348" s="5">
         <v>36</v>
       </c>
       <c r="Q348">
+        <v>0</v>
+      </c>
+      <c r="R348">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S348">
         <v>0</v>
       </c>
       <c r="T348" s="3">
         <v>154</v>
       </c>
       <c r="U348" s="5">
         <v>190</v>
       </c>
       <c r="V348">
         <v>0</v>
       </c>
       <c r="W348">
         <v>0</v>
       </c>
       <c r="X348">
         <v>0</v>
       </c>
       <c r="Y348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:25">
       <c r="A349">
@@ -27303,54 +27303,54 @@
       <c r="I349">
         <v>1</v>
       </c>
       <c r="J349">
         <v>5</v>
       </c>
       <c r="K349">
         <v>1</v>
       </c>
       <c r="L349" s="3">
         <v>69</v>
       </c>
       <c r="M349">
         <v>0</v>
       </c>
       <c r="N349">
         <v>56</v>
       </c>
       <c r="O349" s="3">
         <v>56</v>
       </c>
       <c r="P349" s="5">
         <v>125</v>
       </c>
       <c r="Q349">
+        <v>293</v>
+      </c>
+      <c r="R349">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="S349">
         <v>102</v>
       </c>
       <c r="T349" s="3">
         <v>1186</v>
       </c>
       <c r="U349" s="5">
         <v>1311</v>
       </c>
       <c r="V349">
         <v>0</v>
       </c>
       <c r="W349">
         <v>0</v>
       </c>
       <c r="X349">
         <v>0</v>
       </c>
       <c r="Y349" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:25">
       <c r="A350">
@@ -27842,54 +27842,54 @@
       <c r="I356">
         <v>0</v>
       </c>
       <c r="J356">
         <v>0</v>
       </c>
       <c r="K356">
         <v>1</v>
       </c>
       <c r="L356" s="3">
         <v>20</v>
       </c>
       <c r="M356">
         <v>15</v>
       </c>
       <c r="N356">
         <v>0</v>
       </c>
       <c r="O356" s="3">
         <v>15</v>
       </c>
       <c r="P356" s="5">
         <v>35</v>
       </c>
       <c r="Q356">
+        <v>304</v>
+      </c>
+      <c r="R356">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="S356">
         <v>0</v>
       </c>
       <c r="T356" s="3">
         <v>733</v>
       </c>
       <c r="U356" s="5">
         <v>768</v>
       </c>
       <c r="V356">
         <v>0</v>
       </c>
       <c r="W356">
         <v>0</v>
       </c>
       <c r="X356">
         <v>0</v>
       </c>
       <c r="Y356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:25">
       <c r="A357">
@@ -27919,54 +27919,54 @@
       <c r="I357">
         <v>0</v>
       </c>
       <c r="J357">
         <v>1</v>
       </c>
       <c r="K357">
         <v>1</v>
       </c>
       <c r="L357" s="3">
         <v>24</v>
       </c>
       <c r="M357">
         <v>0</v>
       </c>
       <c r="N357">
         <v>0</v>
       </c>
       <c r="O357" s="3">
         <v>0</v>
       </c>
       <c r="P357" s="5">
         <v>24</v>
       </c>
       <c r="Q357">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="R357">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="S357">
         <v>0</v>
       </c>
       <c r="T357" s="3">
         <v>90</v>
       </c>
       <c r="U357" s="5">
         <v>114</v>
       </c>
       <c r="V357">
         <v>0</v>
       </c>
       <c r="W357">
         <v>0</v>
       </c>
       <c r="X357">
         <v>0</v>
       </c>
       <c r="Y357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:25">
       <c r="A358">
@@ -28381,54 +28381,54 @@
       <c r="I363">
         <v>1</v>
       </c>
       <c r="J363">
         <v>2</v>
       </c>
       <c r="K363">
         <v>3</v>
       </c>
       <c r="L363" s="3">
         <v>44</v>
       </c>
       <c r="M363">
         <v>0</v>
       </c>
       <c r="N363">
         <v>10</v>
       </c>
       <c r="O363" s="3">
         <v>10</v>
       </c>
       <c r="P363" s="5">
         <v>54</v>
       </c>
       <c r="Q363">
+        <v>86</v>
+      </c>
+      <c r="R363">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="S363">
         <v>9</v>
       </c>
       <c r="T363" s="3">
         <v>186</v>
       </c>
       <c r="U363" s="5">
         <v>240</v>
       </c>
       <c r="V363">
         <v>0</v>
       </c>
       <c r="W363">
         <v>0</v>
       </c>
       <c r="X363">
         <v>0</v>
       </c>
       <c r="Y363" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:25">
       <c r="A364">
@@ -29305,54 +29305,54 @@
       <c r="I375">
         <v>0</v>
       </c>
       <c r="J375">
         <v>0</v>
       </c>
       <c r="K375">
         <v>0</v>
       </c>
       <c r="L375" s="3">
         <v>1</v>
       </c>
       <c r="M375">
         <v>0</v>
       </c>
       <c r="N375">
         <v>0</v>
       </c>
       <c r="O375" s="3">
         <v>0</v>
       </c>
       <c r="P375" s="5">
         <v>1</v>
       </c>
       <c r="Q375">
+        <v>0</v>
+      </c>
+      <c r="R375">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S375">
         <v>0</v>
       </c>
       <c r="T375" s="3">
         <v>95</v>
       </c>
       <c r="U375" s="5">
         <v>96</v>
       </c>
       <c r="V375">
         <v>0</v>
       </c>
       <c r="W375">
         <v>0</v>
       </c>
       <c r="X375">
         <v>0</v>
       </c>
       <c r="Y375" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:25">
       <c r="A376">
@@ -29613,54 +29613,54 @@
       <c r="I379">
         <v>1</v>
       </c>
       <c r="J379">
         <v>0</v>
       </c>
       <c r="K379">
         <v>1</v>
       </c>
       <c r="L379" s="3">
         <v>9</v>
       </c>
       <c r="M379">
         <v>0</v>
       </c>
       <c r="N379">
         <v>0</v>
       </c>
       <c r="O379" s="3">
         <v>0</v>
       </c>
       <c r="P379" s="5">
         <v>9</v>
       </c>
       <c r="Q379">
+        <v>0</v>
+      </c>
+      <c r="R379">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S379">
         <v>0</v>
       </c>
       <c r="T379" s="3">
         <v>213</v>
       </c>
       <c r="U379" s="5">
         <v>222</v>
       </c>
       <c r="V379">
         <v>0</v>
       </c>
       <c r="W379">
         <v>0</v>
       </c>
       <c r="X379">
         <v>0</v>
       </c>
       <c r="Y379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:25">
       <c r="A380">
@@ -29844,54 +29844,54 @@
       <c r="I382">
         <v>446</v>
       </c>
       <c r="J382">
         <v>234</v>
       </c>
       <c r="K382">
         <v>666</v>
       </c>
       <c r="L382" s="3">
         <v>9627</v>
       </c>
       <c r="M382">
         <v>767</v>
       </c>
       <c r="N382">
         <v>2444</v>
       </c>
       <c r="O382" s="3">
         <v>3211</v>
       </c>
       <c r="P382" s="5">
         <v>12838</v>
       </c>
       <c r="Q382">
+        <v>6736</v>
+      </c>
+      <c r="R382">
         <v>19549</v>
-      </c>
-[...1 lines deleted...]
-        <v>6736</v>
       </c>
       <c r="S382">
         <v>3261</v>
       </c>
       <c r="T382" s="3">
         <v>29546</v>
       </c>
       <c r="U382" s="5">
         <v>42384</v>
       </c>
       <c r="V382">
         <v>83422</v>
       </c>
       <c r="W382">
         <v>22428</v>
       </c>
       <c r="X382">
         <v>4219</v>
       </c>
       <c r="Y382" s="3">
         <v>110069</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>