--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -507,54 +507,54 @@
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="P1" s="4" t="s">
         <v>13</v>
       </c>
       <c r="Q1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="R1" s="1" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="U1" s="4" t="s">
         <v>16</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="Y1" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:25">
       <c r="A2">
@@ -584,54 +584,54 @@
       <c r="I2">
         <v>20</v>
       </c>
       <c r="J2">
         <v>11</v>
       </c>
       <c r="K2">
         <v>33</v>
       </c>
       <c r="L2" s="3">
         <v>223</v>
       </c>
       <c r="M2">
         <v>50</v>
       </c>
       <c r="N2">
         <v>0</v>
       </c>
       <c r="O2" s="3">
         <v>50</v>
       </c>
       <c r="P2" s="5">
         <v>273</v>
       </c>
       <c r="Q2">
+        <v>1585</v>
+      </c>
+      <c r="R2">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>1585</v>
       </c>
       <c r="S2">
         <v>454</v>
       </c>
       <c r="T2" s="3">
         <v>2604</v>
       </c>
       <c r="U2" s="5">
         <v>2877</v>
       </c>
       <c r="V2">
         <v>3231</v>
       </c>
       <c r="W2">
         <v>2618</v>
       </c>
       <c r="X2">
         <v>0</v>
       </c>
       <c r="Y2" s="3">
         <v>5849</v>
       </c>
     </row>
     <row r="3" spans="1:25">
       <c r="A3">
@@ -661,54 +661,54 @@
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3">
         <v>1</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3" s="3">
         <v>62</v>
       </c>
       <c r="M3">
         <v>0</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3" s="3">
         <v>2</v>
       </c>
       <c r="P3" s="5">
         <v>64</v>
       </c>
       <c r="Q3">
+        <v>707</v>
+      </c>
+      <c r="R3">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="S3">
         <v>0</v>
       </c>
       <c r="T3" s="3">
         <v>835</v>
       </c>
       <c r="U3" s="5">
         <v>899</v>
       </c>
       <c r="V3">
         <v>0</v>
       </c>
       <c r="W3">
         <v>0</v>
       </c>
       <c r="X3">
         <v>0</v>
       </c>
       <c r="Y3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:25">
       <c r="A4">
@@ -1200,54 +1200,54 @@
       <c r="I10">
         <v>2</v>
       </c>
       <c r="J10">
         <v>1</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10" s="3">
         <v>32</v>
       </c>
       <c r="M10">
         <v>0</v>
       </c>
       <c r="N10">
         <v>11</v>
       </c>
       <c r="O10" s="3">
         <v>11</v>
       </c>
       <c r="P10" s="5">
         <v>43</v>
       </c>
       <c r="Q10">
+        <v>183</v>
+      </c>
+      <c r="R10">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="S10">
         <v>0</v>
       </c>
       <c r="T10" s="3">
         <v>223</v>
       </c>
       <c r="U10" s="5">
         <v>266</v>
       </c>
       <c r="V10">
         <v>594</v>
       </c>
       <c r="W10">
         <v>0</v>
       </c>
       <c r="X10">
         <v>1648</v>
       </c>
       <c r="Y10" s="3">
         <v>2242</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11">
@@ -1354,54 +1354,54 @@
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12" s="3">
         <v>56</v>
       </c>
       <c r="M12">
         <v>56</v>
       </c>
       <c r="N12">
         <v>0</v>
       </c>
       <c r="O12" s="3">
         <v>56</v>
       </c>
       <c r="P12" s="5">
         <v>112</v>
       </c>
       <c r="Q12">
+        <v>156</v>
+      </c>
+      <c r="R12">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="S12">
         <v>0</v>
       </c>
       <c r="T12" s="3">
         <v>234</v>
       </c>
       <c r="U12" s="5">
         <v>346</v>
       </c>
       <c r="V12">
         <v>0</v>
       </c>
       <c r="W12">
         <v>0</v>
       </c>
       <c r="X12">
         <v>0</v>
       </c>
       <c r="Y12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13">
@@ -1585,54 +1585,54 @@
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15" s="3">
         <v>35</v>
       </c>
       <c r="M15">
         <v>30</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15" s="3">
         <v>34</v>
       </c>
       <c r="P15" s="5">
         <v>69</v>
       </c>
       <c r="Q15">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="R15">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="S15">
         <v>0</v>
       </c>
       <c r="T15" s="3">
         <v>28</v>
       </c>
       <c r="U15" s="5">
         <v>97</v>
       </c>
       <c r="V15">
         <v>0</v>
       </c>
       <c r="W15">
         <v>0</v>
       </c>
       <c r="X15">
         <v>0</v>
       </c>
       <c r="Y15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16">
@@ -1662,54 +1662,54 @@
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
       <c r="K16">
         <v>0</v>
       </c>
       <c r="L16" s="3">
         <v>5</v>
       </c>
       <c r="M16">
         <v>0</v>
       </c>
       <c r="N16">
         <v>126</v>
       </c>
       <c r="O16" s="3">
         <v>126</v>
       </c>
       <c r="P16" s="5">
         <v>131</v>
       </c>
       <c r="Q16">
+        <v>0</v>
+      </c>
+      <c r="R16">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S16">
         <v>0</v>
       </c>
       <c r="T16" s="3">
         <v>45</v>
       </c>
       <c r="U16" s="5">
         <v>176</v>
       </c>
       <c r="V16">
         <v>0</v>
       </c>
       <c r="W16">
         <v>0</v>
       </c>
       <c r="X16">
         <v>0</v>
       </c>
       <c r="Y16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17">
@@ -1893,54 +1893,54 @@
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>3</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19" s="3">
         <v>59</v>
       </c>
       <c r="M19">
         <v>52</v>
       </c>
       <c r="N19">
         <v>0</v>
       </c>
       <c r="O19" s="3">
         <v>52</v>
       </c>
       <c r="P19" s="5">
         <v>111</v>
       </c>
       <c r="Q19">
+        <v>775</v>
+      </c>
+      <c r="R19">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
       <c r="S19">
         <v>397</v>
       </c>
       <c r="T19" s="3">
         <v>1680</v>
       </c>
       <c r="U19" s="5">
         <v>1791</v>
       </c>
       <c r="V19">
         <v>0</v>
       </c>
       <c r="W19">
         <v>0</v>
       </c>
       <c r="X19">
         <v>0</v>
       </c>
       <c r="Y19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20">
@@ -2432,54 +2432,54 @@
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26" s="3">
         <v>9</v>
       </c>
       <c r="M26">
         <v>0</v>
       </c>
       <c r="N26">
         <v>25</v>
       </c>
       <c r="O26" s="3">
         <v>25</v>
       </c>
       <c r="P26" s="5">
         <v>34</v>
       </c>
       <c r="Q26">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="R26">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="S26">
         <v>0</v>
       </c>
       <c r="T26" s="3">
         <v>31</v>
       </c>
       <c r="U26" s="5">
         <v>65</v>
       </c>
       <c r="V26">
         <v>0</v>
       </c>
       <c r="W26">
         <v>0</v>
       </c>
       <c r="X26">
         <v>0</v>
       </c>
       <c r="Y26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27">
@@ -2663,54 +2663,54 @@
       <c r="I29">
         <v>1</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29" s="3">
         <v>30</v>
       </c>
       <c r="M29">
         <v>0</v>
       </c>
       <c r="N29">
         <v>0</v>
       </c>
       <c r="O29" s="3">
         <v>0</v>
       </c>
       <c r="P29" s="5">
         <v>30</v>
       </c>
       <c r="Q29">
-        <v>0</v>
+        <v>47</v>
       </c>
       <c r="R29">
-        <v>47</v>
+        <v>0</v>
       </c>
       <c r="S29">
         <v>0</v>
       </c>
       <c r="T29" s="3">
         <v>47</v>
       </c>
       <c r="U29" s="5">
         <v>77</v>
       </c>
       <c r="V29">
         <v>0</v>
       </c>
       <c r="W29">
         <v>0</v>
       </c>
       <c r="X29">
         <v>0</v>
       </c>
       <c r="Y29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30">
@@ -3048,54 +3048,54 @@
       <c r="I34">
         <v>0</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
       <c r="K34">
         <v>0</v>
       </c>
       <c r="L34" s="3">
         <v>1</v>
       </c>
       <c r="M34">
         <v>0</v>
       </c>
       <c r="N34">
         <v>0</v>
       </c>
       <c r="O34" s="3">
         <v>0</v>
       </c>
       <c r="P34" s="5">
         <v>1</v>
       </c>
       <c r="Q34">
+        <v>32</v>
+      </c>
+      <c r="R34">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="S34">
         <v>0</v>
       </c>
       <c r="T34" s="3">
         <v>121</v>
       </c>
       <c r="U34" s="5">
         <v>122</v>
       </c>
       <c r="V34">
         <v>0</v>
       </c>
       <c r="W34">
         <v>0</v>
       </c>
       <c r="X34">
         <v>0</v>
       </c>
       <c r="Y34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35">
@@ -3125,54 +3125,54 @@
       <c r="I35">
         <v>2</v>
       </c>
       <c r="J35">
         <v>1</v>
       </c>
       <c r="K35">
         <v>2</v>
       </c>
       <c r="L35" s="3">
         <v>22</v>
       </c>
       <c r="M35">
         <v>0</v>
       </c>
       <c r="N35">
         <v>20</v>
       </c>
       <c r="O35" s="3">
         <v>20</v>
       </c>
       <c r="P35" s="5">
         <v>42</v>
       </c>
       <c r="Q35">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="R35">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="S35">
         <v>0</v>
       </c>
       <c r="T35" s="3">
         <v>23</v>
       </c>
       <c r="U35" s="5">
         <v>65</v>
       </c>
       <c r="V35">
         <v>0</v>
       </c>
       <c r="W35">
         <v>0</v>
       </c>
       <c r="X35">
         <v>0</v>
       </c>
       <c r="Y35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36">
@@ -3356,54 +3356,54 @@
       <c r="I38">
         <v>3</v>
       </c>
       <c r="J38">
         <v>2</v>
       </c>
       <c r="K38">
         <v>9</v>
       </c>
       <c r="L38" s="3">
         <v>108</v>
       </c>
       <c r="M38">
         <v>66</v>
       </c>
       <c r="N38">
         <v>34</v>
       </c>
       <c r="O38" s="3">
         <v>100</v>
       </c>
       <c r="P38" s="5">
         <v>208</v>
       </c>
       <c r="Q38">
+        <v>445</v>
+      </c>
+      <c r="R38">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="S38">
         <v>0</v>
       </c>
       <c r="T38" s="3">
         <v>508</v>
       </c>
       <c r="U38" s="5">
         <v>716</v>
       </c>
       <c r="V38">
         <v>0</v>
       </c>
       <c r="W38">
         <v>0</v>
       </c>
       <c r="X38">
         <v>2045</v>
       </c>
       <c r="Y38" s="3">
         <v>2045</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39">
@@ -3895,54 +3895,54 @@
       <c r="I45">
         <v>2</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45" s="3">
         <v>12</v>
       </c>
       <c r="M45">
         <v>0</v>
       </c>
       <c r="N45">
         <v>0</v>
       </c>
       <c r="O45" s="3">
         <v>0</v>
       </c>
       <c r="P45" s="5">
         <v>12</v>
       </c>
       <c r="Q45">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="R45">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="S45">
         <v>0</v>
       </c>
       <c r="T45" s="3">
         <v>32</v>
       </c>
       <c r="U45" s="5">
         <v>44</v>
       </c>
       <c r="V45">
         <v>0</v>
       </c>
       <c r="W45">
         <v>0</v>
       </c>
       <c r="X45">
         <v>0</v>
       </c>
       <c r="Y45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46">
@@ -4126,54 +4126,54 @@
       <c r="I48">
         <v>3</v>
       </c>
       <c r="J48">
         <v>1</v>
       </c>
       <c r="K48">
         <v>2</v>
       </c>
       <c r="L48" s="3">
         <v>25</v>
       </c>
       <c r="M48">
         <v>0</v>
       </c>
       <c r="N48">
         <v>0</v>
       </c>
       <c r="O48" s="3">
         <v>0</v>
       </c>
       <c r="P48" s="5">
         <v>25</v>
       </c>
       <c r="Q48">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="R48">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="S48">
         <v>0</v>
       </c>
       <c r="T48" s="3">
         <v>14</v>
       </c>
       <c r="U48" s="5">
         <v>39</v>
       </c>
       <c r="V48">
         <v>0</v>
       </c>
       <c r="W48">
         <v>0</v>
       </c>
       <c r="X48">
         <v>0</v>
       </c>
       <c r="Y48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49">
@@ -4203,54 +4203,54 @@
       <c r="I49">
         <v>0</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
       <c r="K49">
         <v>0</v>
       </c>
       <c r="L49" s="3">
         <v>2</v>
       </c>
       <c r="M49">
         <v>0</v>
       </c>
       <c r="N49">
         <v>0</v>
       </c>
       <c r="O49" s="3">
         <v>0</v>
       </c>
       <c r="P49" s="5">
         <v>2</v>
       </c>
       <c r="Q49">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="R49">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="S49">
         <v>0</v>
       </c>
       <c r="T49" s="3">
         <v>4</v>
       </c>
       <c r="U49" s="5">
         <v>6</v>
       </c>
       <c r="V49">
         <v>0</v>
       </c>
       <c r="W49">
         <v>0</v>
       </c>
       <c r="X49">
         <v>0</v>
       </c>
       <c r="Y49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50">
@@ -4511,54 +4511,54 @@
       <c r="I53">
         <v>0</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53" s="3">
         <v>13</v>
       </c>
       <c r="M53">
         <v>86</v>
       </c>
       <c r="N53">
         <v>0</v>
       </c>
       <c r="O53" s="3">
         <v>86</v>
       </c>
       <c r="P53" s="5">
         <v>99</v>
       </c>
       <c r="Q53">
+        <v>0</v>
+      </c>
+      <c r="R53">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S53">
         <v>0</v>
       </c>
       <c r="T53" s="3">
         <v>28</v>
       </c>
       <c r="U53" s="5">
         <v>127</v>
       </c>
       <c r="V53">
         <v>0</v>
       </c>
       <c r="W53">
         <v>0</v>
       </c>
       <c r="X53">
         <v>0</v>
       </c>
       <c r="Y53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54">
@@ -4742,54 +4742,54 @@
       <c r="I56">
         <v>1</v>
       </c>
       <c r="J56">
         <v>1</v>
       </c>
       <c r="K56">
         <v>2</v>
       </c>
       <c r="L56" s="3">
         <v>27</v>
       </c>
       <c r="M56">
         <v>0</v>
       </c>
       <c r="N56">
         <v>0</v>
       </c>
       <c r="O56" s="3">
         <v>0</v>
       </c>
       <c r="P56" s="5">
         <v>27</v>
       </c>
       <c r="Q56">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="R56">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="S56">
         <v>0</v>
       </c>
       <c r="T56" s="3">
         <v>130</v>
       </c>
       <c r="U56" s="5">
         <v>157</v>
       </c>
       <c r="V56">
         <v>0</v>
       </c>
       <c r="W56">
         <v>0</v>
       </c>
       <c r="X56">
         <v>0</v>
       </c>
       <c r="Y56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57">
@@ -5050,54 +5050,54 @@
       <c r="I60">
         <v>0</v>
       </c>
       <c r="J60">
         <v>0</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60" s="3">
         <v>2</v>
       </c>
       <c r="M60">
         <v>0</v>
       </c>
       <c r="N60">
         <v>0</v>
       </c>
       <c r="O60" s="3">
         <v>0</v>
       </c>
       <c r="P60" s="5">
         <v>2</v>
       </c>
       <c r="Q60">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="R60">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="S60">
         <v>0</v>
       </c>
       <c r="T60" s="3">
         <v>15</v>
       </c>
       <c r="U60" s="5">
         <v>17</v>
       </c>
       <c r="V60">
         <v>0</v>
       </c>
       <c r="W60">
         <v>0</v>
       </c>
       <c r="X60">
         <v>0</v>
       </c>
       <c r="Y60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61">
@@ -5435,54 +5435,54 @@
       <c r="I65">
         <v>2</v>
       </c>
       <c r="J65">
         <v>1</v>
       </c>
       <c r="K65">
         <v>3</v>
       </c>
       <c r="L65" s="3">
         <v>65</v>
       </c>
       <c r="M65">
         <v>0</v>
       </c>
       <c r="N65">
         <v>0</v>
       </c>
       <c r="O65" s="3">
         <v>0</v>
       </c>
       <c r="P65" s="5">
         <v>65</v>
       </c>
       <c r="Q65">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="R65">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="S65">
         <v>0</v>
       </c>
       <c r="T65" s="3">
         <v>76</v>
       </c>
       <c r="U65" s="5">
         <v>141</v>
       </c>
       <c r="V65">
         <v>0</v>
       </c>
       <c r="W65">
         <v>0</v>
       </c>
       <c r="X65">
         <v>0</v>
       </c>
       <c r="Y65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:25">
       <c r="A66">
@@ -5589,54 +5589,54 @@
       <c r="I67">
         <v>0</v>
       </c>
       <c r="J67">
         <v>0</v>
       </c>
       <c r="K67">
         <v>2</v>
       </c>
       <c r="L67" s="3">
         <v>16</v>
       </c>
       <c r="M67">
         <v>0</v>
       </c>
       <c r="N67">
         <v>0</v>
       </c>
       <c r="O67" s="3">
         <v>0</v>
       </c>
       <c r="P67" s="5">
         <v>16</v>
       </c>
       <c r="Q67">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="R67">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="S67">
         <v>0</v>
       </c>
       <c r="T67" s="3">
         <v>45</v>
       </c>
       <c r="U67" s="5">
         <v>61</v>
       </c>
       <c r="V67">
         <v>0</v>
       </c>
       <c r="W67">
         <v>0</v>
       </c>
       <c r="X67">
         <v>0</v>
       </c>
       <c r="Y67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:25">
       <c r="A68">
@@ -5974,54 +5974,54 @@
       <c r="I72">
         <v>0</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
       <c r="L72" s="3">
         <v>8</v>
       </c>
       <c r="M72">
         <v>0</v>
       </c>
       <c r="N72">
         <v>0</v>
       </c>
       <c r="O72" s="3">
         <v>0</v>
       </c>
       <c r="P72" s="5">
         <v>8</v>
       </c>
       <c r="Q72">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="R72">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="S72">
         <v>0</v>
       </c>
       <c r="T72" s="3">
         <v>13</v>
       </c>
       <c r="U72" s="5">
         <v>21</v>
       </c>
       <c r="V72">
         <v>0</v>
       </c>
       <c r="W72">
         <v>0</v>
       </c>
       <c r="X72">
         <v>0</v>
       </c>
       <c r="Y72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73">
@@ -6051,54 +6051,54 @@
       <c r="I73">
         <v>7</v>
       </c>
       <c r="J73">
         <v>0</v>
       </c>
       <c r="K73">
         <v>3</v>
       </c>
       <c r="L73" s="3">
         <v>44</v>
       </c>
       <c r="M73">
         <v>0</v>
       </c>
       <c r="N73">
         <v>0</v>
       </c>
       <c r="O73" s="3">
         <v>0</v>
       </c>
       <c r="P73" s="5">
         <v>44</v>
       </c>
       <c r="Q73">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="R73">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="S73">
         <v>0</v>
       </c>
       <c r="T73" s="3">
         <v>6</v>
       </c>
       <c r="U73" s="5">
         <v>50</v>
       </c>
       <c r="V73">
         <v>0</v>
       </c>
       <c r="W73">
         <v>0</v>
       </c>
       <c r="X73">
         <v>0</v>
       </c>
       <c r="Y73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74">
@@ -7360,54 +7360,54 @@
       <c r="I90">
         <v>0</v>
       </c>
       <c r="J90">
         <v>1</v>
       </c>
       <c r="K90">
         <v>3</v>
       </c>
       <c r="L90" s="3">
         <v>63</v>
       </c>
       <c r="M90">
         <v>0</v>
       </c>
       <c r="N90">
         <v>14</v>
       </c>
       <c r="O90" s="3">
         <v>14</v>
       </c>
       <c r="P90" s="5">
         <v>77</v>
       </c>
       <c r="Q90">
+        <v>1370</v>
+      </c>
+      <c r="R90">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
       <c r="S90">
         <v>0</v>
       </c>
       <c r="T90" s="3">
         <v>1532</v>
       </c>
       <c r="U90" s="5">
         <v>1609</v>
       </c>
       <c r="V90">
         <v>9831</v>
       </c>
       <c r="W90">
         <v>0</v>
       </c>
       <c r="X90">
         <v>0</v>
       </c>
       <c r="Y90" s="3">
         <v>9831</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91">
@@ -7437,54 +7437,54 @@
       <c r="I91">
         <v>7</v>
       </c>
       <c r="J91">
         <v>13</v>
       </c>
       <c r="K91">
         <v>10</v>
       </c>
       <c r="L91" s="3">
         <v>70</v>
       </c>
       <c r="M91">
         <v>0</v>
       </c>
       <c r="N91">
         <v>83</v>
       </c>
       <c r="O91" s="3">
         <v>83</v>
       </c>
       <c r="P91" s="5">
         <v>153</v>
       </c>
       <c r="Q91">
-        <v>0</v>
+        <v>140</v>
       </c>
       <c r="R91">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="S91">
         <v>26</v>
       </c>
       <c r="T91" s="3">
         <v>166</v>
       </c>
       <c r="U91" s="5">
         <v>319</v>
       </c>
       <c r="V91">
         <v>0</v>
       </c>
       <c r="W91">
         <v>0</v>
       </c>
       <c r="X91">
         <v>0</v>
       </c>
       <c r="Y91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92">
@@ -8361,54 +8361,54 @@
       <c r="I103">
         <v>0</v>
       </c>
       <c r="J103">
         <v>0</v>
       </c>
       <c r="K103">
         <v>0</v>
       </c>
       <c r="L103" s="3">
         <v>7</v>
       </c>
       <c r="M103">
         <v>0</v>
       </c>
       <c r="N103">
         <v>0</v>
       </c>
       <c r="O103" s="3">
         <v>0</v>
       </c>
       <c r="P103" s="5">
         <v>7</v>
       </c>
       <c r="Q103">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="R103">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="S103">
         <v>0</v>
       </c>
       <c r="T103" s="3">
         <v>48</v>
       </c>
       <c r="U103" s="5">
         <v>55</v>
       </c>
       <c r="V103">
         <v>0</v>
       </c>
       <c r="W103">
         <v>0</v>
       </c>
       <c r="X103">
         <v>0</v>
       </c>
       <c r="Y103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:25">
       <c r="A104">
@@ -8669,54 +8669,54 @@
       <c r="I107">
         <v>0</v>
       </c>
       <c r="J107">
         <v>0</v>
       </c>
       <c r="K107">
         <v>0</v>
       </c>
       <c r="L107" s="3">
         <v>4</v>
       </c>
       <c r="M107">
         <v>0</v>
       </c>
       <c r="N107">
         <v>0</v>
       </c>
       <c r="O107" s="3">
         <v>0</v>
       </c>
       <c r="P107" s="5">
         <v>4</v>
       </c>
       <c r="Q107">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="R107">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="S107">
         <v>0</v>
       </c>
       <c r="T107" s="3">
         <v>17</v>
       </c>
       <c r="U107" s="5">
         <v>21</v>
       </c>
       <c r="V107">
         <v>0</v>
       </c>
       <c r="W107">
         <v>0</v>
       </c>
       <c r="X107">
         <v>0</v>
       </c>
       <c r="Y107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:25">
       <c r="A108">
@@ -8900,54 +8900,54 @@
       <c r="I110">
         <v>1</v>
       </c>
       <c r="J110">
         <v>0</v>
       </c>
       <c r="K110">
         <v>2</v>
       </c>
       <c r="L110" s="3">
         <v>18</v>
       </c>
       <c r="M110">
         <v>0</v>
       </c>
       <c r="N110">
         <v>0</v>
       </c>
       <c r="O110" s="3">
         <v>0</v>
       </c>
       <c r="P110" s="5">
         <v>18</v>
       </c>
       <c r="Q110">
-        <v>0</v>
+        <v>304</v>
       </c>
       <c r="R110">
-        <v>304</v>
+        <v>0</v>
       </c>
       <c r="S110">
         <v>0</v>
       </c>
       <c r="T110" s="3">
         <v>304</v>
       </c>
       <c r="U110" s="5">
         <v>322</v>
       </c>
       <c r="V110">
         <v>0</v>
       </c>
       <c r="W110">
         <v>0</v>
       </c>
       <c r="X110">
         <v>0</v>
       </c>
       <c r="Y110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:25">
       <c r="A111">
@@ -9670,54 +9670,54 @@
       <c r="I120">
         <v>22</v>
       </c>
       <c r="J120">
         <v>24</v>
       </c>
       <c r="K120">
         <v>27</v>
       </c>
       <c r="L120" s="3">
         <v>196</v>
       </c>
       <c r="M120">
         <v>0</v>
       </c>
       <c r="N120">
         <v>0</v>
       </c>
       <c r="O120" s="3">
         <v>0</v>
       </c>
       <c r="P120" s="5">
         <v>196</v>
       </c>
       <c r="Q120">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="R120">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="S120">
         <v>0</v>
       </c>
       <c r="T120" s="3">
         <v>84</v>
       </c>
       <c r="U120" s="5">
         <v>280</v>
       </c>
       <c r="V120">
         <v>0</v>
       </c>
       <c r="W120">
         <v>0</v>
       </c>
       <c r="X120">
         <v>0</v>
       </c>
       <c r="Y120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:25">
       <c r="A121">
@@ -10440,54 +10440,54 @@
       <c r="I130">
         <v>1</v>
       </c>
       <c r="J130">
         <v>0</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130" s="3">
         <v>19</v>
       </c>
       <c r="M130">
         <v>0</v>
       </c>
       <c r="N130">
         <v>0</v>
       </c>
       <c r="O130" s="3">
         <v>0</v>
       </c>
       <c r="P130" s="5">
         <v>19</v>
       </c>
       <c r="Q130">
-        <v>0</v>
+        <v>247</v>
       </c>
       <c r="R130">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="S130">
         <v>0</v>
       </c>
       <c r="T130" s="3">
         <v>247</v>
       </c>
       <c r="U130" s="5">
         <v>266</v>
       </c>
       <c r="V130">
         <v>0</v>
       </c>
       <c r="W130">
         <v>0</v>
       </c>
       <c r="X130">
         <v>0</v>
       </c>
       <c r="Y130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:25">
       <c r="A131">
@@ -11133,54 +11133,54 @@
       <c r="I139">
         <v>2</v>
       </c>
       <c r="J139">
         <v>2</v>
       </c>
       <c r="K139">
         <v>2</v>
       </c>
       <c r="L139" s="3">
         <v>33</v>
       </c>
       <c r="M139">
         <v>0</v>
       </c>
       <c r="N139">
         <v>0</v>
       </c>
       <c r="O139" s="3">
         <v>0</v>
       </c>
       <c r="P139" s="5">
         <v>33</v>
       </c>
       <c r="Q139">
-        <v>0</v>
+        <v>211</v>
       </c>
       <c r="R139">
-        <v>211</v>
+        <v>0</v>
       </c>
       <c r="S139">
         <v>0</v>
       </c>
       <c r="T139" s="3">
         <v>211</v>
       </c>
       <c r="U139" s="5">
         <v>244</v>
       </c>
       <c r="V139">
         <v>0</v>
       </c>
       <c r="W139">
         <v>0</v>
       </c>
       <c r="X139">
         <v>0</v>
       </c>
       <c r="Y139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:25">
       <c r="A140">
@@ -11210,54 +11210,54 @@
       <c r="I140">
         <v>1</v>
       </c>
       <c r="J140">
         <v>0</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
       <c r="L140" s="3">
         <v>8</v>
       </c>
       <c r="M140">
         <v>0</v>
       </c>
       <c r="N140">
         <v>0</v>
       </c>
       <c r="O140" s="3">
         <v>0</v>
       </c>
       <c r="P140" s="5">
         <v>8</v>
       </c>
       <c r="Q140">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="R140">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="S140">
         <v>0</v>
       </c>
       <c r="T140" s="3">
         <v>49</v>
       </c>
       <c r="U140" s="5">
         <v>57</v>
       </c>
       <c r="V140">
         <v>0</v>
       </c>
       <c r="W140">
         <v>0</v>
       </c>
       <c r="X140">
         <v>0</v>
       </c>
       <c r="Y140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:25">
       <c r="A141">
@@ -11903,54 +11903,54 @@
       <c r="I149">
         <v>0</v>
       </c>
       <c r="J149">
         <v>1</v>
       </c>
       <c r="K149">
         <v>0</v>
       </c>
       <c r="L149" s="3">
         <v>31</v>
       </c>
       <c r="M149">
         <v>0</v>
       </c>
       <c r="N149">
         <v>6</v>
       </c>
       <c r="O149" s="3">
         <v>6</v>
       </c>
       <c r="P149" s="5">
         <v>37</v>
       </c>
       <c r="Q149">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="R149">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="S149">
         <v>0</v>
       </c>
       <c r="T149" s="3">
         <v>48</v>
       </c>
       <c r="U149" s="5">
         <v>85</v>
       </c>
       <c r="V149">
         <v>0</v>
       </c>
       <c r="W149">
         <v>0</v>
       </c>
       <c r="X149">
         <v>0</v>
       </c>
       <c r="Y149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:25">
       <c r="A150">
@@ -13212,54 +13212,54 @@
       <c r="I166">
         <v>4</v>
       </c>
       <c r="J166">
         <v>1</v>
       </c>
       <c r="K166">
         <v>10</v>
       </c>
       <c r="L166" s="3">
         <v>71</v>
       </c>
       <c r="M166">
         <v>0</v>
       </c>
       <c r="N166">
         <v>22</v>
       </c>
       <c r="O166" s="3">
         <v>22</v>
       </c>
       <c r="P166" s="5">
         <v>93</v>
       </c>
       <c r="Q166">
+        <v>41</v>
+      </c>
+      <c r="R166">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="S166">
         <v>55</v>
       </c>
       <c r="T166" s="3">
         <v>212</v>
       </c>
       <c r="U166" s="5">
         <v>305</v>
       </c>
       <c r="V166">
         <v>850</v>
       </c>
       <c r="W166">
         <v>0</v>
       </c>
       <c r="X166">
         <v>0</v>
       </c>
       <c r="Y166" s="3">
         <v>850</v>
       </c>
     </row>
     <row r="167" spans="1:25">
       <c r="A167">
@@ -13289,63 +13289,63 @@
       <c r="I167">
         <v>4</v>
       </c>
       <c r="J167">
         <v>2</v>
       </c>
       <c r="K167">
         <v>5</v>
       </c>
       <c r="L167" s="3">
         <v>47</v>
       </c>
       <c r="M167">
         <v>25</v>
       </c>
       <c r="N167">
         <v>190</v>
       </c>
       <c r="O167" s="3">
         <v>215</v>
       </c>
       <c r="P167" s="5">
         <v>262</v>
       </c>
       <c r="Q167">
+        <v>160</v>
+      </c>
+      <c r="R167">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="S167">
         <v>64</v>
       </c>
       <c r="T167" s="3">
-        <v>412</v>
+        <v>438</v>
       </c>
       <c r="U167" s="5">
-        <v>674</v>
+        <v>700</v>
       </c>
       <c r="V167">
         <v>577</v>
       </c>
       <c r="W167">
         <v>606</v>
       </c>
       <c r="X167">
         <v>0</v>
       </c>
       <c r="Y167" s="3">
         <v>1183</v>
       </c>
     </row>
     <row r="168" spans="1:25">
       <c r="A168">
         <v>50110</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
       <c r="C168">
         <v>0</v>
       </c>
       <c r="D168">
@@ -13366,54 +13366,54 @@
       <c r="I168">
         <v>4</v>
       </c>
       <c r="J168">
         <v>3</v>
       </c>
       <c r="K168">
         <v>5</v>
       </c>
       <c r="L168" s="3">
         <v>61</v>
       </c>
       <c r="M168">
         <v>30</v>
       </c>
       <c r="N168">
         <v>6</v>
       </c>
       <c r="O168" s="3">
         <v>36</v>
       </c>
       <c r="P168" s="5">
         <v>97</v>
       </c>
       <c r="Q168">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="R168">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="S168">
         <v>0</v>
       </c>
       <c r="T168" s="3">
         <v>55</v>
       </c>
       <c r="U168" s="5">
         <v>152</v>
       </c>
       <c r="V168">
         <v>0</v>
       </c>
       <c r="W168">
         <v>0</v>
       </c>
       <c r="X168">
         <v>0</v>
       </c>
       <c r="Y168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:25">
       <c r="A169">
@@ -13443,54 +13443,54 @@
       <c r="I169">
         <v>4</v>
       </c>
       <c r="J169">
         <v>3</v>
       </c>
       <c r="K169">
         <v>7</v>
       </c>
       <c r="L169" s="3">
         <v>60</v>
       </c>
       <c r="M169">
         <v>0</v>
       </c>
       <c r="N169">
         <v>101</v>
       </c>
       <c r="O169" s="3">
         <v>101</v>
       </c>
       <c r="P169" s="5">
         <v>161</v>
       </c>
       <c r="Q169">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="R169">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="S169">
         <v>0</v>
       </c>
       <c r="T169" s="3">
         <v>70</v>
       </c>
       <c r="U169" s="5">
         <v>231</v>
       </c>
       <c r="V169">
         <v>0</v>
       </c>
       <c r="W169">
         <v>0</v>
       </c>
       <c r="X169">
         <v>0</v>
       </c>
       <c r="Y169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:25">
       <c r="A170">
@@ -13597,54 +13597,54 @@
       <c r="I171">
         <v>1</v>
       </c>
       <c r="J171">
         <v>1</v>
       </c>
       <c r="K171">
         <v>3</v>
       </c>
       <c r="L171" s="3">
         <v>29</v>
       </c>
       <c r="M171">
         <v>12</v>
       </c>
       <c r="N171">
         <v>4</v>
       </c>
       <c r="O171" s="3">
         <v>16</v>
       </c>
       <c r="P171" s="5">
         <v>45</v>
       </c>
       <c r="Q171">
+        <v>0</v>
+      </c>
+      <c r="R171">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S171">
         <v>0</v>
       </c>
       <c r="T171" s="3">
         <v>64</v>
       </c>
       <c r="U171" s="5">
         <v>109</v>
       </c>
       <c r="V171">
         <v>0</v>
       </c>
       <c r="W171">
         <v>0</v>
       </c>
       <c r="X171">
         <v>0</v>
       </c>
       <c r="Y171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:25">
       <c r="A172">
@@ -13751,54 +13751,54 @@
       <c r="I173">
         <v>0</v>
       </c>
       <c r="J173">
         <v>0</v>
       </c>
       <c r="K173">
         <v>3</v>
       </c>
       <c r="L173" s="3">
         <v>16</v>
       </c>
       <c r="M173">
         <v>0</v>
       </c>
       <c r="N173">
         <v>37</v>
       </c>
       <c r="O173" s="3">
         <v>37</v>
       </c>
       <c r="P173" s="5">
         <v>53</v>
       </c>
       <c r="Q173">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="R173">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="S173">
         <v>0</v>
       </c>
       <c r="T173" s="3">
         <v>20</v>
       </c>
       <c r="U173" s="5">
         <v>73</v>
       </c>
       <c r="V173">
         <v>0</v>
       </c>
       <c r="W173">
         <v>0</v>
       </c>
       <c r="X173">
         <v>0</v>
       </c>
       <c r="Y173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:25">
       <c r="A174">
@@ -13905,54 +13905,54 @@
       <c r="I175">
         <v>1</v>
       </c>
       <c r="J175">
         <v>0</v>
       </c>
       <c r="K175">
         <v>2</v>
       </c>
       <c r="L175" s="3">
         <v>21</v>
       </c>
       <c r="M175">
         <v>0</v>
       </c>
       <c r="N175">
         <v>17</v>
       </c>
       <c r="O175" s="3">
         <v>17</v>
       </c>
       <c r="P175" s="5">
         <v>38</v>
       </c>
       <c r="Q175">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="R175">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="S175">
         <v>0</v>
       </c>
       <c r="T175" s="3">
         <v>38</v>
       </c>
       <c r="U175" s="5">
         <v>76</v>
       </c>
       <c r="V175">
         <v>0</v>
       </c>
       <c r="W175">
         <v>0</v>
       </c>
       <c r="X175">
         <v>0</v>
       </c>
       <c r="Y175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:25">
       <c r="A176">
@@ -14059,54 +14059,54 @@
       <c r="I177">
         <v>6</v>
       </c>
       <c r="J177">
         <v>4</v>
       </c>
       <c r="K177">
         <v>10</v>
       </c>
       <c r="L177" s="3">
         <v>101</v>
       </c>
       <c r="M177">
         <v>0</v>
       </c>
       <c r="N177">
         <v>2</v>
       </c>
       <c r="O177" s="3">
         <v>2</v>
       </c>
       <c r="P177" s="5">
         <v>103</v>
       </c>
       <c r="Q177">
+        <v>449</v>
+      </c>
+      <c r="R177">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="S177">
         <v>0</v>
       </c>
       <c r="T177" s="3">
         <v>704</v>
       </c>
       <c r="U177" s="5">
         <v>807</v>
       </c>
       <c r="V177">
         <v>490</v>
       </c>
       <c r="W177">
         <v>1900</v>
       </c>
       <c r="X177">
         <v>0</v>
       </c>
       <c r="Y177" s="3">
         <v>2390</v>
       </c>
     </row>
     <row r="178" spans="1:25">
       <c r="A178">
@@ -14290,54 +14290,54 @@
       <c r="I180">
         <v>1</v>
       </c>
       <c r="J180">
         <v>0</v>
       </c>
       <c r="K180">
         <v>1</v>
       </c>
       <c r="L180" s="3">
         <v>23</v>
       </c>
       <c r="M180">
         <v>0</v>
       </c>
       <c r="N180">
         <v>6</v>
       </c>
       <c r="O180" s="3">
         <v>6</v>
       </c>
       <c r="P180" s="5">
         <v>29</v>
       </c>
       <c r="Q180">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="R180">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="S180">
         <v>0</v>
       </c>
       <c r="T180" s="3">
         <v>8</v>
       </c>
       <c r="U180" s="5">
         <v>37</v>
       </c>
       <c r="V180">
         <v>0</v>
       </c>
       <c r="W180">
         <v>0</v>
       </c>
       <c r="X180">
         <v>0</v>
       </c>
       <c r="Y180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:25">
       <c r="A181">
@@ -14367,54 +14367,54 @@
       <c r="I181">
         <v>3</v>
       </c>
       <c r="J181">
         <v>1</v>
       </c>
       <c r="K181">
         <v>9</v>
       </c>
       <c r="L181" s="3">
         <v>54</v>
       </c>
       <c r="M181">
         <v>0</v>
       </c>
       <c r="N181">
         <v>0</v>
       </c>
       <c r="O181" s="3">
         <v>0</v>
       </c>
       <c r="P181" s="5">
         <v>54</v>
       </c>
       <c r="Q181">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="R181">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="S181">
         <v>0</v>
       </c>
       <c r="T181" s="3">
         <v>4</v>
       </c>
       <c r="U181" s="5">
         <v>58</v>
       </c>
       <c r="V181">
         <v>0</v>
       </c>
       <c r="W181">
         <v>0</v>
       </c>
       <c r="X181">
         <v>0</v>
       </c>
       <c r="Y181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:25">
       <c r="A182">
@@ -14829,54 +14829,54 @@
       <c r="I187">
         <v>1</v>
       </c>
       <c r="J187">
         <v>1</v>
       </c>
       <c r="K187">
         <v>4</v>
       </c>
       <c r="L187" s="3">
         <v>18</v>
       </c>
       <c r="M187">
         <v>0</v>
       </c>
       <c r="N187">
         <v>26</v>
       </c>
       <c r="O187" s="3">
         <v>26</v>
       </c>
       <c r="P187" s="5">
         <v>44</v>
       </c>
       <c r="Q187">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="R187">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="S187">
         <v>0</v>
       </c>
       <c r="T187" s="3">
         <v>15</v>
       </c>
       <c r="U187" s="5">
         <v>59</v>
       </c>
       <c r="V187">
         <v>0</v>
       </c>
       <c r="W187">
         <v>0</v>
       </c>
       <c r="X187">
         <v>0</v>
       </c>
       <c r="Y187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:25">
       <c r="A188">
@@ -15522,54 +15522,54 @@
       <c r="I196">
         <v>3</v>
       </c>
       <c r="J196">
         <v>0</v>
       </c>
       <c r="K196">
         <v>3</v>
       </c>
       <c r="L196" s="3">
         <v>55</v>
       </c>
       <c r="M196">
         <v>0</v>
       </c>
       <c r="N196">
         <v>0</v>
       </c>
       <c r="O196" s="3">
         <v>0</v>
       </c>
       <c r="P196" s="5">
         <v>55</v>
       </c>
       <c r="Q196">
-        <v>0</v>
+        <v>324</v>
       </c>
       <c r="R196">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="S196">
         <v>80</v>
       </c>
       <c r="T196" s="3">
         <v>404</v>
       </c>
       <c r="U196" s="5">
         <v>459</v>
       </c>
       <c r="V196">
         <v>0</v>
       </c>
       <c r="W196">
         <v>0</v>
       </c>
       <c r="X196">
         <v>0</v>
       </c>
       <c r="Y196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:25">
       <c r="A197">
@@ -15676,54 +15676,54 @@
       <c r="I198">
         <v>1</v>
       </c>
       <c r="J198">
         <v>1</v>
       </c>
       <c r="K198">
         <v>2</v>
       </c>
       <c r="L198" s="3">
         <v>17</v>
       </c>
       <c r="M198">
         <v>0</v>
       </c>
       <c r="N198">
         <v>8</v>
       </c>
       <c r="O198" s="3">
         <v>8</v>
       </c>
       <c r="P198" s="5">
         <v>25</v>
       </c>
       <c r="Q198">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="R198">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="S198">
         <v>0</v>
       </c>
       <c r="T198" s="3">
         <v>23</v>
       </c>
       <c r="U198" s="5">
         <v>48</v>
       </c>
       <c r="V198">
         <v>0</v>
       </c>
       <c r="W198">
         <v>910</v>
       </c>
       <c r="X198">
         <v>0</v>
       </c>
       <c r="Y198" s="3">
         <v>910</v>
       </c>
     </row>
     <row r="199" spans="1:25">
       <c r="A199">
@@ -16138,54 +16138,54 @@
       <c r="I204">
         <v>0</v>
       </c>
       <c r="J204">
         <v>0</v>
       </c>
       <c r="K204">
         <v>0</v>
       </c>
       <c r="L204" s="3">
         <v>0</v>
       </c>
       <c r="M204">
         <v>0</v>
       </c>
       <c r="N204">
         <v>0</v>
       </c>
       <c r="O204" s="3">
         <v>0</v>
       </c>
       <c r="P204" s="5">
         <v>0</v>
       </c>
       <c r="Q204">
+        <v>0</v>
+      </c>
+      <c r="R204">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S204">
         <v>0</v>
       </c>
       <c r="T204" s="3">
         <v>17</v>
       </c>
       <c r="U204" s="5">
         <v>17</v>
       </c>
       <c r="V204">
         <v>0</v>
       </c>
       <c r="W204">
         <v>0</v>
       </c>
       <c r="X204">
         <v>0</v>
       </c>
       <c r="Y204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:25">
       <c r="A205">
@@ -16360,72 +16360,72 @@
       <c r="F207">
         <v>3</v>
       </c>
       <c r="G207">
         <v>31</v>
       </c>
       <c r="H207">
         <v>32</v>
       </c>
       <c r="I207">
         <v>3</v>
       </c>
       <c r="J207">
         <v>1</v>
       </c>
       <c r="K207">
         <v>7</v>
       </c>
       <c r="L207" s="3">
         <v>87</v>
       </c>
       <c r="M207">
         <v>0</v>
       </c>
       <c r="N207">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="O207" s="3">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="P207" s="5">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="Q207">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="R207">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="S207">
         <v>0</v>
       </c>
       <c r="T207" s="3">
         <v>31</v>
       </c>
       <c r="U207" s="5">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="V207">
         <v>0</v>
       </c>
       <c r="W207">
         <v>0</v>
       </c>
       <c r="X207">
         <v>0</v>
       </c>
       <c r="Y207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:25">
       <c r="A208">
         <v>50510</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
       <c r="C208">
         <v>1</v>
       </c>
       <c r="D208">
@@ -17139,54 +17139,54 @@
       <c r="I217">
         <v>2</v>
       </c>
       <c r="J217">
         <v>0</v>
       </c>
       <c r="K217">
         <v>6</v>
       </c>
       <c r="L217" s="3">
         <v>45</v>
       </c>
       <c r="M217">
         <v>0</v>
       </c>
       <c r="N217">
         <v>0</v>
       </c>
       <c r="O217" s="3">
         <v>0</v>
       </c>
       <c r="P217" s="5">
         <v>45</v>
       </c>
       <c r="Q217">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="R217">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="S217">
         <v>0</v>
       </c>
       <c r="T217" s="3">
         <v>12</v>
       </c>
       <c r="U217" s="5">
         <v>57</v>
       </c>
       <c r="V217">
         <v>0</v>
       </c>
       <c r="W217">
         <v>0</v>
       </c>
       <c r="X217">
         <v>0</v>
       </c>
       <c r="Y217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:25">
       <c r="A218">
@@ -17293,54 +17293,54 @@
       <c r="I219">
         <v>0</v>
       </c>
       <c r="J219">
         <v>1</v>
       </c>
       <c r="K219">
         <v>4</v>
       </c>
       <c r="L219" s="3">
         <v>17</v>
       </c>
       <c r="M219">
         <v>0</v>
       </c>
       <c r="N219">
         <v>13</v>
       </c>
       <c r="O219" s="3">
         <v>13</v>
       </c>
       <c r="P219" s="5">
         <v>30</v>
       </c>
       <c r="Q219">
+        <v>0</v>
+      </c>
+      <c r="R219">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S219">
         <v>0</v>
       </c>
       <c r="T219" s="3">
         <v>100</v>
       </c>
       <c r="U219" s="5">
         <v>130</v>
       </c>
       <c r="V219">
         <v>0</v>
       </c>
       <c r="W219">
         <v>0</v>
       </c>
       <c r="X219">
         <v>0</v>
       </c>
       <c r="Y219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:25">
       <c r="A220">
@@ -17832,54 +17832,54 @@
       <c r="I226">
         <v>10</v>
       </c>
       <c r="J226">
         <v>1</v>
       </c>
       <c r="K226">
         <v>9</v>
       </c>
       <c r="L226" s="3">
         <v>80</v>
       </c>
       <c r="M226">
         <v>0</v>
       </c>
       <c r="N226">
         <v>0</v>
       </c>
       <c r="O226" s="3">
         <v>0</v>
       </c>
       <c r="P226" s="5">
         <v>80</v>
       </c>
       <c r="Q226">
+        <v>0</v>
+      </c>
+      <c r="R226">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S226">
         <v>0</v>
       </c>
       <c r="T226" s="3">
         <v>96</v>
       </c>
       <c r="U226" s="5">
         <v>176</v>
       </c>
       <c r="V226">
         <v>0</v>
       </c>
       <c r="W226">
         <v>0</v>
       </c>
       <c r="X226">
         <v>0</v>
       </c>
       <c r="Y226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:25">
       <c r="A227">
@@ -18448,54 +18448,54 @@
       <c r="I234">
         <v>4</v>
       </c>
       <c r="J234">
         <v>1</v>
       </c>
       <c r="K234">
         <v>2</v>
       </c>
       <c r="L234" s="3">
         <v>45</v>
       </c>
       <c r="M234">
         <v>0</v>
       </c>
       <c r="N234">
         <v>20</v>
       </c>
       <c r="O234" s="3">
         <v>20</v>
       </c>
       <c r="P234" s="5">
         <v>65</v>
       </c>
       <c r="Q234">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="R234">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="S234">
         <v>0</v>
       </c>
       <c r="T234" s="3">
         <v>32</v>
       </c>
       <c r="U234" s="5">
         <v>97</v>
       </c>
       <c r="V234">
         <v>1439</v>
       </c>
       <c r="W234">
         <v>0</v>
       </c>
       <c r="X234">
         <v>0</v>
       </c>
       <c r="Y234" s="3">
         <v>1439</v>
       </c>
     </row>
     <row r="235" spans="1:25">
       <c r="A235">
@@ -19064,54 +19064,54 @@
       <c r="I242">
         <v>3</v>
       </c>
       <c r="J242">
         <v>3</v>
       </c>
       <c r="K242">
         <v>5</v>
       </c>
       <c r="L242" s="3">
         <v>146</v>
       </c>
       <c r="M242">
         <v>0</v>
       </c>
       <c r="N242">
         <v>39</v>
       </c>
       <c r="O242" s="3">
         <v>39</v>
       </c>
       <c r="P242" s="5">
         <v>185</v>
       </c>
       <c r="Q242">
+        <v>512</v>
+      </c>
+      <c r="R242">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="S242">
         <v>22</v>
       </c>
       <c r="T242" s="3">
         <v>554</v>
       </c>
       <c r="U242" s="5">
         <v>739</v>
       </c>
       <c r="V242">
         <v>0</v>
       </c>
       <c r="W242">
         <v>0</v>
       </c>
       <c r="X242">
         <v>526</v>
       </c>
       <c r="Y242" s="3">
         <v>526</v>
       </c>
     </row>
     <row r="243" spans="1:25">
       <c r="A243">
@@ -19141,54 +19141,54 @@
       <c r="I243">
         <v>5</v>
       </c>
       <c r="J243">
         <v>4</v>
       </c>
       <c r="K243">
         <v>4</v>
       </c>
       <c r="L243" s="3">
         <v>204</v>
       </c>
       <c r="M243">
         <v>0</v>
       </c>
       <c r="N243">
         <v>0</v>
       </c>
       <c r="O243" s="3">
         <v>0</v>
       </c>
       <c r="P243" s="5">
         <v>204</v>
       </c>
       <c r="Q243">
+        <v>458</v>
+      </c>
+      <c r="R243">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="S243">
         <v>0</v>
       </c>
       <c r="T243" s="3">
         <v>648</v>
       </c>
       <c r="U243" s="5">
         <v>852</v>
       </c>
       <c r="V243">
         <v>0</v>
       </c>
       <c r="W243">
         <v>0</v>
       </c>
       <c r="X243">
         <v>0</v>
       </c>
       <c r="Y243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:25">
       <c r="A244">
@@ -19295,54 +19295,54 @@
       <c r="I245">
         <v>0</v>
       </c>
       <c r="J245">
         <v>0</v>
       </c>
       <c r="K245">
         <v>0</v>
       </c>
       <c r="L245" s="3">
         <v>0</v>
       </c>
       <c r="M245">
         <v>0</v>
       </c>
       <c r="N245">
         <v>8</v>
       </c>
       <c r="O245" s="3">
         <v>8</v>
       </c>
       <c r="P245" s="5">
         <v>8</v>
       </c>
       <c r="Q245">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="R245">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="S245">
         <v>0</v>
       </c>
       <c r="T245" s="3">
         <v>4</v>
       </c>
       <c r="U245" s="5">
         <v>12</v>
       </c>
       <c r="V245">
         <v>0</v>
       </c>
       <c r="W245">
         <v>0</v>
       </c>
       <c r="X245">
         <v>0</v>
       </c>
       <c r="Y245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:25">
       <c r="A246">
@@ -19372,54 +19372,54 @@
       <c r="I246">
         <v>0</v>
       </c>
       <c r="J246">
         <v>0</v>
       </c>
       <c r="K246">
         <v>0</v>
       </c>
       <c r="L246" s="3">
         <v>14</v>
       </c>
       <c r="M246">
         <v>0</v>
       </c>
       <c r="N246">
         <v>0</v>
       </c>
       <c r="O246" s="3">
         <v>0</v>
       </c>
       <c r="P246" s="5">
         <v>14</v>
       </c>
       <c r="Q246">
+        <v>0</v>
+      </c>
+      <c r="R246">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S246">
         <v>0</v>
       </c>
       <c r="T246" s="3">
         <v>40</v>
       </c>
       <c r="U246" s="5">
         <v>54</v>
       </c>
       <c r="V246">
         <v>0</v>
       </c>
       <c r="W246">
         <v>0</v>
       </c>
       <c r="X246">
         <v>0</v>
       </c>
       <c r="Y246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:25">
       <c r="A247">
@@ -19911,54 +19911,54 @@
       <c r="I253">
         <v>3</v>
       </c>
       <c r="J253">
         <v>1</v>
       </c>
       <c r="K253">
         <v>2</v>
       </c>
       <c r="L253" s="3">
         <v>68</v>
       </c>
       <c r="M253">
         <v>0</v>
       </c>
       <c r="N253">
         <v>40</v>
       </c>
       <c r="O253" s="3">
         <v>40</v>
       </c>
       <c r="P253" s="5">
         <v>108</v>
       </c>
       <c r="Q253">
+        <v>400</v>
+      </c>
+      <c r="R253">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="S253">
         <v>0</v>
       </c>
       <c r="T253" s="3">
         <v>559</v>
       </c>
       <c r="U253" s="5">
         <v>667</v>
       </c>
       <c r="V253">
         <v>0</v>
       </c>
       <c r="W253">
         <v>0</v>
       </c>
       <c r="X253">
         <v>0</v>
       </c>
       <c r="Y253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:25">
       <c r="A254">
@@ -20527,54 +20527,54 @@
       <c r="I261">
         <v>1</v>
       </c>
       <c r="J261">
         <v>0</v>
       </c>
       <c r="K261">
         <v>0</v>
       </c>
       <c r="L261" s="3">
         <v>20</v>
       </c>
       <c r="M261">
         <v>0</v>
       </c>
       <c r="N261">
         <v>0</v>
       </c>
       <c r="O261" s="3">
         <v>0</v>
       </c>
       <c r="P261" s="5">
         <v>20</v>
       </c>
       <c r="Q261">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="R261">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="S261">
         <v>0</v>
       </c>
       <c r="T261" s="3">
         <v>18</v>
       </c>
       <c r="U261" s="5">
         <v>38</v>
       </c>
       <c r="V261">
         <v>0</v>
       </c>
       <c r="W261">
         <v>0</v>
       </c>
       <c r="X261">
         <v>0</v>
       </c>
       <c r="Y261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:25">
       <c r="A262">
@@ -20604,54 +20604,54 @@
       <c r="I262">
         <v>0</v>
       </c>
       <c r="J262">
         <v>0</v>
       </c>
       <c r="K262">
         <v>1</v>
       </c>
       <c r="L262" s="3">
         <v>60</v>
       </c>
       <c r="M262">
         <v>0</v>
       </c>
       <c r="N262">
         <v>11</v>
       </c>
       <c r="O262" s="3">
         <v>11</v>
       </c>
       <c r="P262" s="5">
         <v>71</v>
       </c>
       <c r="Q262">
-        <v>0</v>
+        <v>164</v>
       </c>
       <c r="R262">
-        <v>164</v>
+        <v>0</v>
       </c>
       <c r="S262">
         <v>0</v>
       </c>
       <c r="T262" s="3">
         <v>164</v>
       </c>
       <c r="U262" s="5">
         <v>235</v>
       </c>
       <c r="V262">
         <v>0</v>
       </c>
       <c r="W262">
         <v>0</v>
       </c>
       <c r="X262">
         <v>0</v>
       </c>
       <c r="Y262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:25">
       <c r="A263">
@@ -21143,54 +21143,54 @@
       <c r="I269">
         <v>0</v>
       </c>
       <c r="J269">
         <v>1</v>
       </c>
       <c r="K269">
         <v>0</v>
       </c>
       <c r="L269" s="3">
         <v>16</v>
       </c>
       <c r="M269">
         <v>0</v>
       </c>
       <c r="N269">
         <v>0</v>
       </c>
       <c r="O269" s="3">
         <v>0</v>
       </c>
       <c r="P269" s="5">
         <v>16</v>
       </c>
       <c r="Q269">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="R269">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="S269">
         <v>0</v>
       </c>
       <c r="T269" s="3">
         <v>16</v>
       </c>
       <c r="U269" s="5">
         <v>32</v>
       </c>
       <c r="V269">
         <v>0</v>
       </c>
       <c r="W269">
         <v>0</v>
       </c>
       <c r="X269">
         <v>0</v>
       </c>
       <c r="Y269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:25">
       <c r="A270">
@@ -21990,54 +21990,54 @@
       <c r="I280">
         <v>3</v>
       </c>
       <c r="J280">
         <v>3</v>
       </c>
       <c r="K280">
         <v>3</v>
       </c>
       <c r="L280" s="3">
         <v>60</v>
       </c>
       <c r="M280">
         <v>0</v>
       </c>
       <c r="N280">
         <v>22</v>
       </c>
       <c r="O280" s="3">
         <v>22</v>
       </c>
       <c r="P280" s="5">
         <v>82</v>
       </c>
       <c r="Q280">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="R280">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="S280">
         <v>0</v>
       </c>
       <c r="T280" s="3">
         <v>32</v>
       </c>
       <c r="U280" s="5">
         <v>114</v>
       </c>
       <c r="V280">
         <v>0</v>
       </c>
       <c r="W280">
         <v>0</v>
       </c>
       <c r="X280">
         <v>0</v>
       </c>
       <c r="Y280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:25">
       <c r="A281">
@@ -22298,54 +22298,54 @@
       <c r="I284">
         <v>1</v>
       </c>
       <c r="J284">
         <v>3</v>
       </c>
       <c r="K284">
         <v>2</v>
       </c>
       <c r="L284" s="3">
         <v>49</v>
       </c>
       <c r="M284">
         <v>0</v>
       </c>
       <c r="N284">
         <v>22</v>
       </c>
       <c r="O284" s="3">
         <v>22</v>
       </c>
       <c r="P284" s="5">
         <v>71</v>
       </c>
       <c r="Q284">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="R284">
-        <v>132</v>
+        <v>0</v>
       </c>
       <c r="S284">
         <v>0</v>
       </c>
       <c r="T284" s="3">
         <v>132</v>
       </c>
       <c r="U284" s="5">
         <v>203</v>
       </c>
       <c r="V284">
         <v>0</v>
       </c>
       <c r="W284">
         <v>0</v>
       </c>
       <c r="X284">
         <v>0</v>
       </c>
       <c r="Y284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:25">
       <c r="A285">
@@ -22606,54 +22606,54 @@
       <c r="I288">
         <v>5</v>
       </c>
       <c r="J288">
         <v>0</v>
       </c>
       <c r="K288">
         <v>6</v>
       </c>
       <c r="L288" s="3">
         <v>85</v>
       </c>
       <c r="M288">
         <v>0</v>
       </c>
       <c r="N288">
         <v>0</v>
       </c>
       <c r="O288" s="3">
         <v>0</v>
       </c>
       <c r="P288" s="5">
         <v>85</v>
       </c>
       <c r="Q288">
+        <v>1504</v>
+      </c>
+      <c r="R288">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
       <c r="S288">
         <v>52</v>
       </c>
       <c r="T288" s="3">
         <v>1969</v>
       </c>
       <c r="U288" s="5">
         <v>2054</v>
       </c>
       <c r="V288">
         <v>49300</v>
       </c>
       <c r="W288">
         <v>9063</v>
       </c>
       <c r="X288">
         <v>0</v>
       </c>
       <c r="Y288" s="3">
         <v>58363</v>
       </c>
     </row>
     <row r="289" spans="1:25">
       <c r="A289">
@@ -22683,54 +22683,54 @@
       <c r="I289">
         <v>2</v>
       </c>
       <c r="J289">
         <v>0</v>
       </c>
       <c r="K289">
         <v>0</v>
       </c>
       <c r="L289" s="3">
         <v>17</v>
       </c>
       <c r="M289">
         <v>0</v>
       </c>
       <c r="N289">
         <v>0</v>
       </c>
       <c r="O289" s="3">
         <v>0</v>
       </c>
       <c r="P289" s="5">
         <v>17</v>
       </c>
       <c r="Q289">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="R289">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="S289">
         <v>0</v>
       </c>
       <c r="T289" s="3">
         <v>54</v>
       </c>
       <c r="U289" s="5">
         <v>71</v>
       </c>
       <c r="V289">
         <v>0</v>
       </c>
       <c r="W289">
         <v>0</v>
       </c>
       <c r="X289">
         <v>0</v>
       </c>
       <c r="Y289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:25">
       <c r="A290">
@@ -23145,54 +23145,54 @@
       <c r="I295">
         <v>0</v>
       </c>
       <c r="J295">
         <v>0</v>
       </c>
       <c r="K295">
         <v>3</v>
       </c>
       <c r="L295" s="3">
         <v>21</v>
       </c>
       <c r="M295">
         <v>0</v>
       </c>
       <c r="N295">
         <v>0</v>
       </c>
       <c r="O295" s="3">
         <v>0</v>
       </c>
       <c r="P295" s="5">
         <v>21</v>
       </c>
       <c r="Q295">
+        <v>0</v>
+      </c>
+      <c r="R295">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S295">
         <v>0</v>
       </c>
       <c r="T295" s="3">
         <v>49</v>
       </c>
       <c r="U295" s="5">
         <v>70</v>
       </c>
       <c r="V295">
         <v>0</v>
       </c>
       <c r="W295">
         <v>0</v>
       </c>
       <c r="X295">
         <v>0</v>
       </c>
       <c r="Y295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:25">
       <c r="A296">
@@ -23376,54 +23376,54 @@
       <c r="I298">
         <v>1</v>
       </c>
       <c r="J298">
         <v>0</v>
       </c>
       <c r="K298">
         <v>0</v>
       </c>
       <c r="L298" s="3">
         <v>27</v>
       </c>
       <c r="M298">
         <v>0</v>
       </c>
       <c r="N298">
         <v>0</v>
       </c>
       <c r="O298" s="3">
         <v>0</v>
       </c>
       <c r="P298" s="5">
         <v>27</v>
       </c>
       <c r="Q298">
-        <v>0</v>
+        <v>1141</v>
       </c>
       <c r="R298">
-        <v>1141</v>
+        <v>0</v>
       </c>
       <c r="S298">
         <v>287</v>
       </c>
       <c r="T298" s="3">
         <v>1428</v>
       </c>
       <c r="U298" s="5">
         <v>1455</v>
       </c>
       <c r="V298">
         <v>0</v>
       </c>
       <c r="W298">
         <v>0</v>
       </c>
       <c r="X298">
         <v>0</v>
       </c>
       <c r="Y298" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:25">
       <c r="A299">
@@ -23530,54 +23530,54 @@
       <c r="I300">
         <v>5</v>
       </c>
       <c r="J300">
         <v>1</v>
       </c>
       <c r="K300">
         <v>7</v>
       </c>
       <c r="L300" s="3">
         <v>60</v>
       </c>
       <c r="M300">
         <v>10</v>
       </c>
       <c r="N300">
         <v>16</v>
       </c>
       <c r="O300" s="3">
         <v>26</v>
       </c>
       <c r="P300" s="5">
         <v>86</v>
       </c>
       <c r="Q300">
+        <v>0</v>
+      </c>
+      <c r="R300">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S300">
         <v>120</v>
       </c>
       <c r="T300" s="3">
         <v>411</v>
       </c>
       <c r="U300" s="5">
         <v>497</v>
       </c>
       <c r="V300">
         <v>0</v>
       </c>
       <c r="W300">
         <v>0</v>
       </c>
       <c r="X300">
         <v>0</v>
       </c>
       <c r="Y300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:25">
       <c r="A301">
@@ -23607,54 +23607,54 @@
       <c r="I301">
         <v>0</v>
       </c>
       <c r="J301">
         <v>3</v>
       </c>
       <c r="K301">
         <v>3</v>
       </c>
       <c r="L301" s="3">
         <v>80</v>
       </c>
       <c r="M301">
         <v>0</v>
       </c>
       <c r="N301">
         <v>6</v>
       </c>
       <c r="O301" s="3">
         <v>6</v>
       </c>
       <c r="P301" s="5">
         <v>86</v>
       </c>
       <c r="Q301">
+        <v>143</v>
+      </c>
+      <c r="R301">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="S301">
         <v>0</v>
       </c>
       <c r="T301" s="3">
         <v>751</v>
       </c>
       <c r="U301" s="5">
         <v>837</v>
       </c>
       <c r="V301">
         <v>0</v>
       </c>
       <c r="W301">
         <v>0</v>
       </c>
       <c r="X301">
         <v>0</v>
       </c>
       <c r="Y301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:25">
       <c r="A302">
@@ -23761,54 +23761,54 @@
       <c r="I303">
         <v>2</v>
       </c>
       <c r="J303">
         <v>0</v>
       </c>
       <c r="K303">
         <v>6</v>
       </c>
       <c r="L303" s="3">
         <v>77</v>
       </c>
       <c r="M303">
         <v>0</v>
       </c>
       <c r="N303">
         <v>82</v>
       </c>
       <c r="O303" s="3">
         <v>82</v>
       </c>
       <c r="P303" s="5">
         <v>159</v>
       </c>
       <c r="Q303">
-        <v>0</v>
+        <v>284</v>
       </c>
       <c r="R303">
-        <v>284</v>
+        <v>0</v>
       </c>
       <c r="S303">
         <v>0</v>
       </c>
       <c r="T303" s="3">
         <v>284</v>
       </c>
       <c r="U303" s="5">
         <v>443</v>
       </c>
       <c r="V303">
         <v>0</v>
       </c>
       <c r="W303">
         <v>0</v>
       </c>
       <c r="X303">
         <v>0</v>
       </c>
       <c r="Y303" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:25">
       <c r="A304">
@@ -23915,63 +23915,63 @@
       <c r="I305">
         <v>4</v>
       </c>
       <c r="J305">
         <v>0</v>
       </c>
       <c r="K305">
         <v>1</v>
       </c>
       <c r="L305" s="3">
         <v>37</v>
       </c>
       <c r="M305">
         <v>0</v>
       </c>
       <c r="N305">
         <v>0</v>
       </c>
       <c r="O305" s="3">
         <v>0</v>
       </c>
       <c r="P305" s="5">
         <v>37</v>
       </c>
       <c r="Q305">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="R305">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="S305">
         <v>0</v>
       </c>
       <c r="T305" s="3">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="U305" s="5">
-        <v>66</v>
+        <v>100</v>
       </c>
       <c r="V305">
         <v>6022</v>
       </c>
       <c r="W305">
         <v>0</v>
       </c>
       <c r="X305">
         <v>0</v>
       </c>
       <c r="Y305" s="3">
         <v>6022</v>
       </c>
     </row>
     <row r="306" spans="1:25">
       <c r="A306">
         <v>76210</v>
       </c>
       <c r="B306">
         <v>0</v>
       </c>
       <c r="C306">
         <v>0</v>
       </c>
       <c r="D306">
@@ -23992,54 +23992,54 @@
       <c r="I306">
         <v>3</v>
       </c>
       <c r="J306">
         <v>2</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306" s="3">
         <v>112</v>
       </c>
       <c r="M306">
         <v>39</v>
       </c>
       <c r="N306">
         <v>19</v>
       </c>
       <c r="O306" s="3">
         <v>58</v>
       </c>
       <c r="P306" s="5">
         <v>170</v>
       </c>
       <c r="Q306">
+        <v>0</v>
+      </c>
+      <c r="R306">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S306">
         <v>0</v>
       </c>
       <c r="T306" s="3">
         <v>11</v>
       </c>
       <c r="U306" s="5">
         <v>181</v>
       </c>
       <c r="V306">
         <v>0</v>
       </c>
       <c r="W306">
         <v>0</v>
       </c>
       <c r="X306">
         <v>0</v>
       </c>
       <c r="Y306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:25">
       <c r="A307">
@@ -24146,54 +24146,54 @@
       <c r="I308">
         <v>2</v>
       </c>
       <c r="J308">
         <v>1</v>
       </c>
       <c r="K308">
         <v>5</v>
       </c>
       <c r="L308" s="3">
         <v>41</v>
       </c>
       <c r="M308">
         <v>0</v>
       </c>
       <c r="N308">
         <v>0</v>
       </c>
       <c r="O308" s="3">
         <v>0</v>
       </c>
       <c r="P308" s="5">
         <v>41</v>
       </c>
       <c r="Q308">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="R308">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="S308">
         <v>163</v>
       </c>
       <c r="T308" s="3">
         <v>222</v>
       </c>
       <c r="U308" s="5">
         <v>263</v>
       </c>
       <c r="V308">
         <v>0</v>
       </c>
       <c r="W308">
         <v>0</v>
       </c>
       <c r="X308">
         <v>0</v>
       </c>
       <c r="Y308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:25">
       <c r="A309">
@@ -24223,54 +24223,54 @@
       <c r="I309">
         <v>3</v>
       </c>
       <c r="J309">
         <v>0</v>
       </c>
       <c r="K309">
         <v>4</v>
       </c>
       <c r="L309" s="3">
         <v>27</v>
       </c>
       <c r="M309">
         <v>0</v>
       </c>
       <c r="N309">
         <v>12</v>
       </c>
       <c r="O309" s="3">
         <v>12</v>
       </c>
       <c r="P309" s="5">
         <v>39</v>
       </c>
       <c r="Q309">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="R309">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="S309">
         <v>72</v>
       </c>
       <c r="T309" s="3">
         <v>84</v>
       </c>
       <c r="U309" s="5">
         <v>123</v>
       </c>
       <c r="V309">
         <v>0</v>
       </c>
       <c r="W309">
         <v>0</v>
       </c>
       <c r="X309">
         <v>0</v>
       </c>
       <c r="Y309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:25">
       <c r="A310">
@@ -24300,54 +24300,54 @@
       <c r="I310">
         <v>0</v>
       </c>
       <c r="J310">
         <v>0</v>
       </c>
       <c r="K310">
         <v>1</v>
       </c>
       <c r="L310" s="3">
         <v>18</v>
       </c>
       <c r="M310">
         <v>0</v>
       </c>
       <c r="N310">
         <v>30</v>
       </c>
       <c r="O310" s="3">
         <v>30</v>
       </c>
       <c r="P310" s="5">
         <v>48</v>
       </c>
       <c r="Q310">
-        <v>0</v>
+        <v>333</v>
       </c>
       <c r="R310">
-        <v>333</v>
+        <v>0</v>
       </c>
       <c r="S310">
         <v>137</v>
       </c>
       <c r="T310" s="3">
         <v>470</v>
       </c>
       <c r="U310" s="5">
         <v>518</v>
       </c>
       <c r="V310">
         <v>0</v>
       </c>
       <c r="W310">
         <v>0</v>
       </c>
       <c r="X310">
         <v>0</v>
       </c>
       <c r="Y310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:25">
       <c r="A311">
@@ -24377,54 +24377,54 @@
       <c r="I311">
         <v>0</v>
       </c>
       <c r="J311">
         <v>1</v>
       </c>
       <c r="K311">
         <v>1</v>
       </c>
       <c r="L311" s="3">
         <v>13</v>
       </c>
       <c r="M311">
         <v>0</v>
       </c>
       <c r="N311">
         <v>0</v>
       </c>
       <c r="O311" s="3">
         <v>0</v>
       </c>
       <c r="P311" s="5">
         <v>13</v>
       </c>
       <c r="Q311">
+        <v>18</v>
+      </c>
+      <c r="R311">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="S311">
         <v>0</v>
       </c>
       <c r="T311" s="3">
         <v>102</v>
       </c>
       <c r="U311" s="5">
         <v>115</v>
       </c>
       <c r="V311">
         <v>0</v>
       </c>
       <c r="W311">
         <v>0</v>
       </c>
       <c r="X311">
         <v>0</v>
       </c>
       <c r="Y311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:25">
       <c r="A312">
@@ -24608,54 +24608,54 @@
       <c r="I314">
         <v>2</v>
       </c>
       <c r="J314">
         <v>2</v>
       </c>
       <c r="K314">
         <v>2</v>
       </c>
       <c r="L314" s="3">
         <v>46</v>
       </c>
       <c r="M314">
         <v>0</v>
       </c>
       <c r="N314">
         <v>0</v>
       </c>
       <c r="O314" s="3">
         <v>0</v>
       </c>
       <c r="P314" s="5">
         <v>46</v>
       </c>
       <c r="Q314">
+        <v>0</v>
+      </c>
+      <c r="R314">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S314">
         <v>0</v>
       </c>
       <c r="T314" s="3">
         <v>70</v>
       </c>
       <c r="U314" s="5">
         <v>116</v>
       </c>
       <c r="V314">
         <v>0</v>
       </c>
       <c r="W314">
         <v>910</v>
       </c>
       <c r="X314">
         <v>0</v>
       </c>
       <c r="Y314" s="3">
         <v>910</v>
       </c>
     </row>
     <row r="315" spans="1:25">
       <c r="A315">
@@ -24685,54 +24685,54 @@
       <c r="I315">
         <v>4</v>
       </c>
       <c r="J315">
         <v>0</v>
       </c>
       <c r="K315">
         <v>6</v>
       </c>
       <c r="L315" s="3">
         <v>61</v>
       </c>
       <c r="M315">
         <v>0</v>
       </c>
       <c r="N315">
         <v>0</v>
       </c>
       <c r="O315" s="3">
         <v>0</v>
       </c>
       <c r="P315" s="5">
         <v>61</v>
       </c>
       <c r="Q315">
+        <v>1176</v>
+      </c>
+      <c r="R315">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="S315">
         <v>0</v>
       </c>
       <c r="T315" s="3">
         <v>1303</v>
       </c>
       <c r="U315" s="5">
         <v>1364</v>
       </c>
       <c r="V315">
         <v>0</v>
       </c>
       <c r="W315">
         <v>0</v>
       </c>
       <c r="X315">
         <v>0</v>
       </c>
       <c r="Y315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:25">
       <c r="A316">
@@ -24762,54 +24762,54 @@
       <c r="I316">
         <v>0</v>
       </c>
       <c r="J316">
         <v>0</v>
       </c>
       <c r="K316">
         <v>2</v>
       </c>
       <c r="L316" s="3">
         <v>12</v>
       </c>
       <c r="M316">
         <v>0</v>
       </c>
       <c r="N316">
         <v>0</v>
       </c>
       <c r="O316" s="3">
         <v>0</v>
       </c>
       <c r="P316" s="5">
         <v>12</v>
       </c>
       <c r="Q316">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="R316">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="S316">
         <v>252</v>
       </c>
       <c r="T316" s="3">
         <v>326</v>
       </c>
       <c r="U316" s="5">
         <v>338</v>
       </c>
       <c r="V316">
         <v>0</v>
       </c>
       <c r="W316">
         <v>0</v>
       </c>
       <c r="X316">
         <v>0</v>
       </c>
       <c r="Y316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:25">
       <c r="A317">
@@ -24916,54 +24916,54 @@
       <c r="I318">
         <v>1</v>
       </c>
       <c r="J318">
         <v>1</v>
       </c>
       <c r="K318">
         <v>0</v>
       </c>
       <c r="L318" s="3">
         <v>80</v>
       </c>
       <c r="M318">
         <v>0</v>
       </c>
       <c r="N318">
         <v>0</v>
       </c>
       <c r="O318" s="3">
         <v>0</v>
       </c>
       <c r="P318" s="5">
         <v>80</v>
       </c>
       <c r="Q318">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="R318">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="S318">
         <v>0</v>
       </c>
       <c r="T318" s="3">
         <v>32</v>
       </c>
       <c r="U318" s="5">
         <v>112</v>
       </c>
       <c r="V318">
         <v>0</v>
       </c>
       <c r="W318">
         <v>0</v>
       </c>
       <c r="X318">
         <v>0</v>
       </c>
       <c r="Y318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:25">
       <c r="A319">
@@ -24993,54 +24993,54 @@
       <c r="I319">
         <v>0</v>
       </c>
       <c r="J319">
         <v>1</v>
       </c>
       <c r="K319">
         <v>1</v>
       </c>
       <c r="L319" s="3">
         <v>20</v>
       </c>
       <c r="M319">
         <v>0</v>
       </c>
       <c r="N319">
         <v>2</v>
       </c>
       <c r="O319" s="3">
         <v>2</v>
       </c>
       <c r="P319" s="5">
         <v>22</v>
       </c>
       <c r="Q319">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="R319">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="S319">
         <v>0</v>
       </c>
       <c r="T319" s="3">
         <v>88</v>
       </c>
       <c r="U319" s="5">
         <v>110</v>
       </c>
       <c r="V319">
         <v>1962</v>
       </c>
       <c r="W319">
         <v>1646</v>
       </c>
       <c r="X319">
         <v>0</v>
       </c>
       <c r="Y319" s="3">
         <v>3608</v>
       </c>
     </row>
     <row r="320" spans="1:25">
       <c r="A320">
@@ -25070,54 +25070,54 @@
       <c r="I320">
         <v>1</v>
       </c>
       <c r="J320">
         <v>1</v>
       </c>
       <c r="K320">
         <v>0</v>
       </c>
       <c r="L320" s="3">
         <v>13</v>
       </c>
       <c r="M320">
         <v>0</v>
       </c>
       <c r="N320">
         <v>3</v>
       </c>
       <c r="O320" s="3">
         <v>3</v>
       </c>
       <c r="P320" s="5">
         <v>16</v>
       </c>
       <c r="Q320">
-        <v>0</v>
+        <v>294</v>
       </c>
       <c r="R320">
-        <v>294</v>
+        <v>0</v>
       </c>
       <c r="S320">
         <v>0</v>
       </c>
       <c r="T320" s="3">
         <v>294</v>
       </c>
       <c r="U320" s="5">
         <v>310</v>
       </c>
       <c r="V320">
         <v>0</v>
       </c>
       <c r="W320">
         <v>0</v>
       </c>
       <c r="X320">
         <v>0</v>
       </c>
       <c r="Y320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:25">
       <c r="A321">
@@ -25147,54 +25147,54 @@
       <c r="I321">
         <v>0</v>
       </c>
       <c r="J321">
         <v>0</v>
       </c>
       <c r="K321">
         <v>0</v>
       </c>
       <c r="L321" s="3">
         <v>30</v>
       </c>
       <c r="M321">
         <v>0</v>
       </c>
       <c r="N321">
         <v>44</v>
       </c>
       <c r="O321" s="3">
         <v>44</v>
       </c>
       <c r="P321" s="5">
         <v>74</v>
       </c>
       <c r="Q321">
-        <v>0</v>
+        <v>205</v>
       </c>
       <c r="R321">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="S321">
         <v>0</v>
       </c>
       <c r="T321" s="3">
         <v>205</v>
       </c>
       <c r="U321" s="5">
         <v>279</v>
       </c>
       <c r="V321">
         <v>0</v>
       </c>
       <c r="W321">
         <v>0</v>
       </c>
       <c r="X321">
         <v>0</v>
       </c>
       <c r="Y321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:25">
       <c r="A322">
@@ -25455,54 +25455,54 @@
       <c r="I325">
         <v>1</v>
       </c>
       <c r="J325">
         <v>0</v>
       </c>
       <c r="K325">
         <v>1</v>
       </c>
       <c r="L325" s="3">
         <v>46</v>
       </c>
       <c r="M325">
         <v>0</v>
       </c>
       <c r="N325">
         <v>0</v>
       </c>
       <c r="O325" s="3">
         <v>0</v>
       </c>
       <c r="P325" s="5">
         <v>46</v>
       </c>
       <c r="Q325">
-        <v>0</v>
+        <v>224</v>
       </c>
       <c r="R325">
-        <v>224</v>
+        <v>0</v>
       </c>
       <c r="S325">
         <v>0</v>
       </c>
       <c r="T325" s="3">
         <v>224</v>
       </c>
       <c r="U325" s="5">
         <v>270</v>
       </c>
       <c r="V325">
         <v>0</v>
       </c>
       <c r="W325">
         <v>0</v>
       </c>
       <c r="X325">
         <v>0</v>
       </c>
       <c r="Y325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:25">
       <c r="A326">
@@ -25532,54 +25532,54 @@
       <c r="I326">
         <v>0</v>
       </c>
       <c r="J326">
         <v>0</v>
       </c>
       <c r="K326">
         <v>0</v>
       </c>
       <c r="L326" s="3">
         <v>21</v>
       </c>
       <c r="M326">
         <v>0</v>
       </c>
       <c r="N326">
         <v>0</v>
       </c>
       <c r="O326" s="3">
         <v>0</v>
       </c>
       <c r="P326" s="5">
         <v>21</v>
       </c>
       <c r="Q326">
+        <v>360</v>
+      </c>
+      <c r="R326">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="S326">
         <v>0</v>
       </c>
       <c r="T326" s="3">
         <v>401</v>
       </c>
       <c r="U326" s="5">
         <v>422</v>
       </c>
       <c r="V326">
         <v>0</v>
       </c>
       <c r="W326">
         <v>0</v>
       </c>
       <c r="X326">
         <v>0</v>
       </c>
       <c r="Y326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:25">
       <c r="A327">
@@ -25609,54 +25609,54 @@
       <c r="I327">
         <v>0</v>
       </c>
       <c r="J327">
         <v>0</v>
       </c>
       <c r="K327">
         <v>2</v>
       </c>
       <c r="L327" s="3">
         <v>13</v>
       </c>
       <c r="M327">
         <v>0</v>
       </c>
       <c r="N327">
         <v>0</v>
       </c>
       <c r="O327" s="3">
         <v>0</v>
       </c>
       <c r="P327" s="5">
         <v>13</v>
       </c>
       <c r="Q327">
-        <v>0</v>
+        <v>256</v>
       </c>
       <c r="R327">
-        <v>256</v>
+        <v>0</v>
       </c>
       <c r="S327">
         <v>0</v>
       </c>
       <c r="T327" s="3">
         <v>256</v>
       </c>
       <c r="U327" s="5">
         <v>269</v>
       </c>
       <c r="V327">
         <v>0</v>
       </c>
       <c r="W327">
         <v>0</v>
       </c>
       <c r="X327">
         <v>0</v>
       </c>
       <c r="Y327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:25">
       <c r="A328">
@@ -25840,54 +25840,54 @@
       <c r="I330">
         <v>0</v>
       </c>
       <c r="J330">
         <v>0</v>
       </c>
       <c r="K330">
         <v>0</v>
       </c>
       <c r="L330" s="3">
         <v>0</v>
       </c>
       <c r="M330">
         <v>0</v>
       </c>
       <c r="N330">
         <v>0</v>
       </c>
       <c r="O330" s="3">
         <v>0</v>
       </c>
       <c r="P330" s="5">
         <v>0</v>
       </c>
       <c r="Q330">
+        <v>0</v>
+      </c>
+      <c r="R330">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S330">
         <v>0</v>
       </c>
       <c r="T330" s="3">
         <v>96</v>
       </c>
       <c r="U330" s="5">
         <v>96</v>
       </c>
       <c r="V330">
         <v>0</v>
       </c>
       <c r="W330">
         <v>0</v>
       </c>
       <c r="X330">
         <v>0</v>
       </c>
       <c r="Y330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:25">
       <c r="A331">
@@ -25994,54 +25994,54 @@
       <c r="I332">
         <v>1</v>
       </c>
       <c r="J332">
         <v>1</v>
       </c>
       <c r="K332">
         <v>0</v>
       </c>
       <c r="L332" s="3">
         <v>12</v>
       </c>
       <c r="M332">
         <v>0</v>
       </c>
       <c r="N332">
         <v>10</v>
       </c>
       <c r="O332" s="3">
         <v>10</v>
       </c>
       <c r="P332" s="5">
         <v>22</v>
       </c>
       <c r="Q332">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="R332">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="S332">
         <v>0</v>
       </c>
       <c r="T332" s="3">
         <v>48</v>
       </c>
       <c r="U332" s="5">
         <v>70</v>
       </c>
       <c r="V332">
         <v>0</v>
       </c>
       <c r="W332">
         <v>0</v>
       </c>
       <c r="X332">
         <v>0</v>
       </c>
       <c r="Y332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:25">
       <c r="A333">
@@ -26071,54 +26071,54 @@
       <c r="I333">
         <v>0</v>
       </c>
       <c r="J333">
         <v>0</v>
       </c>
       <c r="K333">
         <v>0</v>
       </c>
       <c r="L333" s="3">
         <v>0</v>
       </c>
       <c r="M333">
         <v>0</v>
       </c>
       <c r="N333">
         <v>0</v>
       </c>
       <c r="O333" s="3">
         <v>0</v>
       </c>
       <c r="P333" s="5">
         <v>0</v>
       </c>
       <c r="Q333">
+        <v>0</v>
+      </c>
+      <c r="R333">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S333">
         <v>0</v>
       </c>
       <c r="T333" s="3">
         <v>38</v>
       </c>
       <c r="U333" s="5">
         <v>38</v>
       </c>
       <c r="V333">
         <v>0</v>
       </c>
       <c r="W333">
         <v>0</v>
       </c>
       <c r="X333">
         <v>0</v>
       </c>
       <c r="Y333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:25">
       <c r="A334">
@@ -26139,72 +26139,72 @@
       <c r="F334">
         <v>0</v>
       </c>
       <c r="G334">
         <v>1</v>
       </c>
       <c r="H334">
         <v>1</v>
       </c>
       <c r="I334">
         <v>0</v>
       </c>
       <c r="J334">
         <v>0</v>
       </c>
       <c r="K334">
         <v>2</v>
       </c>
       <c r="L334" s="3">
         <v>4</v>
       </c>
       <c r="M334">
         <v>0</v>
       </c>
       <c r="N334">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="O334" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="P334" s="5">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="Q334">
         <v>0</v>
       </c>
       <c r="R334">
         <v>0</v>
       </c>
       <c r="S334">
         <v>0</v>
       </c>
       <c r="T334" s="3">
         <v>0</v>
       </c>
       <c r="U334" s="5">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="V334">
         <v>0</v>
       </c>
       <c r="W334">
         <v>0</v>
       </c>
       <c r="X334">
         <v>0</v>
       </c>
       <c r="Y334" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:25">
       <c r="A335">
         <v>76480</v>
       </c>
       <c r="B335">
         <v>0</v>
       </c>
       <c r="C335">
         <v>1</v>
       </c>
       <c r="D335">
@@ -26302,54 +26302,54 @@
       <c r="I336">
         <v>2</v>
       </c>
       <c r="J336">
         <v>2</v>
       </c>
       <c r="K336">
         <v>1</v>
       </c>
       <c r="L336" s="3">
         <v>31</v>
       </c>
       <c r="M336">
         <v>0</v>
       </c>
       <c r="N336">
         <v>0</v>
       </c>
       <c r="O336" s="3">
         <v>0</v>
       </c>
       <c r="P336" s="5">
         <v>31</v>
       </c>
       <c r="Q336">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="R336">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="S336">
         <v>0</v>
       </c>
       <c r="T336" s="3">
         <v>24</v>
       </c>
       <c r="U336" s="5">
         <v>55</v>
       </c>
       <c r="V336">
         <v>0</v>
       </c>
       <c r="W336">
         <v>0</v>
       </c>
       <c r="X336">
         <v>0</v>
       </c>
       <c r="Y336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:25">
       <c r="A337">
@@ -26379,54 +26379,54 @@
       <c r="I337">
         <v>0</v>
       </c>
       <c r="J337">
         <v>0</v>
       </c>
       <c r="K337">
         <v>0</v>
       </c>
       <c r="L337" s="3">
         <v>8</v>
       </c>
       <c r="M337">
         <v>0</v>
       </c>
       <c r="N337">
         <v>0</v>
       </c>
       <c r="O337" s="3">
         <v>0</v>
       </c>
       <c r="P337" s="5">
         <v>8</v>
       </c>
       <c r="Q337">
+        <v>163</v>
+      </c>
+      <c r="R337">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="S337">
         <v>16</v>
       </c>
       <c r="T337" s="3">
         <v>381</v>
       </c>
       <c r="U337" s="5">
         <v>389</v>
       </c>
       <c r="V337">
         <v>0</v>
       </c>
       <c r="W337">
         <v>0</v>
       </c>
       <c r="X337">
         <v>0</v>
       </c>
       <c r="Y337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:25">
       <c r="A338">
@@ -26456,54 +26456,54 @@
       <c r="I338">
         <v>2</v>
       </c>
       <c r="J338">
         <v>1</v>
       </c>
       <c r="K338">
         <v>1</v>
       </c>
       <c r="L338" s="3">
         <v>18</v>
       </c>
       <c r="M338">
         <v>0</v>
       </c>
       <c r="N338">
         <v>0</v>
       </c>
       <c r="O338" s="3">
         <v>0</v>
       </c>
       <c r="P338" s="5">
         <v>18</v>
       </c>
       <c r="Q338">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="R338">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="S338">
         <v>0</v>
       </c>
       <c r="T338" s="3">
         <v>20</v>
       </c>
       <c r="U338" s="5">
         <v>38</v>
       </c>
       <c r="V338">
         <v>0</v>
       </c>
       <c r="W338">
         <v>0</v>
       </c>
       <c r="X338">
         <v>0</v>
       </c>
       <c r="Y338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:25">
       <c r="A339">
@@ -26610,54 +26610,54 @@
       <c r="I340">
         <v>0</v>
       </c>
       <c r="J340">
         <v>0</v>
       </c>
       <c r="K340">
         <v>0</v>
       </c>
       <c r="L340" s="3">
         <v>11</v>
       </c>
       <c r="M340">
         <v>0</v>
       </c>
       <c r="N340">
         <v>0</v>
       </c>
       <c r="O340" s="3">
         <v>0</v>
       </c>
       <c r="P340" s="5">
         <v>11</v>
       </c>
       <c r="Q340">
-        <v>0</v>
+        <v>171</v>
       </c>
       <c r="R340">
-        <v>171</v>
+        <v>0</v>
       </c>
       <c r="S340">
         <v>0</v>
       </c>
       <c r="T340" s="3">
         <v>171</v>
       </c>
       <c r="U340" s="5">
         <v>182</v>
       </c>
       <c r="V340">
         <v>0</v>
       </c>
       <c r="W340">
         <v>0</v>
       </c>
       <c r="X340">
         <v>0</v>
       </c>
       <c r="Y340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:25">
       <c r="A341">
@@ -26687,54 +26687,54 @@
       <c r="I341">
         <v>0</v>
       </c>
       <c r="J341">
         <v>2</v>
       </c>
       <c r="K341">
         <v>0</v>
       </c>
       <c r="L341" s="3">
         <v>17</v>
       </c>
       <c r="M341">
         <v>0</v>
       </c>
       <c r="N341">
         <v>0</v>
       </c>
       <c r="O341" s="3">
         <v>0</v>
       </c>
       <c r="P341" s="5">
         <v>17</v>
       </c>
       <c r="Q341">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="R341">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="S341">
         <v>0</v>
       </c>
       <c r="T341" s="3">
         <v>22</v>
       </c>
       <c r="U341" s="5">
         <v>39</v>
       </c>
       <c r="V341">
         <v>0</v>
       </c>
       <c r="W341">
         <v>0</v>
       </c>
       <c r="X341">
         <v>0</v>
       </c>
       <c r="Y341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:25">
       <c r="A342">
@@ -26841,54 +26841,54 @@
       <c r="I343">
         <v>0</v>
       </c>
       <c r="J343">
         <v>0</v>
       </c>
       <c r="K343">
         <v>0</v>
       </c>
       <c r="L343" s="3">
         <v>15</v>
       </c>
       <c r="M343">
         <v>0</v>
       </c>
       <c r="N343">
         <v>11</v>
       </c>
       <c r="O343" s="3">
         <v>11</v>
       </c>
       <c r="P343" s="5">
         <v>26</v>
       </c>
       <c r="Q343">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="R343">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="S343">
         <v>0</v>
       </c>
       <c r="T343" s="3">
         <v>51</v>
       </c>
       <c r="U343" s="5">
         <v>77</v>
       </c>
       <c r="V343">
         <v>0</v>
       </c>
       <c r="W343">
         <v>0</v>
       </c>
       <c r="X343">
         <v>0</v>
       </c>
       <c r="Y343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:25">
       <c r="A344">
@@ -26995,54 +26995,54 @@
       <c r="I345">
         <v>0</v>
       </c>
       <c r="J345">
         <v>0</v>
       </c>
       <c r="K345">
         <v>0</v>
       </c>
       <c r="L345" s="3">
         <v>5</v>
       </c>
       <c r="M345">
         <v>0</v>
       </c>
       <c r="N345">
         <v>0</v>
       </c>
       <c r="O345" s="3">
         <v>0</v>
       </c>
       <c r="P345" s="5">
         <v>5</v>
       </c>
       <c r="Q345">
+        <v>0</v>
+      </c>
+      <c r="R345">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S345">
         <v>0</v>
       </c>
       <c r="T345" s="3">
         <v>100</v>
       </c>
       <c r="U345" s="5">
         <v>105</v>
       </c>
       <c r="V345">
         <v>0</v>
       </c>
       <c r="W345">
         <v>0</v>
       </c>
       <c r="X345">
         <v>0</v>
       </c>
       <c r="Y345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:25">
       <c r="A346">
@@ -27149,54 +27149,54 @@
       <c r="I347">
         <v>3</v>
       </c>
       <c r="J347">
         <v>0</v>
       </c>
       <c r="K347">
         <v>4</v>
       </c>
       <c r="L347" s="3">
         <v>59</v>
       </c>
       <c r="M347">
         <v>0</v>
       </c>
       <c r="N347">
         <v>0</v>
       </c>
       <c r="O347" s="3">
         <v>0</v>
       </c>
       <c r="P347" s="5">
         <v>59</v>
       </c>
       <c r="Q347">
+        <v>930</v>
+      </c>
+      <c r="R347">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
       <c r="S347">
         <v>736</v>
       </c>
       <c r="T347" s="3">
         <v>2318</v>
       </c>
       <c r="U347" s="5">
         <v>2377</v>
       </c>
       <c r="V347">
         <v>0</v>
       </c>
       <c r="W347">
         <v>0</v>
       </c>
       <c r="X347">
         <v>0</v>
       </c>
       <c r="Y347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:25">
       <c r="A348">
@@ -27226,54 +27226,54 @@
       <c r="I348">
         <v>1</v>
       </c>
       <c r="J348">
         <v>0</v>
       </c>
       <c r="K348">
         <v>1</v>
       </c>
       <c r="L348" s="3">
         <v>36</v>
       </c>
       <c r="M348">
         <v>0</v>
       </c>
       <c r="N348">
         <v>0</v>
       </c>
       <c r="O348" s="3">
         <v>0</v>
       </c>
       <c r="P348" s="5">
         <v>36</v>
       </c>
       <c r="Q348">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="R348">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="S348">
         <v>0</v>
       </c>
       <c r="T348" s="3">
         <v>154</v>
       </c>
       <c r="U348" s="5">
         <v>190</v>
       </c>
       <c r="V348">
         <v>0</v>
       </c>
       <c r="W348">
         <v>0</v>
       </c>
       <c r="X348">
         <v>0</v>
       </c>
       <c r="Y348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:25">
       <c r="A349">
@@ -27303,54 +27303,54 @@
       <c r="I349">
         <v>1</v>
       </c>
       <c r="J349">
         <v>5</v>
       </c>
       <c r="K349">
         <v>1</v>
       </c>
       <c r="L349" s="3">
         <v>69</v>
       </c>
       <c r="M349">
         <v>0</v>
       </c>
       <c r="N349">
         <v>56</v>
       </c>
       <c r="O349" s="3">
         <v>56</v>
       </c>
       <c r="P349" s="5">
         <v>125</v>
       </c>
       <c r="Q349">
+        <v>791</v>
+      </c>
+      <c r="R349">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="S349">
         <v>102</v>
       </c>
       <c r="T349" s="3">
         <v>1186</v>
       </c>
       <c r="U349" s="5">
         <v>1311</v>
       </c>
       <c r="V349">
         <v>0</v>
       </c>
       <c r="W349">
         <v>0</v>
       </c>
       <c r="X349">
         <v>0</v>
       </c>
       <c r="Y349" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:25">
       <c r="A350">
@@ -27842,54 +27842,54 @@
       <c r="I356">
         <v>0</v>
       </c>
       <c r="J356">
         <v>0</v>
       </c>
       <c r="K356">
         <v>1</v>
       </c>
       <c r="L356" s="3">
         <v>20</v>
       </c>
       <c r="M356">
         <v>15</v>
       </c>
       <c r="N356">
         <v>0</v>
       </c>
       <c r="O356" s="3">
         <v>15</v>
       </c>
       <c r="P356" s="5">
         <v>35</v>
       </c>
       <c r="Q356">
+        <v>429</v>
+      </c>
+      <c r="R356">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="S356">
         <v>0</v>
       </c>
       <c r="T356" s="3">
         <v>733</v>
       </c>
       <c r="U356" s="5">
         <v>768</v>
       </c>
       <c r="V356">
         <v>0</v>
       </c>
       <c r="W356">
         <v>0</v>
       </c>
       <c r="X356">
         <v>0</v>
       </c>
       <c r="Y356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:25">
       <c r="A357">
@@ -27919,54 +27919,54 @@
       <c r="I357">
         <v>0</v>
       </c>
       <c r="J357">
         <v>1</v>
       </c>
       <c r="K357">
         <v>1</v>
       </c>
       <c r="L357" s="3">
         <v>24</v>
       </c>
       <c r="M357">
         <v>0</v>
       </c>
       <c r="N357">
         <v>0</v>
       </c>
       <c r="O357" s="3">
         <v>0</v>
       </c>
       <c r="P357" s="5">
         <v>24</v>
       </c>
       <c r="Q357">
+        <v>0</v>
+      </c>
+      <c r="R357">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="S357">
         <v>0</v>
       </c>
       <c r="T357" s="3">
         <v>90</v>
       </c>
       <c r="U357" s="5">
         <v>114</v>
       </c>
       <c r="V357">
         <v>0</v>
       </c>
       <c r="W357">
         <v>0</v>
       </c>
       <c r="X357">
         <v>0</v>
       </c>
       <c r="Y357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:25">
       <c r="A358">
@@ -28381,54 +28381,54 @@
       <c r="I363">
         <v>1</v>
       </c>
       <c r="J363">
         <v>2</v>
       </c>
       <c r="K363">
         <v>3</v>
       </c>
       <c r="L363" s="3">
         <v>44</v>
       </c>
       <c r="M363">
         <v>0</v>
       </c>
       <c r="N363">
         <v>10</v>
       </c>
       <c r="O363" s="3">
         <v>10</v>
       </c>
       <c r="P363" s="5">
         <v>54</v>
       </c>
       <c r="Q363">
+        <v>91</v>
+      </c>
+      <c r="R363">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="S363">
         <v>9</v>
       </c>
       <c r="T363" s="3">
         <v>186</v>
       </c>
       <c r="U363" s="5">
         <v>240</v>
       </c>
       <c r="V363">
         <v>0</v>
       </c>
       <c r="W363">
         <v>0</v>
       </c>
       <c r="X363">
         <v>0</v>
       </c>
       <c r="Y363" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:25">
       <c r="A364">
@@ -29305,54 +29305,54 @@
       <c r="I375">
         <v>0</v>
       </c>
       <c r="J375">
         <v>0</v>
       </c>
       <c r="K375">
         <v>0</v>
       </c>
       <c r="L375" s="3">
         <v>1</v>
       </c>
       <c r="M375">
         <v>0</v>
       </c>
       <c r="N375">
         <v>0</v>
       </c>
       <c r="O375" s="3">
         <v>0</v>
       </c>
       <c r="P375" s="5">
         <v>1</v>
       </c>
       <c r="Q375">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="R375">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="S375">
         <v>0</v>
       </c>
       <c r="T375" s="3">
         <v>95</v>
       </c>
       <c r="U375" s="5">
         <v>96</v>
       </c>
       <c r="V375">
         <v>0</v>
       </c>
       <c r="W375">
         <v>0</v>
       </c>
       <c r="X375">
         <v>0</v>
       </c>
       <c r="Y375" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:25">
       <c r="A376">
@@ -29613,54 +29613,54 @@
       <c r="I379">
         <v>1</v>
       </c>
       <c r="J379">
         <v>0</v>
       </c>
       <c r="K379">
         <v>1</v>
       </c>
       <c r="L379" s="3">
         <v>9</v>
       </c>
       <c r="M379">
         <v>0</v>
       </c>
       <c r="N379">
         <v>0</v>
       </c>
       <c r="O379" s="3">
         <v>0</v>
       </c>
       <c r="P379" s="5">
         <v>9</v>
       </c>
       <c r="Q379">
-        <v>0</v>
+        <v>213</v>
       </c>
       <c r="R379">
-        <v>213</v>
+        <v>0</v>
       </c>
       <c r="S379">
         <v>0</v>
       </c>
       <c r="T379" s="3">
         <v>213</v>
       </c>
       <c r="U379" s="5">
         <v>222</v>
       </c>
       <c r="V379">
         <v>0</v>
       </c>
       <c r="W379">
         <v>0</v>
       </c>
       <c r="X379">
         <v>0</v>
       </c>
       <c r="Y379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:25">
       <c r="A380">
@@ -29835,72 +29835,72 @@
       <c r="F382">
         <v>284</v>
       </c>
       <c r="G382">
         <v>2729</v>
       </c>
       <c r="H382">
         <v>3905</v>
       </c>
       <c r="I382">
         <v>446</v>
       </c>
       <c r="J382">
         <v>234</v>
       </c>
       <c r="K382">
         <v>666</v>
       </c>
       <c r="L382" s="3">
         <v>9627</v>
       </c>
       <c r="M382">
         <v>767</v>
       </c>
       <c r="N382">
-        <v>2444</v>
+        <v>2472</v>
       </c>
       <c r="O382" s="3">
-        <v>3211</v>
+        <v>3239</v>
       </c>
       <c r="P382" s="5">
-        <v>12838</v>
+        <v>12866</v>
       </c>
       <c r="Q382">
+        <v>19609</v>
+      </c>
+      <c r="R382">
         <v>6736</v>
-      </c>
-[...1 lines deleted...]
-        <v>19549</v>
       </c>
       <c r="S382">
         <v>3261</v>
       </c>
       <c r="T382" s="3">
-        <v>29546</v>
+        <v>29606</v>
       </c>
       <c r="U382" s="5">
-        <v>42384</v>
+        <v>42472</v>
       </c>
       <c r="V382">
         <v>83422</v>
       </c>
       <c r="W382">
         <v>22428</v>
       </c>
       <c r="X382">
         <v>4219</v>
       </c>
       <c r="Y382" s="3">
         <v>110069</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>