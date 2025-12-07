--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -412,54 +412,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K98"/>
+  <dimension ref="A1:K100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="K1" sqref="K1:K98"/>
+      <selection activeCell="K1" sqref="K1:K100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -473,57 +473,57 @@
       </c>
       <c r="K1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2">
         <v>16000</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="C2" s="3">
         <v>0</v>
       </c>
       <c r="D2">
         <v>1</v>
       </c>
       <c r="E2" s="3">
         <v>1</v>
       </c>
       <c r="F2" s="5">
         <v>1</v>
       </c>
       <c r="G2">
-        <v>80</v>
+        <v>296</v>
       </c>
       <c r="H2" s="3">
-        <v>80</v>
+        <v>296</v>
       </c>
       <c r="I2" s="5">
-        <v>81</v>
+        <v>297</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3">
         <v>16023</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3" s="3">
         <v>0</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3" s="3">
         <v>0</v>
       </c>
       <c r="F3" s="5">
@@ -1190,2706 +1190,2776 @@
       </c>
       <c r="E22" s="3">
         <v>0</v>
       </c>
       <c r="F22" s="5">
         <v>1</v>
       </c>
       <c r="G22">
         <v>0</v>
       </c>
       <c r="H22" s="3">
         <v>0</v>
       </c>
       <c r="I22" s="5">
         <v>1</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
       <c r="K22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23">
-        <v>19100</v>
+        <v>19000</v>
       </c>
       <c r="B23">
         <v>0</v>
       </c>
       <c r="C23" s="3">
         <v>0</v>
       </c>
       <c r="D23">
         <v>0</v>
       </c>
       <c r="E23" s="3">
         <v>0</v>
       </c>
       <c r="F23" s="5">
         <v>0</v>
       </c>
       <c r="G23">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="H23" s="3">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="I23" s="5">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
       <c r="K23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
-        <v>19470</v>
+        <v>19100</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
       <c r="C24" s="3">
         <v>0</v>
       </c>
       <c r="D24">
         <v>0</v>
       </c>
       <c r="E24" s="3">
         <v>0</v>
       </c>
       <c r="F24" s="5">
         <v>0</v>
       </c>
       <c r="G24">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="H24" s="3">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="I24" s="5">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="J24">
-        <v>297</v>
+        <v>0</v>
       </c>
       <c r="K24" s="3">
-        <v>297</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25">
-        <v>19800</v>
+        <v>19470</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="C25" s="3">
         <v>0</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
       <c r="E25" s="3">
         <v>0</v>
       </c>
       <c r="F25" s="5">
         <v>0</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="H25" s="3">
         <v>0</v>
       </c>
       <c r="I25" s="5">
         <v>0</v>
       </c>
       <c r="J25">
-        <v>1430</v>
+        <v>297</v>
       </c>
       <c r="K25" s="3">
-        <v>1430</v>
+        <v>297</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
-        <v>23000</v>
+        <v>19800</v>
       </c>
       <c r="B26">
         <v>0</v>
       </c>
       <c r="C26" s="3">
         <v>0</v>
       </c>
       <c r="D26">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="E26" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="F26" s="5">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G26">
-        <v>282</v>
+        <v>0</v>
       </c>
       <c r="H26" s="3">
-        <v>282</v>
+        <v>0</v>
       </c>
       <c r="I26" s="5">
-        <v>388</v>
+        <v>0</v>
       </c>
       <c r="J26">
-        <v>0</v>
+        <v>1430</v>
       </c>
       <c r="K26" s="3">
-        <v>0</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27">
-        <v>23110</v>
+        <v>23000</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
       <c r="C27" s="3">
         <v>0</v>
       </c>
       <c r="D27">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="E27" s="3">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="F27" s="5">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="G27">
-        <v>40</v>
+        <v>282</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>282</v>
       </c>
       <c r="I27" s="5">
-        <v>40</v>
+        <v>388</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
       <c r="K27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
-        <v>23150</v>
+        <v>23110</v>
       </c>
       <c r="B28">
         <v>0</v>
       </c>
       <c r="C28" s="3">
         <v>0</v>
       </c>
       <c r="D28">
         <v>0</v>
       </c>
       <c r="E28" s="3">
         <v>0</v>
       </c>
       <c r="F28" s="5">
         <v>0</v>
       </c>
       <c r="G28">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="H28" s="3">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="I28" s="5">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
       <c r="K28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
-        <v>23200</v>
+        <v>23150</v>
       </c>
       <c r="B29">
         <v>0</v>
       </c>
       <c r="C29" s="3">
         <v>0</v>
       </c>
       <c r="D29">
         <v>0</v>
       </c>
       <c r="E29" s="3">
         <v>0</v>
       </c>
       <c r="F29" s="5">
         <v>0</v>
       </c>
       <c r="G29">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="H29" s="3">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="I29" s="5">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30">
-        <v>23300</v>
+        <v>23200</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30" s="3">
         <v>0</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
       <c r="E30" s="3">
         <v>0</v>
       </c>
       <c r="F30" s="5">
         <v>0</v>
       </c>
       <c r="G30">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="H30" s="3">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="I30" s="5">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="J30">
         <v>0</v>
       </c>
       <c r="K30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
-        <v>23600</v>
+        <v>23300</v>
       </c>
       <c r="B31">
         <v>0</v>
       </c>
       <c r="C31" s="3">
         <v>0</v>
       </c>
       <c r="D31">
         <v>0</v>
       </c>
       <c r="E31" s="3">
         <v>0</v>
       </c>
       <c r="F31" s="5">
         <v>0</v>
       </c>
       <c r="G31">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="H31" s="3">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="I31" s="5">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
       <c r="K31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
-        <v>23800</v>
+        <v>23600</v>
       </c>
       <c r="B32">
         <v>0</v>
       </c>
       <c r="C32" s="3">
         <v>0</v>
       </c>
       <c r="D32">
         <v>0</v>
       </c>
       <c r="E32" s="3">
         <v>0</v>
       </c>
       <c r="F32" s="5">
         <v>0</v>
       </c>
       <c r="G32">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="H32" s="3">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="I32" s="5">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
       <c r="K32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33">
-        <v>24100</v>
+        <v>23800</v>
       </c>
       <c r="B33">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D33">
         <v>0</v>
       </c>
       <c r="E33" s="3">
         <v>0</v>
       </c>
       <c r="F33" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G33">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="H33" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="I33" s="5">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
       <c r="K33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
-        <v>33000</v>
+        <v>24100</v>
       </c>
       <c r="B34">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C34" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D34">
         <v>0</v>
       </c>
       <c r="E34" s="3">
         <v>0</v>
       </c>
       <c r="F34" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G34">
-        <v>848</v>
+        <v>0</v>
       </c>
       <c r="H34" s="3">
-        <v>848</v>
+        <v>0</v>
       </c>
       <c r="I34" s="5">
-        <v>851</v>
+        <v>1</v>
       </c>
       <c r="J34">
-        <v>6399</v>
+        <v>0</v>
       </c>
       <c r="K34" s="3">
-        <v>6399</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
-        <v>33076</v>
+        <v>33000</v>
       </c>
       <c r="B35">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C35" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D35">
         <v>0</v>
       </c>
       <c r="E35" s="3">
         <v>0</v>
       </c>
       <c r="F35" s="5">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G35">
-        <v>0</v>
+        <v>848</v>
       </c>
       <c r="H35" s="3">
-        <v>0</v>
+        <v>848</v>
       </c>
       <c r="I35" s="5">
-        <v>0</v>
+        <v>851</v>
       </c>
       <c r="J35">
-        <v>702</v>
+        <v>6399</v>
       </c>
       <c r="K35" s="3">
-        <v>702</v>
+        <v>6399</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
-        <v>33100</v>
+        <v>33076</v>
       </c>
       <c r="B36">
         <v>0</v>
       </c>
       <c r="C36" s="3">
         <v>0</v>
       </c>
       <c r="D36">
         <v>0</v>
       </c>
       <c r="E36" s="3">
         <v>0</v>
       </c>
       <c r="F36" s="5">
         <v>0</v>
       </c>
       <c r="G36">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="H36" s="3">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="I36" s="5">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="J36">
-        <v>0</v>
+        <v>702</v>
       </c>
       <c r="K36" s="3">
-        <v>0</v>
+        <v>702</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37">
-        <v>33110</v>
+        <v>33100</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="C37" s="3">
         <v>0</v>
       </c>
       <c r="D37">
         <v>0</v>
       </c>
       <c r="E37" s="3">
         <v>0</v>
       </c>
       <c r="F37" s="5">
         <v>0</v>
       </c>
       <c r="G37">
-        <v>407</v>
+        <v>173</v>
       </c>
       <c r="H37" s="3">
-        <v>407</v>
+        <v>173</v>
       </c>
       <c r="I37" s="5">
-        <v>407</v>
+        <v>173</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
       <c r="K37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38">
-        <v>33120</v>
+        <v>33110</v>
       </c>
       <c r="B38">
         <v>0</v>
       </c>
       <c r="C38" s="3">
         <v>0</v>
       </c>
       <c r="D38">
         <v>0</v>
       </c>
       <c r="E38" s="3">
         <v>0</v>
       </c>
       <c r="F38" s="5">
         <v>0</v>
       </c>
       <c r="G38">
-        <v>135</v>
+        <v>407</v>
       </c>
       <c r="H38" s="3">
-        <v>135</v>
+        <v>407</v>
       </c>
       <c r="I38" s="5">
-        <v>135</v>
+        <v>407</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
       <c r="K38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39">
-        <v>33130</v>
+        <v>33120</v>
       </c>
       <c r="B39">
         <v>0</v>
       </c>
       <c r="C39" s="3">
         <v>0</v>
       </c>
       <c r="D39">
         <v>0</v>
       </c>
       <c r="E39" s="3">
         <v>0</v>
       </c>
       <c r="F39" s="5">
         <v>0</v>
       </c>
       <c r="G39">
-        <v>232</v>
+        <v>135</v>
       </c>
       <c r="H39" s="3">
-        <v>232</v>
+        <v>135</v>
       </c>
       <c r="I39" s="5">
-        <v>232</v>
+        <v>135</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
       <c r="K39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40">
-        <v>33140</v>
+        <v>33130</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40" s="3">
         <v>0</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
       <c r="E40" s="3">
         <v>0</v>
       </c>
       <c r="F40" s="5">
         <v>0</v>
       </c>
       <c r="G40">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="H40" s="3">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="I40" s="5">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="J40">
         <v>0</v>
       </c>
       <c r="K40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41">
-        <v>33150</v>
+        <v>33140</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="C41" s="3">
         <v>0</v>
       </c>
       <c r="D41">
         <v>0</v>
       </c>
       <c r="E41" s="3">
         <v>0</v>
       </c>
       <c r="F41" s="5">
         <v>0</v>
       </c>
       <c r="G41">
-        <v>1337</v>
+        <v>169</v>
       </c>
       <c r="H41" s="3">
-        <v>1337</v>
+        <v>169</v>
       </c>
       <c r="I41" s="5">
-        <v>1337</v>
+        <v>169</v>
       </c>
       <c r="J41">
         <v>0</v>
       </c>
       <c r="K41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42">
-        <v>33160</v>
+        <v>33150</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="C42" s="3">
         <v>0</v>
       </c>
       <c r="D42">
         <v>0</v>
       </c>
       <c r="E42" s="3">
         <v>0</v>
       </c>
       <c r="F42" s="5">
         <v>0</v>
       </c>
       <c r="G42">
-        <v>112</v>
+        <v>1337</v>
       </c>
       <c r="H42" s="3">
-        <v>112</v>
+        <v>1337</v>
       </c>
       <c r="I42" s="5">
-        <v>112</v>
+        <v>1337</v>
       </c>
       <c r="J42">
-        <v>1929</v>
+        <v>0</v>
       </c>
       <c r="K42" s="3">
-        <v>1929</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43">
-        <v>33170</v>
+        <v>33160</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="C43" s="3">
         <v>0</v>
       </c>
       <c r="D43">
         <v>0</v>
       </c>
       <c r="E43" s="3">
         <v>0</v>
       </c>
       <c r="F43" s="5">
         <v>0</v>
       </c>
       <c r="G43">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="H43" s="3">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="I43" s="5">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="J43">
-        <v>0</v>
+        <v>1929</v>
       </c>
       <c r="K43" s="3">
-        <v>0</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44">
-        <v>33200</v>
+        <v>33170</v>
       </c>
       <c r="B44">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D44">
         <v>0</v>
       </c>
       <c r="E44" s="3">
         <v>0</v>
       </c>
       <c r="F44" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G44">
-        <v>0</v>
+        <v>118</v>
       </c>
       <c r="H44" s="3">
-        <v>0</v>
+        <v>118</v>
       </c>
       <c r="I44" s="5">
-        <v>1</v>
+        <v>118</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
       <c r="K44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45">
-        <v>33270</v>
+        <v>33200</v>
       </c>
       <c r="B45">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
       <c r="E45" s="3">
         <v>0</v>
       </c>
       <c r="F45" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G45">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="H45" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="I45" s="5">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
-        <v>33300</v>
+        <v>33270</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="C46" s="3">
         <v>0</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
       <c r="E46" s="3">
         <v>0</v>
       </c>
       <c r="F46" s="5">
         <v>0</v>
       </c>
       <c r="G46">
-        <v>1089</v>
+        <v>34</v>
       </c>
       <c r="H46" s="3">
-        <v>1089</v>
+        <v>34</v>
       </c>
       <c r="I46" s="5">
-        <v>1089</v>
+        <v>34</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
       <c r="K46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47">
-        <v>33310</v>
+        <v>33300</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47" s="3">
         <v>0</v>
       </c>
       <c r="D47">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E47" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F47" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G47">
-        <v>668</v>
+        <v>1089</v>
       </c>
       <c r="H47" s="3">
-        <v>668</v>
+        <v>1089</v>
       </c>
       <c r="I47" s="5">
-        <v>678</v>
+        <v>1089</v>
       </c>
       <c r="J47">
         <v>0</v>
       </c>
       <c r="K47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48">
-        <v>33320</v>
+        <v>33310</v>
       </c>
       <c r="B48">
         <v>0</v>
       </c>
       <c r="C48" s="3">
         <v>0</v>
       </c>
       <c r="D48">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E48" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F48" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G48">
-        <v>240</v>
+        <v>668</v>
       </c>
       <c r="H48" s="3">
-        <v>240</v>
+        <v>668</v>
       </c>
       <c r="I48" s="5">
-        <v>240</v>
+        <v>678</v>
       </c>
       <c r="J48">
         <v>0</v>
       </c>
       <c r="K48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49">
-        <v>33350</v>
+        <v>33320</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="C49" s="3">
         <v>0</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
       <c r="E49" s="3">
         <v>0</v>
       </c>
       <c r="F49" s="5">
         <v>0</v>
       </c>
       <c r="G49">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="H49" s="3">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="I49" s="5">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
       <c r="K49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50">
-        <v>33400</v>
+        <v>33350</v>
       </c>
       <c r="B50">
         <v>0</v>
       </c>
       <c r="C50" s="3">
         <v>0</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
       <c r="E50" s="3">
         <v>0</v>
       </c>
       <c r="F50" s="5">
         <v>0</v>
       </c>
       <c r="G50">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H50" s="3">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="I50" s="5">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="J50">
         <v>0</v>
       </c>
       <c r="K50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51">
-        <v>33405</v>
+        <v>33400</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="C51" s="3">
         <v>0</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
       <c r="E51" s="3">
         <v>0</v>
       </c>
       <c r="F51" s="5">
         <v>0</v>
       </c>
       <c r="G51">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="H51" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="I51" s="5">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="J51">
-        <v>77048</v>
+        <v>0</v>
       </c>
       <c r="K51" s="3">
-        <v>77048</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52">
-        <v>33450</v>
+        <v>33405</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="C52" s="3">
         <v>0</v>
       </c>
       <c r="D52">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E52" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F52" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52" s="3">
         <v>0</v>
       </c>
       <c r="I52" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J52">
-        <v>0</v>
+        <v>77048</v>
       </c>
       <c r="K52" s="3">
-        <v>0</v>
+        <v>77048</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53">
-        <v>33470</v>
+        <v>33450</v>
       </c>
       <c r="B53">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D53">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E53" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F53" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53" s="3">
         <v>0</v>
       </c>
       <c r="I53" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
       <c r="K53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54">
-        <v>33500</v>
+        <v>33470</v>
       </c>
       <c r="B54">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C54" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D54">
         <v>0</v>
       </c>
       <c r="E54" s="3">
         <v>0</v>
       </c>
       <c r="F54" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G54">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="H54" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="I54" s="5">
-        <v>299</v>
+        <v>1</v>
       </c>
       <c r="J54">
         <v>0</v>
       </c>
       <c r="K54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55">
-        <v>33530</v>
+        <v>33500</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="C55" s="3">
         <v>0</v>
       </c>
       <c r="D55">
         <v>0</v>
       </c>
       <c r="E55" s="3">
         <v>0</v>
       </c>
       <c r="F55" s="5">
         <v>0</v>
       </c>
       <c r="G55">
-        <v>180</v>
+        <v>299</v>
       </c>
       <c r="H55" s="3">
-        <v>180</v>
+        <v>299</v>
       </c>
       <c r="I55" s="5">
-        <v>180</v>
+        <v>299</v>
       </c>
       <c r="J55">
-        <v>1040</v>
+        <v>0</v>
       </c>
       <c r="K55" s="3">
-        <v>1040</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56">
-        <v>33550</v>
+        <v>33530</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="C56" s="3">
         <v>0</v>
       </c>
       <c r="D56">
         <v>0</v>
       </c>
       <c r="E56" s="3">
         <v>0</v>
       </c>
       <c r="F56" s="5">
         <v>0</v>
       </c>
       <c r="G56">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="H56" s="3">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="I56" s="5">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="J56">
-        <v>0</v>
+        <v>1040</v>
       </c>
       <c r="K56" s="3">
-        <v>0</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57">
-        <v>33600</v>
+        <v>33550</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="C57" s="3">
         <v>0</v>
       </c>
       <c r="D57">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="E57" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F57" s="5">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G57">
-        <v>585</v>
+        <v>151</v>
       </c>
       <c r="H57" s="3">
-        <v>585</v>
+        <v>151</v>
       </c>
       <c r="I57" s="5">
-        <v>593</v>
+        <v>151</v>
       </c>
       <c r="J57">
         <v>0</v>
       </c>
       <c r="K57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58">
-        <v>33670</v>
+        <v>33600</v>
       </c>
       <c r="B58">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D58">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="E58" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F58" s="5">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G58">
-        <v>0</v>
+        <v>585</v>
       </c>
       <c r="H58" s="3">
-        <v>0</v>
+        <v>585</v>
       </c>
       <c r="I58" s="5">
-        <v>1</v>
+        <v>593</v>
       </c>
       <c r="J58">
         <v>0</v>
       </c>
       <c r="K58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
-        <v>33700</v>
+        <v>33660</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59" s="3">
         <v>0</v>
       </c>
       <c r="D59">
         <v>0</v>
       </c>
       <c r="E59" s="3">
         <v>0</v>
       </c>
       <c r="F59" s="5">
         <v>0</v>
       </c>
       <c r="G59">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="H59" s="3">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="I59" s="5">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="J59">
-        <v>4584</v>
+        <v>800</v>
       </c>
       <c r="K59" s="3">
-        <v>4584</v>
+        <v>800</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60">
-        <v>33920</v>
+        <v>33670</v>
       </c>
       <c r="B60">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D60">
         <v>0</v>
       </c>
       <c r="E60" s="3">
         <v>0</v>
       </c>
       <c r="F60" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60" s="3">
         <v>0</v>
       </c>
       <c r="I60" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J60">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="K60" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61">
-        <v>40100</v>
+        <v>33700</v>
       </c>
       <c r="B61">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C61" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D61">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="E61" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F61" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G61">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="H61" s="3">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="I61" s="5">
-        <v>12</v>
+        <v>283</v>
       </c>
       <c r="J61">
-        <v>0</v>
+        <v>4584</v>
       </c>
       <c r="K61" s="3">
-        <v>0</v>
+        <v>4584</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62">
-        <v>40180</v>
+        <v>33920</v>
       </c>
       <c r="B62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62" s="3">
         <v>0</v>
       </c>
       <c r="F62" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62" s="3">
         <v>0</v>
       </c>
       <c r="I62" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J62">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="K62" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63">
-        <v>40390</v>
+        <v>40100</v>
       </c>
       <c r="B63">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C63" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D63">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="E63" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F63" s="5">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G63">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H63" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I63" s="5">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="J63">
         <v>0</v>
       </c>
       <c r="K63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64">
-        <v>47000</v>
+        <v>40180</v>
       </c>
       <c r="B64">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C64" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D64">
         <v>0</v>
       </c>
       <c r="E64" s="3">
         <v>0</v>
       </c>
       <c r="F64" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G64">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="H64" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="I64" s="5">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
       <c r="K64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65">
-        <v>47200</v>
+        <v>40390</v>
       </c>
       <c r="B65">
         <v>0</v>
       </c>
       <c r="C65" s="3">
         <v>0</v>
       </c>
       <c r="D65">
         <v>0</v>
       </c>
       <c r="E65" s="3">
         <v>0</v>
       </c>
       <c r="F65" s="5">
         <v>0</v>
       </c>
       <c r="G65">
-        <v>374</v>
+        <v>7</v>
       </c>
       <c r="H65" s="3">
-        <v>374</v>
+        <v>7</v>
       </c>
       <c r="I65" s="5">
-        <v>374</v>
+        <v>7</v>
       </c>
       <c r="J65">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="K65" s="3">
-        <v>1350</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66">
-        <v>47310</v>
+        <v>47000</v>
       </c>
       <c r="B66">
         <v>0</v>
       </c>
       <c r="C66" s="3">
         <v>0</v>
       </c>
       <c r="D66">
         <v>0</v>
       </c>
       <c r="E66" s="3">
         <v>0</v>
       </c>
       <c r="F66" s="5">
         <v>0</v>
       </c>
       <c r="G66">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="H66" s="3">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="I66" s="5">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="J66">
-        <v>2250</v>
+        <v>0</v>
       </c>
       <c r="K66" s="3">
-        <v>2250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67">
-        <v>47500</v>
+        <v>47200</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="C67" s="3">
         <v>0</v>
       </c>
       <c r="D67">
         <v>0</v>
       </c>
       <c r="E67" s="3">
         <v>0</v>
       </c>
       <c r="F67" s="5">
         <v>0</v>
       </c>
       <c r="G67">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="H67" s="3">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="I67" s="5">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="J67">
-        <v>0</v>
+        <v>1350</v>
       </c>
       <c r="K67" s="3">
-        <v>0</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68">
-        <v>47770</v>
+        <v>47310</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
       <c r="C68" s="3">
         <v>0</v>
       </c>
       <c r="D68">
         <v>0</v>
       </c>
       <c r="E68" s="3">
         <v>0</v>
       </c>
       <c r="F68" s="5">
         <v>0</v>
       </c>
       <c r="G68">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H68" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I68" s="5">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J68">
-        <v>9379</v>
+        <v>2250</v>
       </c>
       <c r="K68" s="3">
-        <v>9379</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69">
-        <v>64000</v>
+        <v>47500</v>
       </c>
       <c r="B69">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D69">
         <v>0</v>
       </c>
       <c r="E69" s="3">
         <v>0</v>
       </c>
       <c r="F69" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G69">
-        <v>1753</v>
+        <v>12</v>
       </c>
       <c r="H69" s="3">
-        <v>1753</v>
+        <v>12</v>
       </c>
       <c r="I69" s="5">
-        <v>1754</v>
+        <v>12</v>
       </c>
       <c r="J69">
-        <v>3446</v>
+        <v>0</v>
       </c>
       <c r="K69" s="3">
-        <v>3446</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70">
-        <v>64100</v>
+        <v>47770</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
       <c r="C70" s="3">
         <v>0</v>
       </c>
       <c r="D70">
         <v>0</v>
       </c>
       <c r="E70" s="3">
         <v>0</v>
       </c>
       <c r="F70" s="5">
         <v>0</v>
       </c>
       <c r="G70">
-        <v>742</v>
+        <v>0</v>
       </c>
       <c r="H70" s="3">
-        <v>742</v>
+        <v>0</v>
       </c>
       <c r="I70" s="5">
-        <v>742</v>
+        <v>0</v>
       </c>
       <c r="J70">
-        <v>0</v>
+        <v>9379</v>
       </c>
       <c r="K70" s="3">
-        <v>0</v>
+        <v>9379</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71">
-        <v>64122</v>
+        <v>64000</v>
       </c>
       <c r="B71">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C71" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D71">
         <v>0</v>
       </c>
       <c r="E71" s="3">
         <v>0</v>
       </c>
       <c r="F71" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G71">
-        <v>7</v>
+        <v>1753</v>
       </c>
       <c r="H71" s="3">
-        <v>7</v>
+        <v>1753</v>
       </c>
       <c r="I71" s="5">
-        <v>7</v>
+        <v>1754</v>
       </c>
       <c r="J71">
-        <v>0</v>
+        <v>3446</v>
       </c>
       <c r="K71" s="3">
-        <v>0</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72">
-        <v>64140</v>
+        <v>64100</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
       <c r="C72" s="3">
         <v>0</v>
       </c>
       <c r="D72">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="E72" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="F72" s="5">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G72">
-        <v>0</v>
+        <v>742</v>
       </c>
       <c r="H72" s="3">
-        <v>0</v>
+        <v>742</v>
       </c>
       <c r="I72" s="5">
-        <v>31</v>
+        <v>742</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
       <c r="K72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73">
-        <v>64150</v>
+        <v>64122</v>
       </c>
       <c r="B73">
         <v>0</v>
       </c>
       <c r="C73" s="3">
         <v>0</v>
       </c>
       <c r="D73">
         <v>0</v>
       </c>
       <c r="E73" s="3">
         <v>0</v>
       </c>
       <c r="F73" s="5">
         <v>0</v>
       </c>
       <c r="G73">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="H73" s="3">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="I73" s="5">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="J73">
         <v>0</v>
       </c>
       <c r="K73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74">
-        <v>64200</v>
+        <v>64140</v>
       </c>
       <c r="B74">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C74" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D74">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="E74" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="F74" s="5">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74" s="3">
         <v>0</v>
       </c>
       <c r="I74" s="5">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="J74">
         <v>0</v>
       </c>
       <c r="K74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75">
-        <v>64210</v>
+        <v>64150</v>
       </c>
       <c r="B75">
         <v>0</v>
       </c>
       <c r="C75" s="3">
         <v>0</v>
       </c>
       <c r="D75">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="E75" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F75" s="5">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G75">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="H75" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="I75" s="5">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="J75">
         <v>0</v>
       </c>
       <c r="K75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76">
-        <v>64370</v>
+        <v>64200</v>
       </c>
       <c r="B76">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C76" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D76">
         <v>0</v>
       </c>
       <c r="E76" s="3">
         <v>0</v>
       </c>
       <c r="F76" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76" s="3">
         <v>0</v>
       </c>
       <c r="I76" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J76">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="K76" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77">
-        <v>64470</v>
+        <v>64210</v>
       </c>
       <c r="B77">
         <v>0</v>
       </c>
       <c r="C77" s="3">
         <v>0</v>
       </c>
       <c r="D77">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="E77" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F77" s="5">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G77">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H77" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I77" s="5">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J77">
         <v>0</v>
       </c>
       <c r="K77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78">
-        <v>64700</v>
+        <v>64370</v>
       </c>
       <c r="B78">
         <v>0</v>
       </c>
       <c r="C78" s="3">
         <v>0</v>
       </c>
       <c r="D78">
         <v>0</v>
       </c>
       <c r="E78" s="3">
         <v>0</v>
       </c>
       <c r="F78" s="5">
         <v>0</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78" s="3">
         <v>0</v>
       </c>
       <c r="I78" s="5">
         <v>0</v>
       </c>
       <c r="J78">
-        <v>2261</v>
+        <v>207</v>
       </c>
       <c r="K78" s="3">
-        <v>2261</v>
+        <v>207</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79">
-        <v>64800</v>
+        <v>64470</v>
       </c>
       <c r="B79">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C79" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D79">
         <v>0</v>
       </c>
       <c r="E79" s="3">
         <v>0</v>
       </c>
       <c r="F79" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G79">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I79" s="5">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="J79">
         <v>0</v>
       </c>
       <c r="K79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80">
-        <v>79000</v>
+        <v>64700</v>
       </c>
       <c r="B80">
         <v>0</v>
       </c>
       <c r="C80" s="3">
         <v>0</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80" s="3">
         <v>0</v>
       </c>
       <c r="F80" s="5">
         <v>0</v>
       </c>
       <c r="G80">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="H80" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="I80" s="5">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="J80">
-        <v>0</v>
+        <v>2261</v>
       </c>
       <c r="K80" s="3">
-        <v>0</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81">
-        <v>79120</v>
+        <v>64800</v>
       </c>
       <c r="B81">
         <v>1</v>
       </c>
       <c r="C81" s="3">
         <v>1</v>
       </c>
       <c r="D81">
         <v>0</v>
       </c>
       <c r="E81" s="3">
         <v>0</v>
       </c>
       <c r="F81" s="5">
         <v>1</v>
       </c>
       <c r="G81">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H81" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I81" s="5">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="J81">
         <v>0</v>
       </c>
       <c r="K81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82">
-        <v>79160</v>
+        <v>79000</v>
       </c>
       <c r="B82">
         <v>0</v>
       </c>
       <c r="C82" s="3">
         <v>0</v>
       </c>
       <c r="D82">
         <v>0</v>
       </c>
       <c r="E82" s="3">
         <v>0</v>
       </c>
       <c r="F82" s="5">
         <v>0</v>
       </c>
       <c r="G82">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="H82" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="I82" s="5">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="J82">
-        <v>1948</v>
+        <v>0</v>
       </c>
       <c r="K82" s="3">
-        <v>1948</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83">
-        <v>79200</v>
+        <v>79120</v>
       </c>
       <c r="B83">
         <v>1</v>
       </c>
       <c r="C83" s="3">
         <v>1</v>
       </c>
       <c r="D83">
         <v>0</v>
       </c>
       <c r="E83" s="3">
         <v>0</v>
       </c>
       <c r="F83" s="5">
         <v>1</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83" s="3">
         <v>0</v>
       </c>
       <c r="I83" s="5">
         <v>1</v>
       </c>
       <c r="J83">
         <v>0</v>
       </c>
       <c r="K83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84">
-        <v>79330</v>
+        <v>79160</v>
       </c>
       <c r="B84">
         <v>0</v>
       </c>
       <c r="C84" s="3">
         <v>0</v>
       </c>
       <c r="D84">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="E84" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="F84" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G84">
         <v>0</v>
       </c>
       <c r="H84" s="3">
         <v>0</v>
       </c>
       <c r="I84" s="5">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="J84">
-        <v>0</v>
+        <v>1948</v>
       </c>
       <c r="K84" s="3">
-        <v>0</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85">
-        <v>79700</v>
+        <v>79200</v>
       </c>
       <c r="B85">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D85">
         <v>0</v>
       </c>
       <c r="E85" s="3">
         <v>0</v>
       </c>
       <c r="F85" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G85">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H85" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I85" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J85">
         <v>0</v>
       </c>
       <c r="K85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86">
-        <v>79800</v>
+        <v>79330</v>
       </c>
       <c r="B86">
         <v>0</v>
       </c>
       <c r="C86" s="3">
         <v>0</v>
       </c>
       <c r="D86">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="E86" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="F86" s="5">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86" s="3">
         <v>0</v>
       </c>
       <c r="I86" s="5">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="J86">
-        <v>870</v>
+        <v>0</v>
       </c>
       <c r="K86" s="3">
-        <v>870</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87">
-        <v>86000</v>
+        <v>79700</v>
       </c>
       <c r="B87">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C87" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D87">
         <v>0</v>
       </c>
       <c r="E87" s="3">
         <v>0</v>
       </c>
       <c r="F87" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G87">
-        <v>907</v>
+        <v>2</v>
       </c>
       <c r="H87" s="3">
-        <v>907</v>
+        <v>2</v>
       </c>
       <c r="I87" s="5">
-        <v>908</v>
+        <v>2</v>
       </c>
       <c r="J87">
         <v>0</v>
       </c>
       <c r="K87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88">
-        <v>86068</v>
+        <v>79800</v>
       </c>
       <c r="B88">
         <v>0</v>
       </c>
       <c r="C88" s="3">
         <v>0</v>
       </c>
       <c r="D88">
         <v>0</v>
       </c>
       <c r="E88" s="3">
         <v>0</v>
       </c>
       <c r="F88" s="5">
         <v>0</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88" s="3">
         <v>0</v>
       </c>
       <c r="I88" s="5">
         <v>0</v>
       </c>
       <c r="J88">
-        <v>2300</v>
+        <v>870</v>
       </c>
       <c r="K88" s="3">
-        <v>2300</v>
+        <v>870</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89">
-        <v>86100</v>
+        <v>86000</v>
       </c>
       <c r="B89">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C89" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D89">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="E89" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="F89" s="5">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="G89">
-        <v>55</v>
+        <v>907</v>
       </c>
       <c r="H89" s="3">
-        <v>55</v>
+        <v>907</v>
       </c>
       <c r="I89" s="5">
-        <v>85</v>
+        <v>908</v>
       </c>
       <c r="J89">
         <v>0</v>
       </c>
       <c r="K89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90">
-        <v>86110</v>
+        <v>86068</v>
       </c>
       <c r="B90">
         <v>0</v>
       </c>
       <c r="C90" s="3">
         <v>0</v>
       </c>
       <c r="D90">
         <v>0</v>
       </c>
       <c r="E90" s="3">
         <v>0</v>
       </c>
       <c r="F90" s="5">
         <v>0</v>
       </c>
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90" s="3">
         <v>0</v>
       </c>
       <c r="I90" s="5">
         <v>0</v>
       </c>
       <c r="J90">
-        <v>466</v>
+        <v>2300</v>
       </c>
       <c r="K90" s="3">
-        <v>466</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91">
-        <v>86440</v>
+        <v>86100</v>
       </c>
       <c r="B91">
         <v>0</v>
       </c>
       <c r="C91" s="3">
         <v>0</v>
       </c>
       <c r="D91">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="E91" s="3">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="F91" s="5">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="G91">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="H91" s="3">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="I91" s="5">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="J91">
-        <v>0</v>
+        <v>804</v>
       </c>
       <c r="K91" s="3">
-        <v>0</v>
+        <v>804</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92">
-        <v>87000</v>
+        <v>86110</v>
       </c>
       <c r="B92">
         <v>0</v>
       </c>
       <c r="C92" s="3">
         <v>0</v>
       </c>
       <c r="D92">
         <v>0</v>
       </c>
       <c r="E92" s="3">
         <v>0</v>
       </c>
       <c r="F92" s="5">
         <v>0</v>
       </c>
       <c r="G92">
-        <v>1489</v>
+        <v>0</v>
       </c>
       <c r="H92" s="3">
-        <v>1489</v>
+        <v>0</v>
       </c>
       <c r="I92" s="5">
-        <v>1489</v>
+        <v>0</v>
       </c>
       <c r="J92">
-        <v>786</v>
+        <v>466</v>
       </c>
       <c r="K92" s="3">
-        <v>786</v>
+        <v>466</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93">
-        <v>87100</v>
+        <v>86440</v>
       </c>
       <c r="B93">
         <v>0</v>
       </c>
       <c r="C93" s="3">
         <v>0</v>
       </c>
       <c r="D93">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="E93" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="F93" s="5">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="G93">
-        <v>682</v>
+        <v>0</v>
       </c>
       <c r="H93" s="3">
-        <v>682</v>
+        <v>0</v>
       </c>
       <c r="I93" s="5">
-        <v>682</v>
+        <v>70</v>
       </c>
       <c r="J93">
         <v>0</v>
       </c>
       <c r="K93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94">
-        <v>87140</v>
+        <v>87000</v>
       </c>
       <c r="B94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C94" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D94">
         <v>0</v>
       </c>
       <c r="E94" s="3">
         <v>0</v>
       </c>
       <c r="F94" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G94">
-        <v>0</v>
+        <v>1503</v>
       </c>
       <c r="H94" s="3">
-        <v>0</v>
+        <v>1503</v>
       </c>
       <c r="I94" s="5">
-        <v>1</v>
+        <v>1503</v>
       </c>
       <c r="J94">
-        <v>0</v>
+        <v>786</v>
       </c>
       <c r="K94" s="3">
-        <v>0</v>
+        <v>786</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95">
-        <v>87220</v>
+        <v>87100</v>
       </c>
       <c r="B95">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C95" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D95">
         <v>0</v>
       </c>
       <c r="E95" s="3">
         <v>0</v>
       </c>
       <c r="F95" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G95">
-        <v>0</v>
+        <v>682</v>
       </c>
       <c r="H95" s="3">
-        <v>0</v>
+        <v>682</v>
       </c>
       <c r="I95" s="5">
-        <v>1</v>
+        <v>682</v>
       </c>
       <c r="J95">
         <v>0</v>
       </c>
       <c r="K95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96">
-        <v>87280</v>
+        <v>87140</v>
       </c>
       <c r="B96">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C96" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D96">
         <v>0</v>
       </c>
       <c r="E96" s="3">
         <v>0</v>
       </c>
       <c r="F96" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G96">
-        <v>401</v>
+        <v>0</v>
       </c>
       <c r="H96" s="3">
-        <v>401</v>
+        <v>0</v>
       </c>
       <c r="I96" s="5">
-        <v>401</v>
+        <v>1</v>
       </c>
       <c r="J96">
         <v>0</v>
       </c>
       <c r="K96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97">
+        <v>87220</v>
+      </c>
+      <c r="B97">
+        <v>1</v>
+      </c>
+      <c r="C97" s="3">
+        <v>1</v>
+      </c>
+      <c r="D97">
+        <v>0</v>
+      </c>
+      <c r="E97" s="3">
+        <v>0</v>
+      </c>
+      <c r="F97" s="5">
+        <v>1</v>
+      </c>
+      <c r="G97">
+        <v>0</v>
+      </c>
+      <c r="H97" s="3">
+        <v>0</v>
+      </c>
+      <c r="I97" s="5">
+        <v>1</v>
+      </c>
+      <c r="J97">
+        <v>0</v>
+      </c>
+      <c r="K97" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11">
+      <c r="A98">
+        <v>87280</v>
+      </c>
+      <c r="B98">
+        <v>0</v>
+      </c>
+      <c r="C98" s="3">
+        <v>0</v>
+      </c>
+      <c r="D98">
+        <v>0</v>
+      </c>
+      <c r="E98" s="3">
+        <v>0</v>
+      </c>
+      <c r="F98" s="5">
+        <v>0</v>
+      </c>
+      <c r="G98">
+        <v>401</v>
+      </c>
+      <c r="H98" s="3">
+        <v>401</v>
+      </c>
+      <c r="I98" s="5">
+        <v>401</v>
+      </c>
+      <c r="J98">
+        <v>0</v>
+      </c>
+      <c r="K98" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11">
+      <c r="A99">
         <v>87410</v>
       </c>
-      <c r="B97">
-[...14 lines deleted...]
-      <c r="G97">
+      <c r="B99">
+        <v>0</v>
+      </c>
+      <c r="C99" s="3">
+        <v>0</v>
+      </c>
+      <c r="D99">
+        <v>0</v>
+      </c>
+      <c r="E99" s="3">
+        <v>0</v>
+      </c>
+      <c r="F99" s="5">
+        <v>0</v>
+      </c>
+      <c r="G99">
         <v>41</v>
       </c>
-      <c r="H97" s="3">
+      <c r="H99" s="3">
         <v>41</v>
       </c>
-      <c r="I97" s="5">
+      <c r="I99" s="5">
         <v>41</v>
       </c>
-      <c r="J97">
-[...7 lines deleted...]
-      <c r="A98" t="s">
+      <c r="J99">
+        <v>0</v>
+      </c>
+      <c r="K99" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100" t="s">
         <v>7</v>
       </c>
-      <c r="B98">
+      <c r="B100">
         <v>21</v>
       </c>
-      <c r="C98" s="3">
+      <c r="C100" s="3">
         <v>21</v>
       </c>
-      <c r="D98">
+      <c r="D100">
         <v>306</v>
       </c>
-      <c r="E98" s="3">
+      <c r="E100" s="3">
         <v>306</v>
       </c>
-      <c r="F98" s="5">
+      <c r="F100" s="5">
         <v>327</v>
       </c>
-      <c r="G98">
-[...12 lines deleted...]
-        <v>126633</v>
+      <c r="G100">
+        <v>16382</v>
+      </c>
+      <c r="H100" s="3">
+        <v>16382</v>
+      </c>
+      <c r="I100" s="5">
+        <v>16709</v>
+      </c>
+      <c r="J100">
+        <v>128237</v>
+      </c>
+      <c r="K100" s="3">
+        <v>128237</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>