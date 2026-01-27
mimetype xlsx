--- v1 (2025-12-07)
+++ v2 (2026-01-27)
@@ -412,54 +412,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K100"/>
+  <dimension ref="A1:K103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="K1" sqref="K1:K100"/>
+      <selection activeCell="K1" sqref="K1:K103"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -1575,2391 +1575,2496 @@
       </c>
       <c r="E33" s="3">
         <v>0</v>
       </c>
       <c r="F33" s="5">
         <v>0</v>
       </c>
       <c r="G33">
         <v>28</v>
       </c>
       <c r="H33" s="3">
         <v>28</v>
       </c>
       <c r="I33" s="5">
         <v>28</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
       <c r="K33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
-        <v>24100</v>
+        <v>24000</v>
       </c>
       <c r="B34">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D34">
         <v>0</v>
       </c>
       <c r="E34" s="3">
         <v>0</v>
       </c>
       <c r="F34" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G34">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="H34" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="I34" s="5">
-        <v>1</v>
+        <v>41</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
       <c r="K34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
-        <v>33000</v>
+        <v>24100</v>
       </c>
       <c r="B35">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C35" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D35">
         <v>0</v>
       </c>
       <c r="E35" s="3">
         <v>0</v>
       </c>
       <c r="F35" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G35">
-        <v>848</v>
+        <v>0</v>
       </c>
       <c r="H35" s="3">
-        <v>848</v>
+        <v>0</v>
       </c>
       <c r="I35" s="5">
-        <v>851</v>
+        <v>1</v>
       </c>
       <c r="J35">
-        <v>6399</v>
+        <v>0</v>
       </c>
       <c r="K35" s="3">
-        <v>6399</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
-        <v>33076</v>
+        <v>33000</v>
       </c>
       <c r="B36">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C36" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D36">
         <v>0</v>
       </c>
       <c r="E36" s="3">
         <v>0</v>
       </c>
       <c r="F36" s="5">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G36">
-        <v>0</v>
+        <v>848</v>
       </c>
       <c r="H36" s="3">
-        <v>0</v>
+        <v>848</v>
       </c>
       <c r="I36" s="5">
-        <v>0</v>
+        <v>851</v>
       </c>
       <c r="J36">
-        <v>702</v>
+        <v>6399</v>
       </c>
       <c r="K36" s="3">
-        <v>702</v>
+        <v>6399</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37">
-        <v>33100</v>
+        <v>33076</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="C37" s="3">
         <v>0</v>
       </c>
       <c r="D37">
         <v>0</v>
       </c>
       <c r="E37" s="3">
         <v>0</v>
       </c>
       <c r="F37" s="5">
         <v>0</v>
       </c>
       <c r="G37">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="H37" s="3">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="I37" s="5">
-        <v>173</v>
+        <v>0</v>
       </c>
       <c r="J37">
-        <v>0</v>
+        <v>702</v>
       </c>
       <c r="K37" s="3">
-        <v>0</v>
+        <v>702</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38">
-        <v>33110</v>
+        <v>33100</v>
       </c>
       <c r="B38">
         <v>0</v>
       </c>
       <c r="C38" s="3">
         <v>0</v>
       </c>
       <c r="D38">
         <v>0</v>
       </c>
       <c r="E38" s="3">
         <v>0</v>
       </c>
       <c r="F38" s="5">
         <v>0</v>
       </c>
       <c r="G38">
-        <v>407</v>
+        <v>173</v>
       </c>
       <c r="H38" s="3">
-        <v>407</v>
+        <v>173</v>
       </c>
       <c r="I38" s="5">
-        <v>407</v>
+        <v>173</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
       <c r="K38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39">
-        <v>33120</v>
+        <v>33110</v>
       </c>
       <c r="B39">
         <v>0</v>
       </c>
       <c r="C39" s="3">
         <v>0</v>
       </c>
       <c r="D39">
         <v>0</v>
       </c>
       <c r="E39" s="3">
         <v>0</v>
       </c>
       <c r="F39" s="5">
         <v>0</v>
       </c>
       <c r="G39">
-        <v>135</v>
+        <v>407</v>
       </c>
       <c r="H39" s="3">
-        <v>135</v>
+        <v>407</v>
       </c>
       <c r="I39" s="5">
-        <v>135</v>
+        <v>407</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
       <c r="K39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40">
-        <v>33130</v>
+        <v>33120</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40" s="3">
         <v>0</v>
       </c>
       <c r="D40">
         <v>0</v>
       </c>
       <c r="E40" s="3">
         <v>0</v>
       </c>
       <c r="F40" s="5">
         <v>0</v>
       </c>
       <c r="G40">
-        <v>232</v>
+        <v>135</v>
       </c>
       <c r="H40" s="3">
-        <v>232</v>
+        <v>135</v>
       </c>
       <c r="I40" s="5">
-        <v>232</v>
+        <v>135</v>
       </c>
       <c r="J40">
         <v>0</v>
       </c>
       <c r="K40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41">
-        <v>33140</v>
+        <v>33130</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="C41" s="3">
         <v>0</v>
       </c>
       <c r="D41">
         <v>0</v>
       </c>
       <c r="E41" s="3">
         <v>0</v>
       </c>
       <c r="F41" s="5">
         <v>0</v>
       </c>
       <c r="G41">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="H41" s="3">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="I41" s="5">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="J41">
         <v>0</v>
       </c>
       <c r="K41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42">
-        <v>33150</v>
+        <v>33140</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="C42" s="3">
         <v>0</v>
       </c>
       <c r="D42">
         <v>0</v>
       </c>
       <c r="E42" s="3">
         <v>0</v>
       </c>
       <c r="F42" s="5">
         <v>0</v>
       </c>
       <c r="G42">
-        <v>1337</v>
+        <v>169</v>
       </c>
       <c r="H42" s="3">
-        <v>1337</v>
+        <v>169</v>
       </c>
       <c r="I42" s="5">
-        <v>1337</v>
+        <v>169</v>
       </c>
       <c r="J42">
         <v>0</v>
       </c>
       <c r="K42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43">
-        <v>33160</v>
+        <v>33150</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="C43" s="3">
         <v>0</v>
       </c>
       <c r="D43">
         <v>0</v>
       </c>
       <c r="E43" s="3">
         <v>0</v>
       </c>
       <c r="F43" s="5">
         <v>0</v>
       </c>
       <c r="G43">
-        <v>112</v>
+        <v>1337</v>
       </c>
       <c r="H43" s="3">
-        <v>112</v>
+        <v>1337</v>
       </c>
       <c r="I43" s="5">
-        <v>112</v>
+        <v>1337</v>
       </c>
       <c r="J43">
-        <v>1929</v>
+        <v>0</v>
       </c>
       <c r="K43" s="3">
-        <v>1929</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44">
-        <v>33170</v>
+        <v>33160</v>
       </c>
       <c r="B44">
         <v>0</v>
       </c>
       <c r="C44" s="3">
         <v>0</v>
       </c>
       <c r="D44">
         <v>0</v>
       </c>
       <c r="E44" s="3">
         <v>0</v>
       </c>
       <c r="F44" s="5">
         <v>0</v>
       </c>
       <c r="G44">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="H44" s="3">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="I44" s="5">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="J44">
-        <v>0</v>
+        <v>1929</v>
       </c>
       <c r="K44" s="3">
-        <v>0</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45">
-        <v>33200</v>
+        <v>33170</v>
       </c>
       <c r="B45">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
       <c r="E45" s="3">
         <v>0</v>
       </c>
       <c r="F45" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G45">
-        <v>0</v>
+        <v>118</v>
       </c>
       <c r="H45" s="3">
-        <v>0</v>
+        <v>118</v>
       </c>
       <c r="I45" s="5">
-        <v>1</v>
+        <v>118</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
-        <v>33270</v>
+        <v>33200</v>
       </c>
       <c r="B46">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
       <c r="E46" s="3">
         <v>0</v>
       </c>
       <c r="F46" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G46">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="H46" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="I46" s="5">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
       <c r="K46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47">
-        <v>33300</v>
+        <v>33270</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47" s="3">
         <v>0</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
       <c r="E47" s="3">
         <v>0</v>
       </c>
       <c r="F47" s="5">
         <v>0</v>
       </c>
       <c r="G47">
-        <v>1089</v>
+        <v>34</v>
       </c>
       <c r="H47" s="3">
-        <v>1089</v>
+        <v>34</v>
       </c>
       <c r="I47" s="5">
-        <v>1089</v>
+        <v>34</v>
       </c>
       <c r="J47">
         <v>0</v>
       </c>
       <c r="K47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48">
-        <v>33310</v>
+        <v>33300</v>
       </c>
       <c r="B48">
         <v>0</v>
       </c>
       <c r="C48" s="3">
         <v>0</v>
       </c>
       <c r="D48">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E48" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F48" s="5">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G48">
-        <v>668</v>
+        <v>1089</v>
       </c>
       <c r="H48" s="3">
-        <v>668</v>
+        <v>1089</v>
       </c>
       <c r="I48" s="5">
-        <v>678</v>
+        <v>1089</v>
       </c>
       <c r="J48">
         <v>0</v>
       </c>
       <c r="K48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49">
-        <v>33320</v>
+        <v>33310</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="C49" s="3">
         <v>0</v>
       </c>
       <c r="D49">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E49" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F49" s="5">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G49">
-        <v>240</v>
+        <v>668</v>
       </c>
       <c r="H49" s="3">
-        <v>240</v>
+        <v>668</v>
       </c>
       <c r="I49" s="5">
-        <v>240</v>
+        <v>678</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
       <c r="K49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50">
-        <v>33350</v>
+        <v>33320</v>
       </c>
       <c r="B50">
         <v>0</v>
       </c>
       <c r="C50" s="3">
         <v>0</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
       <c r="E50" s="3">
         <v>0</v>
       </c>
       <c r="F50" s="5">
         <v>0</v>
       </c>
       <c r="G50">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="H50" s="3">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="I50" s="5">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="J50">
         <v>0</v>
       </c>
       <c r="K50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51">
-        <v>33400</v>
+        <v>33350</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="C51" s="3">
         <v>0</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
       <c r="E51" s="3">
         <v>0</v>
       </c>
       <c r="F51" s="5">
         <v>0</v>
       </c>
       <c r="G51">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H51" s="3">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="I51" s="5">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="J51">
         <v>0</v>
       </c>
       <c r="K51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52">
-        <v>33405</v>
+        <v>33400</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="C52" s="3">
         <v>0</v>
       </c>
       <c r="D52">
         <v>0</v>
       </c>
       <c r="E52" s="3">
         <v>0</v>
       </c>
       <c r="F52" s="5">
         <v>0</v>
       </c>
       <c r="G52">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="H52" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="I52" s="5">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="J52">
-        <v>77048</v>
+        <v>0</v>
       </c>
       <c r="K52" s="3">
-        <v>77048</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53">
-        <v>33450</v>
+        <v>33405</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="C53" s="3">
         <v>0</v>
       </c>
       <c r="D53">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E53" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F53" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53" s="3">
         <v>0</v>
       </c>
       <c r="I53" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J53">
-        <v>0</v>
+        <v>77048</v>
       </c>
       <c r="K53" s="3">
-        <v>0</v>
+        <v>77048</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54">
-        <v>33470</v>
+        <v>33450</v>
       </c>
       <c r="B54">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D54">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E54" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F54" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54" s="3">
         <v>0</v>
       </c>
       <c r="I54" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J54">
         <v>0</v>
       </c>
       <c r="K54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55">
-        <v>33500</v>
+        <v>33470</v>
       </c>
       <c r="B55">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D55">
         <v>0</v>
       </c>
       <c r="E55" s="3">
         <v>0</v>
       </c>
       <c r="F55" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G55">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="H55" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="I55" s="5">
-        <v>299</v>
+        <v>1</v>
       </c>
       <c r="J55">
         <v>0</v>
       </c>
       <c r="K55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56">
-        <v>33530</v>
+        <v>33500</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="C56" s="3">
         <v>0</v>
       </c>
       <c r="D56">
         <v>0</v>
       </c>
       <c r="E56" s="3">
         <v>0</v>
       </c>
       <c r="F56" s="5">
         <v>0</v>
       </c>
       <c r="G56">
-        <v>180</v>
+        <v>299</v>
       </c>
       <c r="H56" s="3">
-        <v>180</v>
+        <v>299</v>
       </c>
       <c r="I56" s="5">
-        <v>180</v>
+        <v>299</v>
       </c>
       <c r="J56">
-        <v>1040</v>
+        <v>0</v>
       </c>
       <c r="K56" s="3">
-        <v>1040</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57">
-        <v>33550</v>
+        <v>33520</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="C57" s="3">
         <v>0</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
       <c r="E57" s="3">
         <v>0</v>
       </c>
       <c r="F57" s="5">
         <v>0</v>
       </c>
       <c r="G57">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="H57" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="I57" s="5">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="J57">
-        <v>0</v>
+        <v>1860</v>
       </c>
       <c r="K57" s="3">
-        <v>0</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58">
-        <v>33600</v>
+        <v>33530</v>
       </c>
       <c r="B58">
         <v>0</v>
       </c>
       <c r="C58" s="3">
         <v>0</v>
       </c>
       <c r="D58">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="E58" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F58" s="5">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G58">
-        <v>585</v>
+        <v>180</v>
       </c>
       <c r="H58" s="3">
-        <v>585</v>
+        <v>180</v>
       </c>
       <c r="I58" s="5">
-        <v>593</v>
+        <v>180</v>
       </c>
       <c r="J58">
-        <v>0</v>
+        <v>1040</v>
       </c>
       <c r="K58" s="3">
-        <v>0</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
-        <v>33660</v>
+        <v>33550</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59" s="3">
         <v>0</v>
       </c>
       <c r="D59">
         <v>0</v>
       </c>
       <c r="E59" s="3">
         <v>0</v>
       </c>
       <c r="F59" s="5">
         <v>0</v>
       </c>
       <c r="G59">
-        <v>0</v>
+        <v>151</v>
       </c>
       <c r="H59" s="3">
-        <v>0</v>
+        <v>151</v>
       </c>
       <c r="I59" s="5">
-        <v>0</v>
+        <v>151</v>
       </c>
       <c r="J59">
-        <v>800</v>
+        <v>0</v>
       </c>
       <c r="K59" s="3">
-        <v>800</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60">
-        <v>33670</v>
+        <v>33600</v>
       </c>
       <c r="B60">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D60">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="E60" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F60" s="5">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G60">
-        <v>0</v>
+        <v>585</v>
       </c>
       <c r="H60" s="3">
-        <v>0</v>
+        <v>585</v>
       </c>
       <c r="I60" s="5">
-        <v>1</v>
+        <v>593</v>
       </c>
       <c r="J60">
         <v>0</v>
       </c>
       <c r="K60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61">
-        <v>33700</v>
+        <v>33660</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
       <c r="C61" s="3">
         <v>0</v>
       </c>
       <c r="D61">
         <v>0</v>
       </c>
       <c r="E61" s="3">
         <v>0</v>
       </c>
       <c r="F61" s="5">
         <v>0</v>
       </c>
       <c r="G61">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="H61" s="3">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="I61" s="5">
-        <v>283</v>
+        <v>0</v>
       </c>
       <c r="J61">
-        <v>4584</v>
+        <v>800</v>
       </c>
       <c r="K61" s="3">
-        <v>4584</v>
+        <v>800</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62">
-        <v>33920</v>
+        <v>33670</v>
       </c>
       <c r="B62">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C62" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62" s="3">
         <v>0</v>
       </c>
       <c r="F62" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62" s="3">
         <v>0</v>
       </c>
       <c r="I62" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J62">
-        <v>600</v>
+        <v>0</v>
       </c>
       <c r="K62" s="3">
-        <v>600</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63">
-        <v>40100</v>
+        <v>33700</v>
       </c>
       <c r="B63">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D63">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="E63" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F63" s="5">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G63">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="H63" s="3">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="I63" s="5">
-        <v>12</v>
+        <v>283</v>
       </c>
       <c r="J63">
-        <v>0</v>
+        <v>4584</v>
       </c>
       <c r="K63" s="3">
-        <v>0</v>
+        <v>4584</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64">
-        <v>40180</v>
+        <v>33920</v>
       </c>
       <c r="B64">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C64" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D64">
         <v>0</v>
       </c>
       <c r="E64" s="3">
         <v>0</v>
       </c>
       <c r="F64" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64" s="3">
         <v>0</v>
       </c>
       <c r="I64" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J64">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="K64" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65">
-        <v>40390</v>
+        <v>40100</v>
       </c>
       <c r="B65">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D65">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="E65" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F65" s="5">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G65">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="H65" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I65" s="5">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="J65">
         <v>0</v>
       </c>
       <c r="K65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66">
-        <v>47000</v>
+        <v>40180</v>
       </c>
       <c r="B66">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D66">
         <v>0</v>
       </c>
       <c r="E66" s="3">
         <v>0</v>
       </c>
       <c r="F66" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G66">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="H66" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="I66" s="5">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="J66">
         <v>0</v>
       </c>
       <c r="K66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67">
-        <v>47200</v>
+        <v>40390</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="C67" s="3">
         <v>0</v>
       </c>
       <c r="D67">
         <v>0</v>
       </c>
       <c r="E67" s="3">
         <v>0</v>
       </c>
       <c r="F67" s="5">
         <v>0</v>
       </c>
       <c r="G67">
-        <v>374</v>
+        <v>7</v>
       </c>
       <c r="H67" s="3">
-        <v>374</v>
+        <v>7</v>
       </c>
       <c r="I67" s="5">
-        <v>374</v>
+        <v>7</v>
       </c>
       <c r="J67">
-        <v>1350</v>
+        <v>0</v>
       </c>
       <c r="K67" s="3">
-        <v>1350</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68">
-        <v>47310</v>
+        <v>47000</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
       <c r="C68" s="3">
         <v>0</v>
       </c>
       <c r="D68">
         <v>0</v>
       </c>
       <c r="E68" s="3">
         <v>0</v>
       </c>
       <c r="F68" s="5">
         <v>0</v>
       </c>
       <c r="G68">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="H68" s="3">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="I68" s="5">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="J68">
-        <v>2250</v>
+        <v>0</v>
       </c>
       <c r="K68" s="3">
-        <v>2250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69">
-        <v>47500</v>
+        <v>47200</v>
       </c>
       <c r="B69">
         <v>0</v>
       </c>
       <c r="C69" s="3">
         <v>0</v>
       </c>
       <c r="D69">
         <v>0</v>
       </c>
       <c r="E69" s="3">
         <v>0</v>
       </c>
       <c r="F69" s="5">
         <v>0</v>
       </c>
       <c r="G69">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="H69" s="3">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="I69" s="5">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="J69">
-        <v>0</v>
+        <v>1350</v>
       </c>
       <c r="K69" s="3">
-        <v>0</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70">
-        <v>47770</v>
+        <v>47310</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
       <c r="C70" s="3">
         <v>0</v>
       </c>
       <c r="D70">
         <v>0</v>
       </c>
       <c r="E70" s="3">
         <v>0</v>
       </c>
       <c r="F70" s="5">
         <v>0</v>
       </c>
       <c r="G70">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H70" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I70" s="5">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J70">
-        <v>9379</v>
+        <v>2250</v>
       </c>
       <c r="K70" s="3">
-        <v>9379</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71">
-        <v>64000</v>
+        <v>47500</v>
       </c>
       <c r="B71">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C71" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D71">
         <v>0</v>
       </c>
       <c r="E71" s="3">
         <v>0</v>
       </c>
       <c r="F71" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G71">
-        <v>1753</v>
+        <v>12</v>
       </c>
       <c r="H71" s="3">
-        <v>1753</v>
+        <v>12</v>
       </c>
       <c r="I71" s="5">
-        <v>1754</v>
+        <v>12</v>
       </c>
       <c r="J71">
-        <v>3446</v>
+        <v>0</v>
       </c>
       <c r="K71" s="3">
-        <v>3446</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72">
-        <v>64100</v>
+        <v>47770</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
       <c r="C72" s="3">
         <v>0</v>
       </c>
       <c r="D72">
         <v>0</v>
       </c>
       <c r="E72" s="3">
         <v>0</v>
       </c>
       <c r="F72" s="5">
         <v>0</v>
       </c>
       <c r="G72">
-        <v>742</v>
+        <v>0</v>
       </c>
       <c r="H72" s="3">
-        <v>742</v>
+        <v>0</v>
       </c>
       <c r="I72" s="5">
-        <v>742</v>
+        <v>0</v>
       </c>
       <c r="J72">
-        <v>0</v>
+        <v>9379</v>
       </c>
       <c r="K72" s="3">
-        <v>0</v>
+        <v>9379</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73">
-        <v>64122</v>
+        <v>64000</v>
       </c>
       <c r="B73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C73" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D73">
         <v>0</v>
       </c>
       <c r="E73" s="3">
         <v>0</v>
       </c>
       <c r="F73" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G73">
-        <v>7</v>
+        <v>1753</v>
       </c>
       <c r="H73" s="3">
-        <v>7</v>
+        <v>1753</v>
       </c>
       <c r="I73" s="5">
-        <v>7</v>
+        <v>1754</v>
       </c>
       <c r="J73">
-        <v>0</v>
+        <v>3446</v>
       </c>
       <c r="K73" s="3">
-        <v>0</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74">
-        <v>64140</v>
+        <v>64100</v>
       </c>
       <c r="B74">
         <v>0</v>
       </c>
       <c r="C74" s="3">
         <v>0</v>
       </c>
       <c r="D74">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="E74" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="F74" s="5">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G74">
-        <v>0</v>
+        <v>742</v>
       </c>
       <c r="H74" s="3">
-        <v>0</v>
+        <v>742</v>
       </c>
       <c r="I74" s="5">
-        <v>31</v>
+        <v>742</v>
       </c>
       <c r="J74">
         <v>0</v>
       </c>
       <c r="K74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75">
-        <v>64150</v>
+        <v>64122</v>
       </c>
       <c r="B75">
         <v>0</v>
       </c>
       <c r="C75" s="3">
         <v>0</v>
       </c>
       <c r="D75">
         <v>0</v>
       </c>
       <c r="E75" s="3">
         <v>0</v>
       </c>
       <c r="F75" s="5">
         <v>0</v>
       </c>
       <c r="G75">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="H75" s="3">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="I75" s="5">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="J75">
         <v>0</v>
       </c>
       <c r="K75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76">
-        <v>64200</v>
+        <v>64140</v>
       </c>
       <c r="B76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C76" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D76">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="E76" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="F76" s="5">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76" s="3">
         <v>0</v>
       </c>
       <c r="I76" s="5">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="J76">
         <v>0</v>
       </c>
       <c r="K76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77">
-        <v>64210</v>
+        <v>64150</v>
       </c>
       <c r="B77">
         <v>0</v>
       </c>
       <c r="C77" s="3">
         <v>0</v>
       </c>
       <c r="D77">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="E77" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F77" s="5">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G77">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="H77" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="I77" s="5">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="J77">
         <v>0</v>
       </c>
       <c r="K77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78">
-        <v>64370</v>
+        <v>64200</v>
       </c>
       <c r="B78">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C78" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D78">
         <v>0</v>
       </c>
       <c r="E78" s="3">
         <v>0</v>
       </c>
       <c r="F78" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G78">
         <v>0</v>
       </c>
       <c r="H78" s="3">
         <v>0</v>
       </c>
       <c r="I78" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J78">
-        <v>207</v>
+        <v>0</v>
       </c>
       <c r="K78" s="3">
-        <v>207</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79">
-        <v>64470</v>
+        <v>64210</v>
       </c>
       <c r="B79">
         <v>0</v>
       </c>
       <c r="C79" s="3">
         <v>0</v>
       </c>
       <c r="D79">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="E79" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F79" s="5">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G79">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="H79" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I79" s="5">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="J79">
         <v>0</v>
       </c>
       <c r="K79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80">
-        <v>64700</v>
+        <v>64370</v>
       </c>
       <c r="B80">
         <v>0</v>
       </c>
       <c r="C80" s="3">
         <v>0</v>
       </c>
       <c r="D80">
         <v>0</v>
       </c>
       <c r="E80" s="3">
         <v>0</v>
       </c>
       <c r="F80" s="5">
         <v>0</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80" s="3">
         <v>0</v>
       </c>
       <c r="I80" s="5">
         <v>0</v>
       </c>
       <c r="J80">
-        <v>2261</v>
+        <v>207</v>
       </c>
       <c r="K80" s="3">
-        <v>2261</v>
+        <v>207</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81">
-        <v>64800</v>
+        <v>64470</v>
       </c>
       <c r="B81">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D81">
         <v>0</v>
       </c>
       <c r="E81" s="3">
         <v>0</v>
       </c>
       <c r="F81" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G81">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I81" s="5">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="J81">
         <v>0</v>
       </c>
       <c r="K81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82">
-        <v>79000</v>
+        <v>64490</v>
       </c>
       <c r="B82">
         <v>0</v>
       </c>
       <c r="C82" s="3">
         <v>0</v>
       </c>
       <c r="D82">
         <v>0</v>
       </c>
       <c r="E82" s="3">
         <v>0</v>
       </c>
       <c r="F82" s="5">
         <v>0</v>
       </c>
       <c r="G82">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="H82" s="3">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="I82" s="5">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="J82">
         <v>0</v>
       </c>
       <c r="K82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83">
-        <v>79120</v>
+        <v>64700</v>
       </c>
       <c r="B83">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D83">
         <v>0</v>
       </c>
       <c r="E83" s="3">
         <v>0</v>
       </c>
       <c r="F83" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83" s="3">
         <v>0</v>
       </c>
       <c r="I83" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J83">
-        <v>0</v>
+        <v>2261</v>
       </c>
       <c r="K83" s="3">
-        <v>0</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84">
-        <v>79160</v>
+        <v>64800</v>
       </c>
       <c r="B84">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C84" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D84">
         <v>0</v>
       </c>
       <c r="E84" s="3">
         <v>0</v>
       </c>
       <c r="F84" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G84">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H84" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I84" s="5">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J84">
-        <v>1948</v>
+        <v>0</v>
       </c>
       <c r="K84" s="3">
-        <v>1948</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85">
-        <v>79200</v>
+        <v>79000</v>
       </c>
       <c r="B85">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C85" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D85">
         <v>0</v>
       </c>
       <c r="E85" s="3">
         <v>0</v>
       </c>
       <c r="F85" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G85">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="H85" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="I85" s="5">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="J85">
         <v>0</v>
       </c>
       <c r="K85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86">
-        <v>79330</v>
+        <v>79120</v>
       </c>
       <c r="B86">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C86" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D86">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="E86" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="F86" s="5">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86" s="3">
         <v>0</v>
       </c>
       <c r="I86" s="5">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="J86">
         <v>0</v>
       </c>
       <c r="K86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87">
-        <v>79700</v>
+        <v>79160</v>
       </c>
       <c r="B87">
         <v>0</v>
       </c>
       <c r="C87" s="3">
         <v>0</v>
       </c>
       <c r="D87">
         <v>0</v>
       </c>
       <c r="E87" s="3">
         <v>0</v>
       </c>
       <c r="F87" s="5">
         <v>0</v>
       </c>
       <c r="G87">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H87" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I87" s="5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J87">
-        <v>0</v>
+        <v>1948</v>
       </c>
       <c r="K87" s="3">
-        <v>0</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88">
-        <v>79800</v>
+        <v>79200</v>
       </c>
       <c r="B88">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C88" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D88">
         <v>0</v>
       </c>
       <c r="E88" s="3">
         <v>0</v>
       </c>
       <c r="F88" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88" s="3">
         <v>0</v>
       </c>
       <c r="I88" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J88">
-        <v>870</v>
+        <v>0</v>
       </c>
       <c r="K88" s="3">
-        <v>870</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89">
-        <v>86000</v>
+        <v>79330</v>
       </c>
       <c r="B89">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C89" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D89">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="E89" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="F89" s="5">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="G89">
-        <v>907</v>
+        <v>0</v>
       </c>
       <c r="H89" s="3">
-        <v>907</v>
+        <v>0</v>
       </c>
       <c r="I89" s="5">
-        <v>908</v>
+        <v>20</v>
       </c>
       <c r="J89">
         <v>0</v>
       </c>
       <c r="K89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90">
-        <v>86068</v>
+        <v>79700</v>
       </c>
       <c r="B90">
         <v>0</v>
       </c>
       <c r="C90" s="3">
         <v>0</v>
       </c>
       <c r="D90">
         <v>0</v>
       </c>
       <c r="E90" s="3">
         <v>0</v>
       </c>
       <c r="F90" s="5">
         <v>0</v>
       </c>
       <c r="G90">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H90" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I90" s="5">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J90">
-        <v>2300</v>
+        <v>0</v>
       </c>
       <c r="K90" s="3">
-        <v>2300</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91">
-        <v>86100</v>
+        <v>79800</v>
       </c>
       <c r="B91">
         <v>0</v>
       </c>
       <c r="C91" s="3">
         <v>0</v>
       </c>
       <c r="D91">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="E91" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="F91" s="5">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G91">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="H91" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="I91" s="5">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="J91">
-        <v>804</v>
+        <v>870</v>
       </c>
       <c r="K91" s="3">
-        <v>804</v>
+        <v>870</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92">
-        <v>86110</v>
+        <v>86000</v>
       </c>
       <c r="B92">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C92" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D92">
         <v>0</v>
       </c>
       <c r="E92" s="3">
         <v>0</v>
       </c>
       <c r="F92" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G92">
-        <v>0</v>
+        <v>907</v>
       </c>
       <c r="H92" s="3">
-        <v>0</v>
+        <v>907</v>
       </c>
       <c r="I92" s="5">
-        <v>0</v>
+        <v>908</v>
       </c>
       <c r="J92">
-        <v>466</v>
+        <v>0</v>
       </c>
       <c r="K92" s="3">
-        <v>466</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93">
-        <v>86440</v>
+        <v>86068</v>
       </c>
       <c r="B93">
         <v>0</v>
       </c>
       <c r="C93" s="3">
         <v>0</v>
       </c>
       <c r="D93">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="E93" s="3">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="F93" s="5">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93" s="3">
         <v>0</v>
       </c>
       <c r="I93" s="5">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="J93">
-        <v>0</v>
+        <v>2300</v>
       </c>
       <c r="K93" s="3">
-        <v>0</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94">
-        <v>87000</v>
+        <v>86100</v>
       </c>
       <c r="B94">
         <v>0</v>
       </c>
       <c r="C94" s="3">
         <v>0</v>
       </c>
       <c r="D94">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="E94" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="F94" s="5">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G94">
-        <v>1503</v>
+        <v>55</v>
       </c>
       <c r="H94" s="3">
-        <v>1503</v>
+        <v>55</v>
       </c>
       <c r="I94" s="5">
-        <v>1503</v>
+        <v>85</v>
       </c>
       <c r="J94">
-        <v>786</v>
+        <v>804</v>
       </c>
       <c r="K94" s="3">
-        <v>786</v>
+        <v>804</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95">
-        <v>87100</v>
+        <v>86110</v>
       </c>
       <c r="B95">
         <v>0</v>
       </c>
       <c r="C95" s="3">
         <v>0</v>
       </c>
       <c r="D95">
         <v>0</v>
       </c>
       <c r="E95" s="3">
         <v>0</v>
       </c>
       <c r="F95" s="5">
         <v>0</v>
       </c>
       <c r="G95">
-        <v>682</v>
+        <v>0</v>
       </c>
       <c r="H95" s="3">
-        <v>682</v>
+        <v>0</v>
       </c>
       <c r="I95" s="5">
-        <v>682</v>
+        <v>0</v>
       </c>
       <c r="J95">
-        <v>0</v>
+        <v>466</v>
       </c>
       <c r="K95" s="3">
-        <v>0</v>
+        <v>466</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96">
-        <v>87140</v>
+        <v>86440</v>
       </c>
       <c r="B96">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C96" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D96">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="E96" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="F96" s="5">
-        <v>1</v>
+        <v>70</v>
       </c>
       <c r="G96">
         <v>0</v>
       </c>
       <c r="H96" s="3">
         <v>0</v>
       </c>
       <c r="I96" s="5">
-        <v>1</v>
+        <v>70</v>
       </c>
       <c r="J96">
         <v>0</v>
       </c>
       <c r="K96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97">
-        <v>87220</v>
+        <v>87000</v>
       </c>
       <c r="B97">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C97" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D97">
         <v>0</v>
       </c>
       <c r="E97" s="3">
         <v>0</v>
       </c>
       <c r="F97" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G97">
-        <v>0</v>
+        <v>1503</v>
       </c>
       <c r="H97" s="3">
-        <v>0</v>
+        <v>1503</v>
       </c>
       <c r="I97" s="5">
-        <v>1</v>
+        <v>1503</v>
       </c>
       <c r="J97">
-        <v>0</v>
+        <v>786</v>
       </c>
       <c r="K97" s="3">
-        <v>0</v>
+        <v>786</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98">
-        <v>87280</v>
+        <v>87100</v>
       </c>
       <c r="B98">
         <v>0</v>
       </c>
       <c r="C98" s="3">
         <v>0</v>
       </c>
       <c r="D98">
         <v>0</v>
       </c>
       <c r="E98" s="3">
         <v>0</v>
       </c>
       <c r="F98" s="5">
         <v>0</v>
       </c>
       <c r="G98">
-        <v>401</v>
+        <v>682</v>
       </c>
       <c r="H98" s="3">
-        <v>401</v>
+        <v>682</v>
       </c>
       <c r="I98" s="5">
-        <v>401</v>
+        <v>682</v>
       </c>
       <c r="J98">
         <v>0</v>
       </c>
       <c r="K98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99">
+        <v>87140</v>
+      </c>
+      <c r="B99">
+        <v>1</v>
+      </c>
+      <c r="C99" s="3">
+        <v>1</v>
+      </c>
+      <c r="D99">
+        <v>0</v>
+      </c>
+      <c r="E99" s="3">
+        <v>0</v>
+      </c>
+      <c r="F99" s="5">
+        <v>1</v>
+      </c>
+      <c r="G99">
+        <v>0</v>
+      </c>
+      <c r="H99" s="3">
+        <v>0</v>
+      </c>
+      <c r="I99" s="5">
+        <v>1</v>
+      </c>
+      <c r="J99">
+        <v>0</v>
+      </c>
+      <c r="K99" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100">
+        <v>87220</v>
+      </c>
+      <c r="B100">
+        <v>1</v>
+      </c>
+      <c r="C100" s="3">
+        <v>1</v>
+      </c>
+      <c r="D100">
+        <v>0</v>
+      </c>
+      <c r="E100" s="3">
+        <v>0</v>
+      </c>
+      <c r="F100" s="5">
+        <v>1</v>
+      </c>
+      <c r="G100">
+        <v>0</v>
+      </c>
+      <c r="H100" s="3">
+        <v>0</v>
+      </c>
+      <c r="I100" s="5">
+        <v>1</v>
+      </c>
+      <c r="J100">
+        <v>0</v>
+      </c>
+      <c r="K100" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11">
+      <c r="A101">
+        <v>87280</v>
+      </c>
+      <c r="B101">
+        <v>0</v>
+      </c>
+      <c r="C101" s="3">
+        <v>0</v>
+      </c>
+      <c r="D101">
+        <v>0</v>
+      </c>
+      <c r="E101" s="3">
+        <v>0</v>
+      </c>
+      <c r="F101" s="5">
+        <v>0</v>
+      </c>
+      <c r="G101">
+        <v>401</v>
+      </c>
+      <c r="H101" s="3">
+        <v>401</v>
+      </c>
+      <c r="I101" s="5">
+        <v>401</v>
+      </c>
+      <c r="J101">
+        <v>0</v>
+      </c>
+      <c r="K101" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11">
+      <c r="A102">
         <v>87410</v>
       </c>
-      <c r="B99">
-[...14 lines deleted...]
-      <c r="G99">
+      <c r="B102">
+        <v>0</v>
+      </c>
+      <c r="C102" s="3">
+        <v>0</v>
+      </c>
+      <c r="D102">
+        <v>0</v>
+      </c>
+      <c r="E102" s="3">
+        <v>0</v>
+      </c>
+      <c r="F102" s="5">
+        <v>0</v>
+      </c>
+      <c r="G102">
         <v>41</v>
       </c>
-      <c r="H99" s="3">
+      <c r="H102" s="3">
         <v>41</v>
       </c>
-      <c r="I99" s="5">
+      <c r="I102" s="5">
         <v>41</v>
       </c>
-      <c r="J99">
-[...7 lines deleted...]
-      <c r="A100" t="s">
+      <c r="J102">
+        <v>0</v>
+      </c>
+      <c r="K102" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11">
+      <c r="A103" t="s">
         <v>7</v>
       </c>
-      <c r="B100">
+      <c r="B103">
         <v>21</v>
       </c>
-      <c r="C100" s="3">
+      <c r="C103" s="3">
         <v>21</v>
       </c>
-      <c r="D100">
+      <c r="D103">
         <v>306</v>
       </c>
-      <c r="E100" s="3">
+      <c r="E103" s="3">
         <v>306</v>
       </c>
-      <c r="F100" s="5">
+      <c r="F103" s="5">
         <v>327</v>
       </c>
-      <c r="G100">
-[...12 lines deleted...]
-        <v>128237</v>
+      <c r="G103">
+        <v>16431</v>
+      </c>
+      <c r="H103" s="3">
+        <v>16431</v>
+      </c>
+      <c r="I103" s="5">
+        <v>16758</v>
+      </c>
+      <c r="J103">
+        <v>130097</v>
+      </c>
+      <c r="K103" s="3">
+        <v>130097</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>