--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -478,54 +478,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K78"/>
+  <dimension ref="A1:K82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="K1" sqref="K1:K78"/>
+      <selection activeCell="K1" sqref="K1:K82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -749,57 +749,57 @@
       </c>
       <c r="K7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8">
         <v>0</v>
       </c>
       <c r="C8" s="3">
         <v>0</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8" s="3">
         <v>0</v>
       </c>
       <c r="F8" s="5">
         <v>0</v>
       </c>
       <c r="G8">
-        <v>151</v>
+        <v>220</v>
       </c>
       <c r="H8" s="3">
-        <v>151</v>
+        <v>220</v>
       </c>
       <c r="I8" s="5">
-        <v>151</v>
+        <v>220</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9">
         <v>0</v>
       </c>
       <c r="C9" s="3">
         <v>0</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9" s="3">
         <v>0</v>
       </c>
       <c r="F9" s="5">
@@ -959,57 +959,57 @@
       </c>
       <c r="K13" s="3">
         <v>1200</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14">
         <v>1</v>
       </c>
       <c r="C14" s="3">
         <v>1</v>
       </c>
       <c r="D14">
         <v>0</v>
       </c>
       <c r="E14" s="3">
         <v>0</v>
       </c>
       <c r="F14" s="5">
         <v>1</v>
       </c>
       <c r="G14">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="H14" s="3">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="I14" s="5">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
       <c r="K14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15">
         <v>0</v>
       </c>
       <c r="C15" s="3">
         <v>0</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15" s="3">
         <v>0</v>
       </c>
       <c r="F15" s="5">
@@ -1169,57 +1169,57 @@
       </c>
       <c r="K19" s="3">
         <v>2461</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>25</v>
       </c>
       <c r="B20">
         <v>0</v>
       </c>
       <c r="C20" s="3">
         <v>0</v>
       </c>
       <c r="D20">
         <v>0</v>
       </c>
       <c r="E20" s="3">
         <v>0</v>
       </c>
       <c r="F20" s="5">
         <v>0</v>
       </c>
       <c r="G20">
-        <v>85</v>
+        <v>199</v>
       </c>
       <c r="H20" s="3">
-        <v>85</v>
+        <v>199</v>
       </c>
       <c r="I20" s="5">
-        <v>85</v>
+        <v>199</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
       <c r="K20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>26</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21" s="3">
         <v>0</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21" s="3">
         <v>0</v>
       </c>
       <c r="F21" s="5">
@@ -1344,57 +1344,57 @@
       </c>
       <c r="K24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25">
         <v>13001</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="C25" s="3">
         <v>0</v>
       </c>
       <c r="D25">
         <v>0</v>
       </c>
       <c r="E25" s="3">
         <v>0</v>
       </c>
       <c r="F25" s="5">
         <v>0</v>
       </c>
       <c r="G25">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I25" s="5">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J25">
         <v>12045</v>
       </c>
       <c r="K25" s="3">
         <v>12045</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
         <v>13002</v>
       </c>
       <c r="B26">
         <v>1</v>
       </c>
       <c r="C26" s="3">
         <v>1</v>
       </c>
       <c r="D26">
         <v>0</v>
       </c>
       <c r="E26" s="3">
         <v>0</v>
       </c>
       <c r="F26" s="5">
@@ -1589,203 +1589,203 @@
       </c>
       <c r="K31" s="3">
         <v>2005</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>13011</v>
       </c>
       <c r="B32">
         <v>0</v>
       </c>
       <c r="C32" s="3">
         <v>0</v>
       </c>
       <c r="D32">
         <v>0</v>
       </c>
       <c r="E32" s="3">
         <v>0</v>
       </c>
       <c r="F32" s="5">
         <v>0</v>
       </c>
       <c r="G32">
-        <v>1033</v>
+        <v>1057</v>
       </c>
       <c r="H32" s="3">
-        <v>1033</v>
+        <v>1057</v>
       </c>
       <c r="I32" s="5">
-        <v>1033</v>
+        <v>1057</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
       <c r="K32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33">
         <v>13013</v>
       </c>
       <c r="B33">
         <v>0</v>
       </c>
       <c r="C33" s="3">
         <v>0</v>
       </c>
       <c r="D33">
         <v>0</v>
       </c>
       <c r="E33" s="3">
         <v>0</v>
       </c>
       <c r="F33" s="5">
         <v>0</v>
       </c>
       <c r="G33">
-        <v>950</v>
+        <v>1202</v>
       </c>
       <c r="H33" s="3">
-        <v>950</v>
+        <v>1202</v>
       </c>
       <c r="I33" s="5">
-        <v>950</v>
+        <v>1202</v>
       </c>
       <c r="J33">
-        <v>0</v>
+        <v>2153</v>
       </c>
       <c r="K33" s="3">
-        <v>0</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
         <v>13014</v>
       </c>
       <c r="B34">
         <v>0</v>
       </c>
       <c r="C34" s="3">
         <v>0</v>
       </c>
       <c r="D34">
         <v>0</v>
       </c>
       <c r="E34" s="3">
         <v>0</v>
       </c>
       <c r="F34" s="5">
         <v>0</v>
       </c>
       <c r="G34">
-        <v>1115</v>
+        <v>1198</v>
       </c>
       <c r="H34" s="3">
-        <v>1115</v>
+        <v>1198</v>
       </c>
       <c r="I34" s="5">
-        <v>1115</v>
+        <v>1198</v>
       </c>
       <c r="J34">
         <v>0</v>
       </c>
       <c r="K34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
         <v>13015</v>
       </c>
       <c r="B35">
         <v>0</v>
       </c>
       <c r="C35" s="3">
         <v>0</v>
       </c>
       <c r="D35">
         <v>0</v>
       </c>
       <c r="E35" s="3">
         <v>0</v>
       </c>
       <c r="F35" s="5">
         <v>0</v>
       </c>
       <c r="G35">
         <v>805</v>
       </c>
       <c r="H35" s="3">
         <v>805</v>
       </c>
       <c r="I35" s="5">
         <v>805</v>
       </c>
       <c r="J35">
-        <v>0</v>
+        <v>1395</v>
       </c>
       <c r="K35" s="3">
-        <v>0</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
         <v>13016</v>
       </c>
       <c r="B36">
         <v>1</v>
       </c>
       <c r="C36" s="3">
         <v>1</v>
       </c>
       <c r="D36">
         <v>0</v>
       </c>
       <c r="E36" s="3">
         <v>0</v>
       </c>
       <c r="F36" s="5">
         <v>1</v>
       </c>
       <c r="G36">
         <v>189</v>
       </c>
       <c r="H36" s="3">
         <v>189</v>
       </c>
       <c r="I36" s="5">
         <v>190</v>
       </c>
       <c r="J36">
-        <v>0</v>
+        <v>1806</v>
       </c>
       <c r="K36" s="3">
-        <v>0</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37">
         <v>13090</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="C37" s="3">
         <v>0</v>
       </c>
       <c r="D37">
         <v>0</v>
       </c>
       <c r="E37" s="3">
         <v>0</v>
       </c>
       <c r="F37" s="5">
         <v>0</v>
       </c>
       <c r="G37">
         <v>1116</v>
       </c>
       <c r="H37" s="3">
@@ -2026,1236 +2026,1376 @@
       </c>
       <c r="E44" s="3">
         <v>98</v>
       </c>
       <c r="F44" s="5">
         <v>98</v>
       </c>
       <c r="G44">
         <v>590</v>
       </c>
       <c r="H44" s="3">
         <v>590</v>
       </c>
       <c r="I44" s="5">
         <v>688</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
       <c r="K44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45">
-        <v>13200</v>
+        <v>13150</v>
       </c>
       <c r="B45">
         <v>0</v>
       </c>
       <c r="C45" s="3">
         <v>0</v>
       </c>
       <c r="D45">
         <v>0</v>
       </c>
       <c r="E45" s="3">
         <v>0</v>
       </c>
       <c r="F45" s="5">
         <v>0</v>
       </c>
       <c r="G45">
-        <v>172</v>
+        <v>154</v>
       </c>
       <c r="H45" s="3">
-        <v>172</v>
+        <v>154</v>
       </c>
       <c r="I45" s="5">
-        <v>172</v>
+        <v>154</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
-        <v>13230</v>
+        <v>13200</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="C46" s="3">
         <v>0</v>
       </c>
       <c r="D46">
         <v>0</v>
       </c>
       <c r="E46" s="3">
         <v>0</v>
       </c>
       <c r="F46" s="5">
         <v>0</v>
       </c>
       <c r="G46">
-        <v>1162</v>
+        <v>172</v>
       </c>
       <c r="H46" s="3">
-        <v>1162</v>
+        <v>172</v>
       </c>
       <c r="I46" s="5">
-        <v>1162</v>
+        <v>172</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
       <c r="K46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47">
-        <v>13240</v>
+        <v>13230</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47" s="3">
         <v>0</v>
       </c>
       <c r="D47">
         <v>0</v>
       </c>
       <c r="E47" s="3">
         <v>0</v>
       </c>
       <c r="F47" s="5">
         <v>0</v>
       </c>
       <c r="G47">
-        <v>418</v>
+        <v>1528</v>
       </c>
       <c r="H47" s="3">
-        <v>418</v>
+        <v>1528</v>
       </c>
       <c r="I47" s="5">
-        <v>418</v>
+        <v>1528</v>
       </c>
       <c r="J47">
         <v>0</v>
       </c>
       <c r="K47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48">
-        <v>13290</v>
+        <v>13240</v>
       </c>
       <c r="B48">
         <v>0</v>
       </c>
       <c r="C48" s="3">
         <v>0</v>
       </c>
       <c r="D48">
         <v>0</v>
       </c>
       <c r="E48" s="3">
         <v>0</v>
       </c>
       <c r="F48" s="5">
         <v>0</v>
       </c>
       <c r="G48">
-        <v>0</v>
+        <v>418</v>
       </c>
       <c r="H48" s="3">
-        <v>0</v>
+        <v>418</v>
       </c>
       <c r="I48" s="5">
-        <v>0</v>
+        <v>418</v>
       </c>
       <c r="J48">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="K48" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49">
-        <v>13300</v>
+        <v>13290</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="C49" s="3">
         <v>0</v>
       </c>
       <c r="D49">
         <v>0</v>
       </c>
       <c r="E49" s="3">
         <v>0</v>
       </c>
       <c r="F49" s="5">
         <v>0</v>
       </c>
       <c r="G49">
-        <v>882</v>
+        <v>0</v>
       </c>
       <c r="H49" s="3">
-        <v>882</v>
+        <v>0</v>
       </c>
       <c r="I49" s="5">
-        <v>882</v>
+        <v>0</v>
       </c>
       <c r="J49">
-        <v>0</v>
+        <v>3000</v>
       </c>
       <c r="K49" s="3">
-        <v>0</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50">
-        <v>13385</v>
+        <v>13300</v>
       </c>
       <c r="B50">
         <v>0</v>
       </c>
       <c r="C50" s="3">
         <v>0</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
       <c r="E50" s="3">
         <v>0</v>
       </c>
       <c r="F50" s="5">
         <v>0</v>
       </c>
       <c r="G50">
-        <v>0</v>
+        <v>882</v>
       </c>
       <c r="H50" s="3">
-        <v>0</v>
+        <v>882</v>
       </c>
       <c r="I50" s="5">
-        <v>0</v>
+        <v>882</v>
       </c>
       <c r="J50">
-        <v>25778</v>
+        <v>0</v>
       </c>
       <c r="K50" s="3">
-        <v>25778</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51">
-        <v>13400</v>
+        <v>13385</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="C51" s="3">
         <v>0</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
       <c r="E51" s="3">
         <v>0</v>
       </c>
       <c r="F51" s="5">
         <v>0</v>
       </c>
       <c r="G51">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="H51" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="I51" s="5">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="J51">
-        <v>2746</v>
+        <v>25778</v>
       </c>
       <c r="K51" s="3">
-        <v>2746</v>
+        <v>25778</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52">
-        <v>13410</v>
+        <v>13400</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="C52" s="3">
         <v>0</v>
       </c>
       <c r="D52">
         <v>0</v>
       </c>
       <c r="E52" s="3">
         <v>0</v>
       </c>
       <c r="F52" s="5">
         <v>0</v>
       </c>
       <c r="G52">
-        <v>44</v>
+        <v>127</v>
       </c>
       <c r="H52" s="3">
-        <v>44</v>
+        <v>127</v>
       </c>
       <c r="I52" s="5">
-        <v>44</v>
+        <v>127</v>
       </c>
       <c r="J52">
-        <v>0</v>
+        <v>2746</v>
       </c>
       <c r="K52" s="3">
-        <v>0</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53">
-        <v>13500</v>
+        <v>13410</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="C53" s="3">
         <v>0</v>
       </c>
       <c r="D53">
         <v>0</v>
       </c>
       <c r="E53" s="3">
         <v>0</v>
       </c>
       <c r="F53" s="5">
         <v>0</v>
       </c>
       <c r="G53">
-        <v>1027</v>
+        <v>44</v>
       </c>
       <c r="H53" s="3">
-        <v>1027</v>
+        <v>44</v>
       </c>
       <c r="I53" s="5">
-        <v>1027</v>
+        <v>44</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
       <c r="K53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54">
-        <v>13600</v>
+        <v>13480</v>
       </c>
       <c r="B54">
         <v>0</v>
       </c>
       <c r="C54" s="3">
         <v>0</v>
       </c>
       <c r="D54">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="E54" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="F54" s="5">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G54">
-        <v>588</v>
+        <v>19</v>
       </c>
       <c r="H54" s="3">
-        <v>588</v>
+        <v>19</v>
       </c>
       <c r="I54" s="5">
-        <v>630</v>
+        <v>19</v>
       </c>
       <c r="J54">
         <v>0</v>
       </c>
       <c r="K54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55">
-        <v>13690</v>
+        <v>13500</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="C55" s="3">
         <v>0</v>
       </c>
       <c r="D55">
         <v>0</v>
       </c>
       <c r="E55" s="3">
         <v>0</v>
       </c>
       <c r="F55" s="5">
         <v>0</v>
       </c>
       <c r="G55">
-        <v>26</v>
+        <v>1027</v>
       </c>
       <c r="H55" s="3">
-        <v>26</v>
+        <v>1027</v>
       </c>
       <c r="I55" s="5">
-        <v>26</v>
+        <v>1027</v>
       </c>
       <c r="J55">
         <v>0</v>
       </c>
       <c r="K55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56">
-        <v>13730</v>
+        <v>13600</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="C56" s="3">
         <v>0</v>
       </c>
       <c r="D56">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="E56" s="3">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="F56" s="5">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="G56">
-        <v>0</v>
+        <v>588</v>
       </c>
       <c r="H56" s="3">
-        <v>0</v>
+        <v>588</v>
       </c>
       <c r="I56" s="5">
-        <v>2</v>
+        <v>630</v>
       </c>
       <c r="J56">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="K56" s="3">
-        <v>96</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57">
-        <v>13790</v>
+        <v>13640</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="C57" s="3">
         <v>0</v>
       </c>
       <c r="D57">
         <v>0</v>
       </c>
       <c r="E57" s="3">
         <v>0</v>
       </c>
       <c r="F57" s="5">
         <v>0</v>
       </c>
       <c r="G57">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="H57" s="3">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="I57" s="5">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="J57">
-        <v>1480</v>
+        <v>0</v>
       </c>
       <c r="K57" s="3">
-        <v>1480</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58">
-        <v>13800</v>
+        <v>13690</v>
       </c>
       <c r="B58">
         <v>0</v>
       </c>
       <c r="C58" s="3">
         <v>0</v>
       </c>
       <c r="D58">
         <v>0</v>
       </c>
       <c r="E58" s="3">
         <v>0</v>
       </c>
       <c r="F58" s="5">
         <v>0</v>
       </c>
       <c r="G58">
-        <v>165</v>
+        <v>26</v>
       </c>
       <c r="H58" s="3">
-        <v>165</v>
+        <v>26</v>
       </c>
       <c r="I58" s="5">
-        <v>165</v>
+        <v>26</v>
       </c>
       <c r="J58">
         <v>0</v>
       </c>
       <c r="K58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
-        <v>83000</v>
+        <v>13730</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59" s="3">
         <v>0</v>
       </c>
       <c r="D59">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E59" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F59" s="5">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G59">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="H59" s="3">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="I59" s="5">
-        <v>430</v>
+        <v>2</v>
       </c>
       <c r="J59">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="K59" s="3">
-        <v>0</v>
+        <v>96</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60">
-        <v>83130</v>
+        <v>13790</v>
       </c>
       <c r="B60">
         <v>0</v>
       </c>
       <c r="C60" s="3">
         <v>0</v>
       </c>
       <c r="D60">
         <v>0</v>
       </c>
       <c r="E60" s="3">
         <v>0</v>
       </c>
       <c r="F60" s="5">
         <v>0</v>
       </c>
       <c r="G60">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="H60" s="3">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="I60" s="5">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="J60">
-        <v>0</v>
+        <v>1480</v>
       </c>
       <c r="K60" s="3">
-        <v>0</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61">
-        <v>83140</v>
+        <v>13800</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
       <c r="C61" s="3">
         <v>0</v>
       </c>
       <c r="D61">
         <v>0</v>
       </c>
       <c r="E61" s="3">
         <v>0</v>
       </c>
       <c r="F61" s="5">
         <v>0</v>
       </c>
       <c r="G61">
-        <v>5</v>
+        <v>165</v>
       </c>
       <c r="H61" s="3">
-        <v>5</v>
+        <v>165</v>
       </c>
       <c r="I61" s="5">
-        <v>5</v>
+        <v>165</v>
       </c>
       <c r="J61">
         <v>0</v>
       </c>
       <c r="K61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62">
-        <v>83170</v>
+        <v>83000</v>
       </c>
       <c r="B62">
         <v>0</v>
       </c>
       <c r="C62" s="3">
         <v>0</v>
       </c>
       <c r="D62">
         <v>0</v>
       </c>
       <c r="E62" s="3">
         <v>0</v>
       </c>
       <c r="F62" s="5">
         <v>0</v>
       </c>
       <c r="G62">
-        <v>13</v>
+        <v>430</v>
       </c>
       <c r="H62" s="3">
-        <v>13</v>
+        <v>430</v>
       </c>
       <c r="I62" s="5">
-        <v>13</v>
+        <v>430</v>
       </c>
       <c r="J62">
         <v>0</v>
       </c>
       <c r="K62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63">
-        <v>83200</v>
+        <v>83130</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63" s="3">
         <v>0</v>
       </c>
       <c r="D63">
         <v>0</v>
       </c>
       <c r="E63" s="3">
         <v>0</v>
       </c>
       <c r="F63" s="5">
         <v>0</v>
       </c>
       <c r="G63">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="H63" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="I63" s="5">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="J63">
-        <v>2693</v>
+        <v>0</v>
       </c>
       <c r="K63" s="3">
-        <v>2693</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64">
-        <v>83270</v>
+        <v>83140</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="C64" s="3">
         <v>0</v>
       </c>
       <c r="D64">
         <v>0</v>
       </c>
       <c r="E64" s="3">
         <v>0</v>
       </c>
       <c r="F64" s="5">
         <v>0</v>
       </c>
       <c r="G64">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="H64" s="3">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I64" s="5">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
       <c r="K64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65">
-        <v>83300</v>
+        <v>83170</v>
       </c>
       <c r="B65">
         <v>0</v>
       </c>
       <c r="C65" s="3">
         <v>0</v>
       </c>
       <c r="D65">
         <v>0</v>
       </c>
       <c r="E65" s="3">
         <v>0</v>
       </c>
       <c r="F65" s="5">
         <v>0</v>
       </c>
       <c r="G65">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="H65" s="3">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="I65" s="5">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="J65">
         <v>0</v>
       </c>
       <c r="K65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66">
-        <v>83400</v>
+        <v>83200</v>
       </c>
       <c r="B66">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D66">
         <v>0</v>
       </c>
       <c r="E66" s="3">
         <v>0</v>
       </c>
       <c r="F66" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G66">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="H66" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="I66" s="5">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="J66">
-        <v>0</v>
+        <v>2693</v>
       </c>
       <c r="K66" s="3">
-        <v>0</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67">
-        <v>83500</v>
+        <v>83270</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="C67" s="3">
         <v>0</v>
       </c>
       <c r="D67">
         <v>0</v>
       </c>
       <c r="E67" s="3">
         <v>0</v>
       </c>
       <c r="F67" s="5">
         <v>0</v>
       </c>
       <c r="G67">
-        <v>238</v>
+        <v>8</v>
       </c>
       <c r="H67" s="3">
-        <v>238</v>
+        <v>8</v>
       </c>
       <c r="I67" s="5">
-        <v>238</v>
+        <v>8</v>
       </c>
       <c r="J67">
-        <v>1172</v>
+        <v>0</v>
       </c>
       <c r="K67" s="3">
-        <v>1172</v>
+        <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68">
-        <v>83670</v>
+        <v>83300</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
       <c r="C68" s="3">
         <v>0</v>
       </c>
       <c r="D68">
         <v>0</v>
       </c>
       <c r="E68" s="3">
         <v>0</v>
       </c>
       <c r="F68" s="5">
         <v>0</v>
       </c>
       <c r="G68">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="H68" s="3">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I68" s="5">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="J68">
         <v>0</v>
       </c>
       <c r="K68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69">
-        <v>83700</v>
+        <v>83310</v>
       </c>
       <c r="B69">
         <v>0</v>
       </c>
       <c r="C69" s="3">
         <v>0</v>
       </c>
       <c r="D69">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="E69" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F69" s="5">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G69">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="H69" s="3">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="I69" s="5">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="J69">
         <v>0</v>
       </c>
       <c r="K69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70">
-        <v>83990</v>
+        <v>83400</v>
       </c>
       <c r="B70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D70">
         <v>0</v>
       </c>
       <c r="E70" s="3">
         <v>0</v>
       </c>
       <c r="F70" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G70">
-        <v>12</v>
+        <v>90</v>
       </c>
       <c r="H70" s="3">
-        <v>12</v>
+        <v>90</v>
       </c>
       <c r="I70" s="5">
-        <v>12</v>
+        <v>91</v>
       </c>
       <c r="J70">
         <v>0</v>
       </c>
       <c r="K70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71">
-        <v>84000</v>
+        <v>83500</v>
       </c>
       <c r="B71">
         <v>0</v>
       </c>
       <c r="C71" s="3">
         <v>0</v>
       </c>
       <c r="D71">
         <v>0</v>
       </c>
       <c r="E71" s="3">
         <v>0</v>
       </c>
       <c r="F71" s="5">
         <v>0</v>
       </c>
       <c r="G71">
-        <v>856</v>
+        <v>238</v>
       </c>
       <c r="H71" s="3">
-        <v>856</v>
+        <v>238</v>
       </c>
       <c r="I71" s="5">
-        <v>856</v>
+        <v>238</v>
       </c>
       <c r="J71">
-        <v>7134</v>
+        <v>1172</v>
       </c>
       <c r="K71" s="3">
-        <v>7134</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72">
-        <v>84100</v>
+        <v>83670</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
       <c r="C72" s="3">
         <v>0</v>
       </c>
       <c r="D72">
         <v>0</v>
       </c>
       <c r="E72" s="3">
         <v>0</v>
       </c>
       <c r="F72" s="5">
         <v>0</v>
       </c>
       <c r="G72">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="H72" s="3">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="I72" s="5">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
       <c r="K72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73">
-        <v>84110</v>
+        <v>83700</v>
       </c>
       <c r="B73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C73" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D73">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="E73" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F73" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73" s="3">
         <v>0</v>
       </c>
       <c r="I73" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="J73">
-        <v>252</v>
+        <v>0</v>
       </c>
       <c r="K73" s="3">
-        <v>252</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74">
-        <v>84170</v>
+        <v>83990</v>
       </c>
       <c r="B74">
         <v>0</v>
       </c>
       <c r="C74" s="3">
         <v>0</v>
       </c>
       <c r="D74">
         <v>0</v>
       </c>
       <c r="E74" s="3">
         <v>0</v>
       </c>
       <c r="F74" s="5">
         <v>0</v>
       </c>
       <c r="G74">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="H74" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I74" s="5">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J74">
         <v>0</v>
       </c>
       <c r="K74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75">
-        <v>84300</v>
+        <v>84000</v>
       </c>
       <c r="B75">
         <v>0</v>
       </c>
       <c r="C75" s="3">
         <v>0</v>
       </c>
       <c r="D75">
         <v>0</v>
       </c>
       <c r="E75" s="3">
         <v>0</v>
       </c>
       <c r="F75" s="5">
         <v>0</v>
       </c>
       <c r="G75">
-        <v>347</v>
+        <v>856</v>
       </c>
       <c r="H75" s="3">
-        <v>347</v>
+        <v>856</v>
       </c>
       <c r="I75" s="5">
-        <v>347</v>
+        <v>856</v>
       </c>
       <c r="J75">
-        <v>0</v>
+        <v>7134</v>
       </c>
       <c r="K75" s="3">
-        <v>0</v>
+        <v>7134</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76">
-        <v>84810</v>
+        <v>84100</v>
       </c>
       <c r="B76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C76" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D76">
         <v>0</v>
       </c>
       <c r="E76" s="3">
         <v>0</v>
       </c>
       <c r="F76" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G76">
-        <v>0</v>
+        <v>146</v>
       </c>
       <c r="H76" s="3">
-        <v>0</v>
+        <v>146</v>
       </c>
       <c r="I76" s="5">
-        <v>1</v>
+        <v>146</v>
       </c>
       <c r="J76">
         <v>0</v>
       </c>
       <c r="K76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77">
+        <v>84110</v>
+      </c>
+      <c r="B77">
+        <v>1</v>
+      </c>
+      <c r="C77" s="3">
+        <v>1</v>
+      </c>
+      <c r="D77">
+        <v>0</v>
+      </c>
+      <c r="E77" s="3">
+        <v>0</v>
+      </c>
+      <c r="F77" s="5">
+        <v>1</v>
+      </c>
+      <c r="G77">
+        <v>0</v>
+      </c>
+      <c r="H77" s="3">
+        <v>0</v>
+      </c>
+      <c r="I77" s="5">
+        <v>1</v>
+      </c>
+      <c r="J77">
+        <v>252</v>
+      </c>
+      <c r="K77" s="3">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11">
+      <c r="A78">
+        <v>84170</v>
+      </c>
+      <c r="B78">
+        <v>0</v>
+      </c>
+      <c r="C78" s="3">
+        <v>0</v>
+      </c>
+      <c r="D78">
+        <v>0</v>
+      </c>
+      <c r="E78" s="3">
+        <v>0</v>
+      </c>
+      <c r="F78" s="5">
+        <v>0</v>
+      </c>
+      <c r="G78">
+        <v>6</v>
+      </c>
+      <c r="H78" s="3">
+        <v>6</v>
+      </c>
+      <c r="I78" s="5">
+        <v>6</v>
+      </c>
+      <c r="J78">
+        <v>0</v>
+      </c>
+      <c r="K78" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11">
+      <c r="A79">
+        <v>84300</v>
+      </c>
+      <c r="B79">
+        <v>0</v>
+      </c>
+      <c r="C79" s="3">
+        <v>0</v>
+      </c>
+      <c r="D79">
+        <v>0</v>
+      </c>
+      <c r="E79" s="3">
+        <v>0</v>
+      </c>
+      <c r="F79" s="5">
+        <v>0</v>
+      </c>
+      <c r="G79">
+        <v>347</v>
+      </c>
+      <c r="H79" s="3">
+        <v>347</v>
+      </c>
+      <c r="I79" s="5">
+        <v>347</v>
+      </c>
+      <c r="J79">
+        <v>0</v>
+      </c>
+      <c r="K79" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11">
+      <c r="A80">
+        <v>84810</v>
+      </c>
+      <c r="B80">
+        <v>1</v>
+      </c>
+      <c r="C80" s="3">
+        <v>1</v>
+      </c>
+      <c r="D80">
+        <v>0</v>
+      </c>
+      <c r="E80" s="3">
+        <v>0</v>
+      </c>
+      <c r="F80" s="5">
+        <v>1</v>
+      </c>
+      <c r="G80">
+        <v>0</v>
+      </c>
+      <c r="H80" s="3">
+        <v>0</v>
+      </c>
+      <c r="I80" s="5">
+        <v>1</v>
+      </c>
+      <c r="J80">
+        <v>0</v>
+      </c>
+      <c r="K80" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11">
+      <c r="A81">
         <v>84830</v>
       </c>
-      <c r="B77">
-[...5 lines deleted...]
-      <c r="D77">
+      <c r="B81">
+        <v>0</v>
+      </c>
+      <c r="C81" s="3">
+        <v>0</v>
+      </c>
+      <c r="D81">
         <v>5</v>
       </c>
-      <c r="E77" s="3">
+      <c r="E81" s="3">
         <v>5</v>
       </c>
-      <c r="F77" s="5">
+      <c r="F81" s="5">
         <v>5</v>
       </c>
-      <c r="G77">
+      <c r="G81">
         <v>19</v>
       </c>
-      <c r="H77" s="3">
+      <c r="H81" s="3">
         <v>19</v>
       </c>
-      <c r="I77" s="5">
+      <c r="I81" s="5">
         <v>24</v>
       </c>
-      <c r="J77">
-[...7 lines deleted...]
-      <c r="A78" t="s">
+      <c r="J81">
+        <v>0</v>
+      </c>
+      <c r="K81" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11">
+      <c r="A82" t="s">
         <v>29</v>
       </c>
-      <c r="B78">
+      <c r="B82">
         <v>8</v>
       </c>
-      <c r="C78" s="3">
+      <c r="C82" s="3">
         <v>8</v>
       </c>
-      <c r="D78">
+      <c r="D82">
         <v>152</v>
       </c>
-      <c r="E78" s="3">
+      <c r="E82" s="3">
         <v>152</v>
       </c>
-      <c r="F78" s="5">
+      <c r="F82" s="5">
         <v>160</v>
       </c>
-      <c r="G78">
-[...12 lines deleted...]
-        <v>84582</v>
+      <c r="G82">
+        <v>18152</v>
+      </c>
+      <c r="H82" s="3">
+        <v>18152</v>
+      </c>
+      <c r="I82" s="5">
+        <v>18312</v>
+      </c>
+      <c r="J82">
+        <v>89936</v>
+      </c>
+      <c r="K82" s="3">
+        <v>89936</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>