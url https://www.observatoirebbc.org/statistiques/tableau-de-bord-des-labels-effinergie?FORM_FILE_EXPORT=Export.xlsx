--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -821,63 +821,63 @@
       <c r="F2" s="3">
         <v>4</v>
       </c>
       <c r="G2">
         <v>9</v>
       </c>
       <c r="H2">
         <v>11</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2" s="3">
         <v>20</v>
       </c>
       <c r="L2" s="5">
         <v>24</v>
       </c>
       <c r="M2">
         <v>2082</v>
       </c>
       <c r="N2">
-        <v>533</v>
+        <v>433</v>
       </c>
       <c r="O2">
         <v>44</v>
       </c>
       <c r="P2">
         <v>0</v>
       </c>
       <c r="Q2" s="3">
-        <v>2659</v>
+        <v>2559</v>
       </c>
       <c r="R2" s="5">
-        <v>2683</v>
+        <v>2583</v>
       </c>
       <c r="S2">
         <v>0</v>
       </c>
       <c r="T2">
         <v>11828</v>
       </c>
       <c r="U2">
         <v>0</v>
       </c>
       <c r="V2" s="3">
         <v>11828</v>
       </c>
     </row>
     <row r="3" spans="1:22">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
         <v>0</v>
       </c>
       <c r="D3">
@@ -895,57 +895,57 @@
       <c r="H3">
         <v>0</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3" s="3">
         <v>0</v>
       </c>
       <c r="L3" s="5">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3662</v>
       </c>
       <c r="N3">
         <v>377</v>
       </c>
       <c r="O3">
         <v>114</v>
       </c>
       <c r="P3">
-        <v>0</v>
+        <v>336</v>
       </c>
       <c r="Q3" s="3">
-        <v>4153</v>
+        <v>4489</v>
       </c>
       <c r="R3" s="5">
-        <v>4155</v>
+        <v>4491</v>
       </c>
       <c r="S3">
         <v>0</v>
       </c>
       <c r="T3">
         <v>0</v>
       </c>
       <c r="U3">
         <v>0</v>
       </c>
       <c r="V3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:22">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4">
         <v>0</v>
       </c>
       <c r="D4">
@@ -1161,63 +1161,63 @@
       <c r="F7" s="3">
         <v>1</v>
       </c>
       <c r="G7">
         <v>0</v>
       </c>
       <c r="H7">
         <v>0</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7" s="3">
         <v>0</v>
       </c>
       <c r="L7" s="5">
         <v>1</v>
       </c>
       <c r="M7">
         <v>805</v>
       </c>
       <c r="N7">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="O7">
-        <v>466</v>
+        <v>580</v>
       </c>
       <c r="P7">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="Q7" s="3">
-        <v>1931</v>
+        <v>2109</v>
       </c>
       <c r="R7" s="5">
-        <v>1932</v>
+        <v>2110</v>
       </c>
       <c r="S7">
         <v>1200</v>
       </c>
       <c r="T7">
         <v>2461</v>
       </c>
       <c r="U7">
         <v>0</v>
       </c>
       <c r="V7" s="3">
         <v>3661</v>
       </c>
     </row>
     <row r="8" spans="1:22">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8">
         <v>0</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8">
@@ -1634,78 +1634,78 @@
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14" s="3">
         <v>4</v>
       </c>
       <c r="G14">
         <v>0</v>
       </c>
       <c r="H14">
         <v>135</v>
       </c>
       <c r="I14">
         <v>7</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
       <c r="K14" s="3">
         <v>142</v>
       </c>
       <c r="L14" s="5">
         <v>146</v>
       </c>
       <c r="M14">
-        <v>5931</v>
+        <v>5955</v>
       </c>
       <c r="N14">
         <v>3503</v>
       </c>
       <c r="O14">
-        <v>3073</v>
+        <v>4021</v>
       </c>
       <c r="P14">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="Q14" s="3">
-        <v>12507</v>
+        <v>13498</v>
       </c>
       <c r="R14" s="5">
-        <v>12653</v>
+        <v>13644</v>
       </c>
       <c r="S14">
         <v>61548</v>
       </c>
       <c r="T14">
         <v>3000</v>
       </c>
       <c r="U14">
-        <v>96</v>
+        <v>5450</v>
       </c>
       <c r="V14" s="3">
-        <v>64644</v>
+        <v>69998</v>
       </c>
     </row>
     <row r="15" spans="1:22">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15">
         <v>4</v>
       </c>
       <c r="C15">
         <v>0</v>
       </c>
       <c r="D15">
         <v>0</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15" s="3">
         <v>4</v>
       </c>
       <c r="G15">
         <v>613</v>
       </c>
       <c r="H15">
@@ -2320,60 +2320,60 @@
       <c r="G24">
         <v>0</v>
       </c>
       <c r="H24">
         <v>0</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
       <c r="K24" s="3">
         <v>0</v>
       </c>
       <c r="L24" s="5">
         <v>1</v>
       </c>
       <c r="M24">
         <v>0</v>
       </c>
       <c r="N24">
         <v>0</v>
       </c>
       <c r="O24">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="P24">
         <v>0</v>
       </c>
       <c r="Q24" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="R24" s="5">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="S24">
         <v>0</v>
       </c>
       <c r="T24">
         <v>0</v>
       </c>
       <c r="U24">
         <v>0</v>
       </c>
       <c r="V24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" t="s">
         <v>33</v>
       </c>
       <c r="B25">
         <v>6</v>
       </c>
       <c r="C25">
         <v>0</v>
       </c>
       <c r="D25">
@@ -2382,66 +2382,66 @@
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25" s="3">
         <v>6</v>
       </c>
       <c r="G25">
         <v>47</v>
       </c>
       <c r="H25">
         <v>2</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
       <c r="K25" s="3">
         <v>49</v>
       </c>
       <c r="L25" s="5">
         <v>55</v>
       </c>
       <c r="M25">
-        <v>4757</v>
+        <v>4767</v>
       </c>
       <c r="N25">
         <v>82</v>
       </c>
       <c r="O25">
-        <v>55</v>
+        <v>128</v>
       </c>
       <c r="P25">
-        <v>10</v>
+        <v>218</v>
       </c>
       <c r="Q25" s="3">
-        <v>4904</v>
+        <v>5195</v>
       </c>
       <c r="R25" s="5">
-        <v>4959</v>
+        <v>5250</v>
       </c>
       <c r="S25">
         <v>3224</v>
       </c>
       <c r="T25">
         <v>5600</v>
       </c>
       <c r="U25">
         <v>0</v>
       </c>
       <c r="V25" s="3">
         <v>8824</v>
       </c>
     </row>
     <row r="26" spans="1:22">
       <c r="A26" t="s">
         <v>34</v>
       </c>
       <c r="B26">
         <v>6</v>
       </c>
       <c r="C26">
         <v>0</v>
       </c>
       <c r="D26">
@@ -2459,57 +2459,57 @@
       <c r="H26">
         <v>0</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
       <c r="K26" s="3">
         <v>13</v>
       </c>
       <c r="L26" s="5">
         <v>19</v>
       </c>
       <c r="M26">
         <v>1614</v>
       </c>
       <c r="N26">
         <v>44</v>
       </c>
       <c r="O26">
         <v>9</v>
       </c>
       <c r="P26">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="Q26" s="3">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="R26" s="5">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="S26">
         <v>6400</v>
       </c>
       <c r="T26">
         <v>1162</v>
       </c>
       <c r="U26">
         <v>0</v>
       </c>
       <c r="V26" s="3">
         <v>7562</v>
       </c>
     </row>
     <row r="27" spans="1:22">
       <c r="A27" t="s">
         <v>35</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
       <c r="C27">
         <v>0</v>
       </c>
       <c r="D27">
@@ -2710,78 +2710,78 @@
       <c r="A30" t="s">
         <v>38</v>
       </c>
       <c r="B30">
         <v>2</v>
       </c>
       <c r="C30">
         <v>0</v>
       </c>
       <c r="D30">
         <v>0</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30" s="3">
         <v>2</v>
       </c>
       <c r="G30">
         <v>17</v>
       </c>
       <c r="H30">
         <v>0</v>
       </c>
       <c r="I30">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="J30">
         <v>0</v>
       </c>
       <c r="K30" s="3">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="L30" s="5">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="M30">
         <v>1214</v>
       </c>
       <c r="N30">
         <v>50</v>
       </c>
       <c r="O30">
         <v>162</v>
       </c>
       <c r="P30">
         <v>0</v>
       </c>
       <c r="Q30" s="3">
         <v>1426</v>
       </c>
       <c r="R30" s="5">
-        <v>1445</v>
+        <v>1475</v>
       </c>
       <c r="S30">
         <v>7678</v>
       </c>
       <c r="T30">
         <v>488</v>
       </c>
       <c r="U30">
         <v>0</v>
       </c>
       <c r="V30" s="3">
         <v>8166</v>
       </c>
     </row>
     <row r="31" spans="1:22">
       <c r="A31" t="s">
         <v>39</v>
       </c>
       <c r="B31">
         <v>0</v>
       </c>
       <c r="C31">
         <v>0</v>
       </c>
       <c r="D31">
@@ -2858,54 +2858,54 @@
       <c r="E32">
         <v>0</v>
       </c>
       <c r="F32" s="3">
         <v>1</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
         <v>17</v>
       </c>
       <c r="I32">
         <v>0</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
       <c r="K32" s="3">
         <v>17</v>
       </c>
       <c r="L32" s="5">
         <v>18</v>
       </c>
       <c r="M32">
-        <v>2301</v>
+        <v>2168</v>
       </c>
       <c r="N32">
-        <v>305</v>
+        <v>438</v>
       </c>
       <c r="O32">
         <v>100</v>
       </c>
       <c r="P32">
         <v>0</v>
       </c>
       <c r="Q32" s="3">
         <v>2706</v>
       </c>
       <c r="R32" s="5">
         <v>2724</v>
       </c>
       <c r="S32">
         <v>11394</v>
       </c>
       <c r="T32">
         <v>0</v>
       </c>
       <c r="U32">
         <v>0</v>
       </c>
       <c r="V32" s="3">
         <v>11394</v>
       </c>
@@ -3086,110 +3086,110 @@
       <c r="M35">
         <v>4216</v>
       </c>
       <c r="N35">
         <v>2300</v>
       </c>
       <c r="O35">
         <v>503</v>
       </c>
       <c r="P35">
         <v>104</v>
       </c>
       <c r="Q35" s="3">
         <v>7123</v>
       </c>
       <c r="R35" s="5">
         <v>7149</v>
       </c>
       <c r="S35">
         <v>89423</v>
       </c>
       <c r="T35">
         <v>800</v>
       </c>
       <c r="U35">
-        <v>2879</v>
+        <v>4739</v>
       </c>
       <c r="V35" s="3">
-        <v>93102</v>
+        <v>94962</v>
       </c>
     </row>
     <row r="36" spans="1:22">
       <c r="A36" t="s">
         <v>44</v>
       </c>
       <c r="B36">
         <v>5</v>
       </c>
       <c r="C36">
         <v>0</v>
       </c>
       <c r="D36">
         <v>0</v>
       </c>
       <c r="E36">
         <v>0</v>
       </c>
       <c r="F36" s="3">
         <v>5</v>
       </c>
       <c r="G36">
         <v>3</v>
       </c>
       <c r="H36">
         <v>15</v>
       </c>
       <c r="I36">
         <v>0</v>
       </c>
       <c r="J36">
         <v>0</v>
       </c>
       <c r="K36" s="3">
         <v>18</v>
       </c>
       <c r="L36" s="5">
         <v>23</v>
       </c>
       <c r="M36">
         <v>3281</v>
       </c>
       <c r="N36">
         <v>769</v>
       </c>
       <c r="O36">
-        <v>422</v>
+        <v>359</v>
       </c>
       <c r="P36">
         <v>155</v>
       </c>
       <c r="Q36" s="3">
-        <v>4627</v>
+        <v>4564</v>
       </c>
       <c r="R36" s="5">
-        <v>4650</v>
+        <v>4587</v>
       </c>
       <c r="S36">
         <v>5046</v>
       </c>
       <c r="T36">
         <v>0</v>
       </c>
       <c r="U36">
         <v>0</v>
       </c>
       <c r="V36" s="3">
         <v>5046</v>
       </c>
     </row>
     <row r="37" spans="1:22">
       <c r="A37" t="s">
         <v>45</v>
       </c>
       <c r="B37">
         <v>8</v>
       </c>
       <c r="C37">
         <v>0</v>
       </c>
       <c r="D37">
@@ -3408,60 +3408,60 @@
       <c r="G40">
         <v>60</v>
       </c>
       <c r="H40">
         <v>4</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
       <c r="J40">
         <v>0</v>
       </c>
       <c r="K40" s="3">
         <v>64</v>
       </c>
       <c r="L40" s="5">
         <v>71</v>
       </c>
       <c r="M40">
         <v>8871</v>
       </c>
       <c r="N40">
         <v>503</v>
       </c>
       <c r="O40">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="P40">
         <v>0</v>
       </c>
       <c r="Q40" s="3">
-        <v>9374</v>
+        <v>9536</v>
       </c>
       <c r="R40" s="5">
-        <v>9445</v>
+        <v>9607</v>
       </c>
       <c r="S40">
         <v>2359</v>
       </c>
       <c r="T40">
         <v>7000</v>
       </c>
       <c r="U40">
         <v>778</v>
       </c>
       <c r="V40" s="3">
         <v>10137</v>
       </c>
     </row>
     <row r="41" spans="1:22">
       <c r="A41" t="s">
         <v>49</v>
       </c>
       <c r="B41">
         <v>2</v>
       </c>
       <c r="C41">
         <v>0</v>
       </c>
       <c r="D41">
@@ -3683,57 +3683,57 @@
       <c r="H44">
         <v>0</v>
       </c>
       <c r="I44">
         <v>0</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
       <c r="K44" s="3">
         <v>36</v>
       </c>
       <c r="L44" s="5">
         <v>40</v>
       </c>
       <c r="M44">
         <v>4224</v>
       </c>
       <c r="N44">
         <v>277</v>
       </c>
       <c r="O44">
         <v>0</v>
       </c>
       <c r="P44">
-        <v>91</v>
+        <v>595</v>
       </c>
       <c r="Q44" s="3">
-        <v>4592</v>
+        <v>5096</v>
       </c>
       <c r="R44" s="5">
-        <v>4632</v>
+        <v>5136</v>
       </c>
       <c r="S44">
         <v>9046</v>
       </c>
       <c r="T44">
         <v>0</v>
       </c>
       <c r="U44">
         <v>1531</v>
       </c>
       <c r="V44" s="3">
         <v>10577</v>
       </c>
     </row>
     <row r="45" spans="1:22">
       <c r="A45" t="s">
         <v>53</v>
       </c>
       <c r="B45">
         <v>0</v>
       </c>
       <c r="C45">
         <v>0</v>
       </c>
       <c r="D45">
@@ -3783,93 +3783,93 @@
       </c>
       <c r="S45">
         <v>482</v>
       </c>
       <c r="T45">
         <v>0</v>
       </c>
       <c r="U45">
         <v>504</v>
       </c>
       <c r="V45" s="3">
         <v>986</v>
       </c>
     </row>
     <row r="46" spans="1:22">
       <c r="A46" t="s">
         <v>54</v>
       </c>
       <c r="B46">
         <v>140</v>
       </c>
       <c r="C46">
         <v>13</v>
       </c>
       <c r="D46">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E46">
         <v>0</v>
       </c>
       <c r="F46" s="3">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G46">
         <v>7</v>
       </c>
       <c r="H46">
         <v>0</v>
       </c>
       <c r="I46">
         <v>0</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
       <c r="K46" s="3">
         <v>7</v>
       </c>
       <c r="L46" s="5">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M46">
-        <v>11690</v>
+        <v>11677</v>
       </c>
       <c r="N46">
         <v>582</v>
       </c>
       <c r="O46">
-        <v>1205</v>
+        <v>1645</v>
       </c>
       <c r="P46">
         <v>0</v>
       </c>
       <c r="Q46" s="3">
-        <v>13477</v>
+        <v>13904</v>
       </c>
       <c r="R46" s="5">
-        <v>13652</v>
+        <v>14081</v>
       </c>
       <c r="S46">
         <v>7087</v>
       </c>
       <c r="T46">
         <v>0</v>
       </c>
       <c r="U46">
         <v>0</v>
       </c>
       <c r="V46" s="3">
         <v>7087</v>
       </c>
     </row>
     <row r="47" spans="1:22">
       <c r="A47" t="s">
         <v>55</v>
       </c>
       <c r="B47">
         <v>2</v>
       </c>
       <c r="C47">
         <v>0</v>
       </c>
       <c r="D47">
@@ -4035,181 +4035,181 @@
       <c r="L49" s="5">
         <v>0</v>
       </c>
       <c r="M49">
         <v>6</v>
       </c>
       <c r="N49">
         <v>0</v>
       </c>
       <c r="O49">
         <v>0</v>
       </c>
       <c r="P49">
         <v>0</v>
       </c>
       <c r="Q49" s="3">
         <v>6</v>
       </c>
       <c r="R49" s="5">
         <v>6</v>
       </c>
       <c r="S49">
         <v>0</v>
       </c>
       <c r="T49">
-        <v>0</v>
+        <v>1515</v>
       </c>
       <c r="U49">
         <v>0</v>
       </c>
       <c r="V49" s="3">
-        <v>0</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="50" spans="1:22">
       <c r="A50" t="s">
         <v>58</v>
       </c>
       <c r="B50">
         <v>4</v>
       </c>
       <c r="C50">
         <v>0</v>
       </c>
       <c r="D50">
         <v>0</v>
       </c>
       <c r="E50">
         <v>0</v>
       </c>
       <c r="F50" s="3">
         <v>4</v>
       </c>
       <c r="G50">
         <v>22</v>
       </c>
       <c r="H50">
         <v>0</v>
       </c>
       <c r="I50">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J50">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="K50" s="3">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="L50" s="5">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="M50">
         <v>3359</v>
       </c>
       <c r="N50">
         <v>46</v>
       </c>
       <c r="O50">
         <v>237</v>
       </c>
       <c r="P50">
         <v>0</v>
       </c>
       <c r="Q50" s="3">
         <v>3642</v>
       </c>
       <c r="R50" s="5">
-        <v>3668</v>
+        <v>3707</v>
       </c>
       <c r="S50">
         <v>0</v>
       </c>
       <c r="T50">
         <v>0</v>
       </c>
       <c r="U50">
         <v>911</v>
       </c>
       <c r="V50" s="3">
         <v>911</v>
       </c>
     </row>
     <row r="51" spans="1:22">
       <c r="A51" t="s">
         <v>59</v>
       </c>
       <c r="B51">
         <v>1</v>
       </c>
       <c r="C51">
         <v>0</v>
       </c>
       <c r="D51">
         <v>0</v>
       </c>
       <c r="E51">
         <v>0</v>
       </c>
       <c r="F51" s="3">
         <v>1</v>
       </c>
       <c r="G51">
         <v>924</v>
       </c>
       <c r="H51">
         <v>331</v>
       </c>
       <c r="I51">
         <v>148</v>
       </c>
       <c r="J51">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="K51" s="3">
-        <v>1459</v>
+        <v>1479</v>
       </c>
       <c r="L51" s="5">
-        <v>1460</v>
+        <v>1480</v>
       </c>
       <c r="M51">
         <v>1911</v>
       </c>
       <c r="N51">
         <v>196</v>
       </c>
       <c r="O51">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="P51">
         <v>61</v>
       </c>
       <c r="Q51" s="3">
-        <v>2218</v>
+        <v>2244</v>
       </c>
       <c r="R51" s="5">
-        <v>3678</v>
+        <v>3724</v>
       </c>
       <c r="S51">
         <v>2506</v>
       </c>
       <c r="T51">
         <v>0</v>
       </c>
       <c r="U51">
         <v>850</v>
       </c>
       <c r="V51" s="3">
         <v>3356</v>
       </c>
     </row>
     <row r="52" spans="1:22">
       <c r="A52" t="s">
         <v>60</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="C52">
         <v>0</v>
       </c>
       <c r="D52">
@@ -4218,66 +4218,66 @@
       <c r="E52">
         <v>0</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52">
         <v>98</v>
       </c>
       <c r="H52">
         <v>0</v>
       </c>
       <c r="I52">
         <v>0</v>
       </c>
       <c r="J52">
         <v>0</v>
       </c>
       <c r="K52" s="3">
         <v>98</v>
       </c>
       <c r="L52" s="5">
         <v>98</v>
       </c>
       <c r="M52">
-        <v>5007</v>
+        <v>5009</v>
       </c>
       <c r="N52">
         <v>768</v>
       </c>
       <c r="O52">
         <v>275</v>
       </c>
       <c r="P52">
         <v>92</v>
       </c>
       <c r="Q52" s="3">
-        <v>6142</v>
+        <v>6144</v>
       </c>
       <c r="R52" s="5">
-        <v>6240</v>
+        <v>6242</v>
       </c>
       <c r="S52">
         <v>5582</v>
       </c>
       <c r="T52">
         <v>0</v>
       </c>
       <c r="U52">
         <v>0</v>
       </c>
       <c r="V52" s="3">
         <v>5582</v>
       </c>
     </row>
     <row r="53" spans="1:22">
       <c r="A53" t="s">
         <v>61</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="C53">
         <v>0</v>
       </c>
       <c r="D53">
@@ -4310,54 +4310,54 @@
       <c r="M53">
         <v>463</v>
       </c>
       <c r="N53">
         <v>0</v>
       </c>
       <c r="O53">
         <v>0</v>
       </c>
       <c r="P53">
         <v>0</v>
       </c>
       <c r="Q53" s="3">
         <v>463</v>
       </c>
       <c r="R53" s="5">
         <v>463</v>
       </c>
       <c r="S53">
         <v>0</v>
       </c>
       <c r="T53">
         <v>0</v>
       </c>
       <c r="U53">
-        <v>0</v>
+        <v>3513</v>
       </c>
       <c r="V53" s="3">
-        <v>0</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="54" spans="1:22">
       <c r="A54" t="s">
         <v>62</v>
       </c>
       <c r="B54">
         <v>6</v>
       </c>
       <c r="C54">
         <v>0</v>
       </c>
       <c r="D54">
         <v>0</v>
       </c>
       <c r="E54">
         <v>0</v>
       </c>
       <c r="F54" s="3">
         <v>6</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
@@ -4428,60 +4428,60 @@
       <c r="G55">
         <v>18</v>
       </c>
       <c r="H55">
         <v>2</v>
       </c>
       <c r="I55">
         <v>0</v>
       </c>
       <c r="J55">
         <v>0</v>
       </c>
       <c r="K55" s="3">
         <v>20</v>
       </c>
       <c r="L55" s="5">
         <v>20</v>
       </c>
       <c r="M55">
         <v>3321</v>
       </c>
       <c r="N55">
         <v>141</v>
       </c>
       <c r="O55">
-        <v>444</v>
+        <v>538</v>
       </c>
       <c r="P55">
-        <v>0</v>
+        <v>105</v>
       </c>
       <c r="Q55" s="3">
-        <v>3906</v>
+        <v>4105</v>
       </c>
       <c r="R55" s="5">
-        <v>3926</v>
+        <v>4125</v>
       </c>
       <c r="S55">
         <v>0</v>
       </c>
       <c r="T55">
         <v>14700</v>
       </c>
       <c r="U55">
         <v>2100</v>
       </c>
       <c r="V55" s="3">
         <v>16800</v>
       </c>
     </row>
     <row r="56" spans="1:22">
       <c r="A56" t="s">
         <v>64</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="C56">
         <v>0</v>
       </c>
       <c r="D56">
@@ -4632,60 +4632,60 @@
       <c r="G58">
         <v>99</v>
       </c>
       <c r="H58">
         <v>0</v>
       </c>
       <c r="I58">
         <v>4</v>
       </c>
       <c r="J58">
         <v>0</v>
       </c>
       <c r="K58" s="3">
         <v>103</v>
       </c>
       <c r="L58" s="5">
         <v>104</v>
       </c>
       <c r="M58">
         <v>7747</v>
       </c>
       <c r="N58">
         <v>1316</v>
       </c>
       <c r="O58">
-        <v>622</v>
+        <v>123</v>
       </c>
       <c r="P58">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="Q58" s="3">
-        <v>10192</v>
+        <v>9700</v>
       </c>
       <c r="R58" s="5">
-        <v>10296</v>
+        <v>9804</v>
       </c>
       <c r="S58">
         <v>21622</v>
       </c>
       <c r="T58">
         <v>0</v>
       </c>
       <c r="U58">
         <v>0</v>
       </c>
       <c r="V58" s="3">
         <v>21622</v>
       </c>
     </row>
     <row r="59" spans="1:22">
       <c r="A59" t="s">
         <v>67</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59">
         <v>0</v>
       </c>
       <c r="D59">
@@ -4738,158 +4738,158 @@
       </c>
       <c r="T59">
         <v>0</v>
       </c>
       <c r="U59">
         <v>220</v>
       </c>
       <c r="V59" s="3">
         <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:22">
       <c r="A60" t="s">
         <v>68</v>
       </c>
       <c r="B60">
         <v>91</v>
       </c>
       <c r="C60">
         <v>1</v>
       </c>
       <c r="D60">
         <v>0</v>
       </c>
       <c r="E60">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F60" s="3">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G60">
         <v>1472</v>
       </c>
       <c r="H60">
         <v>378</v>
       </c>
       <c r="I60">
-        <v>147</v>
+        <v>225</v>
       </c>
       <c r="J60">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="K60" s="3">
-        <v>2078</v>
+        <v>2160</v>
       </c>
       <c r="L60" s="5">
-        <v>2170</v>
+        <v>2253</v>
       </c>
       <c r="M60">
-        <v>12404</v>
+        <v>12403</v>
       </c>
       <c r="N60">
         <v>1313</v>
       </c>
       <c r="O60">
-        <v>1802</v>
+        <v>1890</v>
       </c>
       <c r="P60">
-        <v>238</v>
+        <v>256</v>
       </c>
       <c r="Q60" s="3">
-        <v>15757</v>
+        <v>15862</v>
       </c>
       <c r="R60" s="5">
-        <v>17927</v>
+        <v>18115</v>
       </c>
       <c r="S60">
         <v>61754</v>
       </c>
       <c r="T60">
         <v>23397</v>
       </c>
       <c r="U60">
-        <v>6740</v>
+        <v>8102</v>
       </c>
       <c r="V60" s="3">
-        <v>91891</v>
+        <v>93253</v>
       </c>
     </row>
     <row r="61" spans="1:22">
       <c r="A61" t="s">
         <v>69</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
       <c r="C61">
         <v>0</v>
       </c>
       <c r="D61">
         <v>0</v>
       </c>
       <c r="E61">
         <v>0</v>
       </c>
       <c r="F61" s="3">
         <v>0</v>
       </c>
       <c r="G61">
         <v>779</v>
       </c>
       <c r="H61">
         <v>52</v>
       </c>
       <c r="I61">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="J61">
         <v>164</v>
       </c>
       <c r="K61" s="3">
-        <v>1038</v>
+        <v>1095</v>
       </c>
       <c r="L61" s="5">
-        <v>1038</v>
+        <v>1095</v>
       </c>
       <c r="M61">
         <v>7725</v>
       </c>
       <c r="N61">
         <v>578</v>
       </c>
       <c r="O61">
-        <v>291</v>
+        <v>373</v>
       </c>
       <c r="P61">
         <v>383</v>
       </c>
       <c r="Q61" s="3">
-        <v>8977</v>
+        <v>9059</v>
       </c>
       <c r="R61" s="5">
-        <v>10015</v>
+        <v>10154</v>
       </c>
       <c r="S61">
         <v>15741</v>
       </c>
       <c r="T61">
         <v>0</v>
       </c>
       <c r="U61">
         <v>0</v>
       </c>
       <c r="V61" s="3">
         <v>15741</v>
       </c>
     </row>
     <row r="62" spans="1:22">
       <c r="A62" t="s">
         <v>70</v>
       </c>
       <c r="B62">
         <v>1</v>
       </c>
       <c r="C62">
         <v>0</v>
       </c>
       <c r="D62">
@@ -4957,75 +4957,75 @@
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63">
         <v>0</v>
       </c>
       <c r="D63">
         <v>1</v>
       </c>
       <c r="E63">
         <v>0</v>
       </c>
       <c r="F63" s="3">
         <v>1</v>
       </c>
       <c r="G63">
         <v>1591</v>
       </c>
       <c r="H63">
         <v>637</v>
       </c>
       <c r="I63">
         <v>37</v>
       </c>
       <c r="J63">
-        <v>0</v>
+        <v>184</v>
       </c>
       <c r="K63" s="3">
-        <v>2265</v>
+        <v>2449</v>
       </c>
       <c r="L63" s="5">
-        <v>2266</v>
+        <v>2450</v>
       </c>
       <c r="M63">
         <v>4451</v>
       </c>
       <c r="N63">
-        <v>367</v>
+        <v>435</v>
       </c>
       <c r="O63">
-        <v>148</v>
+        <v>315</v>
       </c>
       <c r="P63">
         <v>955</v>
       </c>
       <c r="Q63" s="3">
-        <v>5921</v>
+        <v>6156</v>
       </c>
       <c r="R63" s="5">
-        <v>8187</v>
+        <v>8606</v>
       </c>
       <c r="S63">
         <v>370</v>
       </c>
       <c r="T63">
         <v>0</v>
       </c>
       <c r="U63">
         <v>0</v>
       </c>
       <c r="V63" s="3">
         <v>370</v>
       </c>
     </row>
     <row r="64" spans="1:22">
       <c r="A64" t="s">
         <v>72</v>
       </c>
       <c r="B64">
         <v>1</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64">
@@ -5034,66 +5034,66 @@
       <c r="E64">
         <v>0</v>
       </c>
       <c r="F64" s="3">
         <v>2</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
         <v>0</v>
       </c>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
       <c r="K64" s="3">
         <v>0</v>
       </c>
       <c r="L64" s="5">
         <v>2</v>
       </c>
       <c r="M64">
-        <v>2651</v>
+        <v>2640</v>
       </c>
       <c r="N64">
         <v>549</v>
       </c>
       <c r="O64">
-        <v>98</v>
+        <v>164</v>
       </c>
       <c r="P64">
         <v>0</v>
       </c>
       <c r="Q64" s="3">
-        <v>3298</v>
+        <v>3353</v>
       </c>
       <c r="R64" s="5">
-        <v>3300</v>
+        <v>3355</v>
       </c>
       <c r="S64">
         <v>223</v>
       </c>
       <c r="T64">
         <v>0</v>
       </c>
       <c r="U64">
         <v>0</v>
       </c>
       <c r="V64" s="3">
         <v>223</v>
       </c>
     </row>
     <row r="65" spans="1:22">
       <c r="A65" t="s">
         <v>73</v>
       </c>
       <c r="B65">
         <v>3</v>
       </c>
       <c r="C65">
         <v>0</v>
       </c>
       <c r="D65">
@@ -5108,60 +5108,60 @@
       <c r="G65">
         <v>40</v>
       </c>
       <c r="H65">
         <v>0</v>
       </c>
       <c r="I65">
         <v>0</v>
       </c>
       <c r="J65">
         <v>0</v>
       </c>
       <c r="K65" s="3">
         <v>40</v>
       </c>
       <c r="L65" s="5">
         <v>43</v>
       </c>
       <c r="M65">
         <v>1627</v>
       </c>
       <c r="N65">
         <v>681</v>
       </c>
       <c r="O65">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="P65">
         <v>0</v>
       </c>
       <c r="Q65" s="3">
-        <v>2558</v>
+        <v>2566</v>
       </c>
       <c r="R65" s="5">
-        <v>2601</v>
+        <v>2609</v>
       </c>
       <c r="S65">
         <v>0</v>
       </c>
       <c r="T65">
         <v>5707</v>
       </c>
       <c r="U65">
         <v>207</v>
       </c>
       <c r="V65" s="3">
         <v>5914</v>
       </c>
     </row>
     <row r="66" spans="1:22">
       <c r="A66" t="s">
         <v>74</v>
       </c>
       <c r="B66">
         <v>0</v>
       </c>
       <c r="C66">
         <v>0</v>
       </c>
       <c r="D66">
@@ -5312,60 +5312,60 @@
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
         <v>0</v>
       </c>
       <c r="I68">
         <v>0</v>
       </c>
       <c r="J68">
         <v>0</v>
       </c>
       <c r="K68" s="3">
         <v>0</v>
       </c>
       <c r="L68" s="5">
         <v>10</v>
       </c>
       <c r="M68">
         <v>3355</v>
       </c>
       <c r="N68">
         <v>2697</v>
       </c>
       <c r="O68">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="P68">
-        <v>172</v>
+        <v>346</v>
       </c>
       <c r="Q68" s="3">
-        <v>6686</v>
+        <v>6871</v>
       </c>
       <c r="R68" s="5">
-        <v>6696</v>
+        <v>6881</v>
       </c>
       <c r="S68">
         <v>54906</v>
       </c>
       <c r="T68">
         <v>0</v>
       </c>
       <c r="U68">
         <v>1372</v>
       </c>
       <c r="V68" s="3">
         <v>56278</v>
       </c>
     </row>
     <row r="69" spans="1:22">
       <c r="A69" t="s">
         <v>77</v>
       </c>
       <c r="B69">
         <v>4</v>
       </c>
       <c r="C69">
         <v>0</v>
       </c>
       <c r="D69">
@@ -5374,66 +5374,66 @@
       <c r="E69">
         <v>0</v>
       </c>
       <c r="F69" s="3">
         <v>4</v>
       </c>
       <c r="G69">
         <v>2</v>
       </c>
       <c r="H69">
         <v>0</v>
       </c>
       <c r="I69">
         <v>39</v>
       </c>
       <c r="J69">
         <v>0</v>
       </c>
       <c r="K69" s="3">
         <v>41</v>
       </c>
       <c r="L69" s="5">
         <v>45</v>
       </c>
       <c r="M69">
-        <v>5186</v>
+        <v>5104</v>
       </c>
       <c r="N69">
         <v>540</v>
       </c>
       <c r="O69">
         <v>56</v>
       </c>
       <c r="P69">
-        <v>53</v>
+        <v>127</v>
       </c>
       <c r="Q69" s="3">
-        <v>5835</v>
+        <v>5827</v>
       </c>
       <c r="R69" s="5">
-        <v>5880</v>
+        <v>5872</v>
       </c>
       <c r="S69">
         <v>0</v>
       </c>
       <c r="T69">
         <v>0</v>
       </c>
       <c r="U69">
         <v>206</v>
       </c>
       <c r="V69" s="3">
         <v>206</v>
       </c>
     </row>
     <row r="70" spans="1:22">
       <c r="A70" t="s">
         <v>78</v>
       </c>
       <c r="B70">
         <v>15</v>
       </c>
       <c r="C70">
         <v>0</v>
       </c>
       <c r="D70">
@@ -5445,75 +5445,75 @@
       <c r="F70" s="3">
         <v>15</v>
       </c>
       <c r="G70">
         <v>24</v>
       </c>
       <c r="H70">
         <v>0</v>
       </c>
       <c r="I70">
         <v>0</v>
       </c>
       <c r="J70">
         <v>0</v>
       </c>
       <c r="K70" s="3">
         <v>24</v>
       </c>
       <c r="L70" s="5">
         <v>39</v>
       </c>
       <c r="M70">
         <v>14823</v>
       </c>
       <c r="N70">
-        <v>2378</v>
+        <v>2377</v>
       </c>
       <c r="O70">
-        <v>3211</v>
+        <v>3361</v>
       </c>
       <c r="P70">
         <v>194</v>
       </c>
       <c r="Q70" s="3">
-        <v>20606</v>
+        <v>20755</v>
       </c>
       <c r="R70" s="5">
-        <v>20645</v>
+        <v>20794</v>
       </c>
       <c r="S70">
         <v>147777</v>
       </c>
       <c r="T70">
         <v>25092</v>
       </c>
       <c r="U70">
-        <v>4000</v>
+        <v>4979</v>
       </c>
       <c r="V70" s="3">
-        <v>176869</v>
+        <v>177848</v>
       </c>
     </row>
     <row r="71" spans="1:22">
       <c r="A71" t="s">
         <v>79</v>
       </c>
       <c r="B71">
         <v>2</v>
       </c>
       <c r="C71">
         <v>0</v>
       </c>
       <c r="D71">
         <v>0</v>
       </c>
       <c r="E71">
         <v>0</v>
       </c>
       <c r="F71" s="3">
         <v>2</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
@@ -5850,134 +5850,134 @@
       <c r="E76">
         <v>0</v>
       </c>
       <c r="F76" s="3">
         <v>0</v>
       </c>
       <c r="G76">
         <v>1</v>
       </c>
       <c r="H76">
         <v>7</v>
       </c>
       <c r="I76">
         <v>10</v>
       </c>
       <c r="J76">
         <v>0</v>
       </c>
       <c r="K76" s="3">
         <v>18</v>
       </c>
       <c r="L76" s="5">
         <v>18</v>
       </c>
       <c r="M76">
-        <v>36558</v>
+        <v>36883</v>
       </c>
       <c r="N76">
-        <v>9061</v>
+        <v>9127</v>
       </c>
       <c r="O76">
-        <v>977</v>
+        <v>2066</v>
       </c>
       <c r="P76">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="Q76" s="3">
-        <v>47018</v>
+        <v>48511</v>
       </c>
       <c r="R76" s="5">
-        <v>47036</v>
+        <v>48529</v>
       </c>
       <c r="S76">
         <v>1750875</v>
       </c>
       <c r="T76">
-        <v>407058</v>
+        <v>408464</v>
       </c>
       <c r="U76">
-        <v>52669</v>
+        <v>58428</v>
       </c>
       <c r="V76" s="3">
-        <v>2210602</v>
+        <v>2217767</v>
       </c>
     </row>
     <row r="77" spans="1:22">
       <c r="A77" t="s">
         <v>85</v>
       </c>
       <c r="B77">
         <v>1</v>
       </c>
       <c r="C77">
         <v>0</v>
       </c>
       <c r="D77">
         <v>0</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="F77" s="3">
         <v>2</v>
       </c>
       <c r="G77">
         <v>250</v>
       </c>
       <c r="H77">
         <v>3</v>
       </c>
       <c r="I77">
         <v>103</v>
       </c>
       <c r="J77">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="K77" s="3">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="L77" s="5">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="M77">
         <v>8285</v>
       </c>
       <c r="N77">
         <v>2675</v>
       </c>
       <c r="O77">
-        <v>1307</v>
+        <v>1341</v>
       </c>
       <c r="P77">
         <v>776</v>
       </c>
       <c r="Q77" s="3">
-        <v>13043</v>
+        <v>13077</v>
       </c>
       <c r="R77" s="5">
-        <v>13617</v>
+        <v>13659</v>
       </c>
       <c r="S77">
         <v>53146</v>
       </c>
       <c r="T77">
         <v>1962</v>
       </c>
       <c r="U77">
         <v>11302</v>
       </c>
       <c r="V77" s="3">
         <v>66410</v>
       </c>
     </row>
     <row r="78" spans="1:22">
       <c r="A78" t="s">
         <v>86</v>
       </c>
       <c r="B78">
         <v>2</v>
       </c>
       <c r="C78">
         <v>0</v>
       </c>
       <c r="D78">
@@ -6036,84 +6036,84 @@
       </c>
       <c r="V78" s="3">
         <v>2920</v>
       </c>
     </row>
     <row r="79" spans="1:22">
       <c r="A79" t="s">
         <v>87</v>
       </c>
       <c r="B79">
         <v>5</v>
       </c>
       <c r="C79">
         <v>0</v>
       </c>
       <c r="D79">
         <v>0</v>
       </c>
       <c r="E79">
         <v>0</v>
       </c>
       <c r="F79" s="3">
         <v>5</v>
       </c>
       <c r="G79">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H79">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="I79">
         <v>0</v>
       </c>
       <c r="J79">
         <v>0</v>
       </c>
       <c r="K79" s="3">
         <v>521</v>
       </c>
       <c r="L79" s="5">
         <v>526</v>
       </c>
       <c r="M79">
-        <v>7792</v>
+        <v>7834</v>
       </c>
       <c r="N79">
-        <v>1888</v>
+        <v>1846</v>
       </c>
       <c r="O79">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="P79">
         <v>595</v>
       </c>
       <c r="Q79" s="3">
-        <v>10437</v>
+        <v>10450</v>
       </c>
       <c r="R79" s="5">
-        <v>10963</v>
+        <v>10976</v>
       </c>
       <c r="S79">
         <v>189861</v>
       </c>
       <c r="T79">
         <v>7656</v>
       </c>
       <c r="U79">
         <v>0</v>
       </c>
       <c r="V79" s="3">
         <v>197517</v>
       </c>
     </row>
     <row r="80" spans="1:22">
       <c r="A80" t="s">
         <v>88</v>
       </c>
       <c r="B80">
         <v>2</v>
       </c>
       <c r="C80">
         <v>0</v>
       </c>
       <c r="D80">
@@ -6178,78 +6178,78 @@
       <c r="A81" t="s">
         <v>89</v>
       </c>
       <c r="B81">
         <v>3</v>
       </c>
       <c r="C81">
         <v>0</v>
       </c>
       <c r="D81">
         <v>0</v>
       </c>
       <c r="E81">
         <v>0</v>
       </c>
       <c r="F81" s="3">
         <v>3</v>
       </c>
       <c r="G81">
         <v>93</v>
       </c>
       <c r="H81">
         <v>0</v>
       </c>
       <c r="I81">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="J81">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="K81" s="3">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="L81" s="5">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="M81">
         <v>3762</v>
       </c>
       <c r="N81">
         <v>462</v>
       </c>
       <c r="O81">
-        <v>180</v>
+        <v>383</v>
       </c>
       <c r="P81">
         <v>100</v>
       </c>
       <c r="Q81" s="3">
-        <v>4504</v>
+        <v>4707</v>
       </c>
       <c r="R81" s="5">
-        <v>4600</v>
+        <v>4814</v>
       </c>
       <c r="S81">
         <v>0</v>
       </c>
       <c r="T81">
         <v>0</v>
       </c>
       <c r="U81">
         <v>0</v>
       </c>
       <c r="V81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:22">
       <c r="A82" t="s">
         <v>90</v>
       </c>
       <c r="B82">
         <v>1</v>
       </c>
       <c r="C82">
         <v>0</v>
       </c>
       <c r="D82">
@@ -6267,57 +6267,57 @@
       <c r="H82">
         <v>0</v>
       </c>
       <c r="I82">
         <v>0</v>
       </c>
       <c r="J82">
         <v>0</v>
       </c>
       <c r="K82" s="3">
         <v>0</v>
       </c>
       <c r="L82" s="5">
         <v>1</v>
       </c>
       <c r="M82">
         <v>682</v>
       </c>
       <c r="N82">
         <v>331</v>
       </c>
       <c r="O82">
         <v>0</v>
       </c>
       <c r="P82">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="Q82" s="3">
-        <v>1013</v>
+        <v>1019</v>
       </c>
       <c r="R82" s="5">
-        <v>1014</v>
+        <v>1020</v>
       </c>
       <c r="S82">
         <v>0</v>
       </c>
       <c r="T82">
         <v>0</v>
       </c>
       <c r="U82">
         <v>0</v>
       </c>
       <c r="V82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:22">
       <c r="A83" t="s">
         <v>91</v>
       </c>
       <c r="B83">
         <v>0</v>
       </c>
       <c r="C83">
         <v>0</v>
       </c>
       <c r="D83">
@@ -6400,60 +6400,60 @@
       <c r="G84">
         <v>5</v>
       </c>
       <c r="H84">
         <v>0</v>
       </c>
       <c r="I84">
         <v>0</v>
       </c>
       <c r="J84">
         <v>0</v>
       </c>
       <c r="K84" s="3">
         <v>5</v>
       </c>
       <c r="L84" s="5">
         <v>6</v>
       </c>
       <c r="M84">
         <v>579</v>
       </c>
       <c r="N84">
         <v>69</v>
       </c>
       <c r="O84">
-        <v>248</v>
+        <v>281</v>
       </c>
       <c r="P84">
         <v>0</v>
       </c>
       <c r="Q84" s="3">
-        <v>896</v>
+        <v>929</v>
       </c>
       <c r="R84" s="5">
-        <v>902</v>
+        <v>935</v>
       </c>
       <c r="S84">
         <v>3865</v>
       </c>
       <c r="T84">
         <v>0</v>
       </c>
       <c r="U84">
         <v>0</v>
       </c>
       <c r="V84" s="3">
         <v>3865</v>
       </c>
     </row>
     <row r="85" spans="1:22">
       <c r="A85" t="s">
         <v>93</v>
       </c>
       <c r="B85">
         <v>2</v>
       </c>
       <c r="C85">
         <v>0</v>
       </c>
       <c r="D85">
@@ -6808,60 +6808,60 @@
       <c r="G90">
         <v>0</v>
       </c>
       <c r="H90">
         <v>21</v>
       </c>
       <c r="I90">
         <v>0</v>
       </c>
       <c r="J90">
         <v>2</v>
       </c>
       <c r="K90" s="3">
         <v>23</v>
       </c>
       <c r="L90" s="5">
         <v>25</v>
       </c>
       <c r="M90">
         <v>1037</v>
       </c>
       <c r="N90">
         <v>53</v>
       </c>
       <c r="O90">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="P90">
         <v>86</v>
       </c>
       <c r="Q90" s="3">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="R90" s="5">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="S90">
         <v>0</v>
       </c>
       <c r="T90">
         <v>0</v>
       </c>
       <c r="U90">
         <v>0</v>
       </c>
       <c r="V90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:22">
       <c r="A91" t="s">
         <v>99</v>
       </c>
       <c r="B91">
         <v>0</v>
       </c>
       <c r="C91">
         <v>0</v>
       </c>
       <c r="D91">
@@ -6941,63 +6941,63 @@
       <c r="F92" s="3">
         <v>11</v>
       </c>
       <c r="G92">
         <v>23</v>
       </c>
       <c r="H92">
         <v>18</v>
       </c>
       <c r="I92">
         <v>0</v>
       </c>
       <c r="J92">
         <v>0</v>
       </c>
       <c r="K92" s="3">
         <v>41</v>
       </c>
       <c r="L92" s="5">
         <v>52</v>
       </c>
       <c r="M92">
         <v>10328</v>
       </c>
       <c r="N92">
-        <v>1648</v>
+        <v>1660</v>
       </c>
       <c r="O92">
         <v>602</v>
       </c>
       <c r="P92">
-        <v>239</v>
+        <v>432</v>
       </c>
       <c r="Q92" s="3">
-        <v>12817</v>
+        <v>13022</v>
       </c>
       <c r="R92" s="5">
-        <v>12869</v>
+        <v>13074</v>
       </c>
       <c r="S92">
         <v>35863</v>
       </c>
       <c r="T92">
         <v>565</v>
       </c>
       <c r="U92">
         <v>38250</v>
       </c>
       <c r="V92" s="3">
         <v>74678</v>
       </c>
     </row>
     <row r="93" spans="1:22">
       <c r="A93" t="s">
         <v>101</v>
       </c>
       <c r="B93">
         <v>4</v>
       </c>
       <c r="C93">
         <v>1</v>
       </c>
       <c r="D93">
@@ -7012,60 +7012,60 @@
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
         <v>0</v>
       </c>
       <c r="I93">
         <v>0</v>
       </c>
       <c r="J93">
         <v>0</v>
       </c>
       <c r="K93" s="3">
         <v>0</v>
       </c>
       <c r="L93" s="5">
         <v>5</v>
       </c>
       <c r="M93">
         <v>10555</v>
       </c>
       <c r="N93">
         <v>6783</v>
       </c>
       <c r="O93">
-        <v>2346</v>
+        <v>2670</v>
       </c>
       <c r="P93">
-        <v>724</v>
+        <v>1588</v>
       </c>
       <c r="Q93" s="3">
-        <v>20408</v>
+        <v>21596</v>
       </c>
       <c r="R93" s="5">
-        <v>20413</v>
+        <v>21601</v>
       </c>
       <c r="S93">
         <v>1488032</v>
       </c>
       <c r="T93">
         <v>65298</v>
       </c>
       <c r="U93">
         <v>75347</v>
       </c>
       <c r="V93" s="3">
         <v>1628677</v>
       </c>
     </row>
     <row r="94" spans="1:22">
       <c r="A94" t="s">
         <v>102</v>
       </c>
       <c r="B94">
         <v>1</v>
       </c>
       <c r="C94">
         <v>0</v>
       </c>
       <c r="D94">
@@ -7074,66 +7074,66 @@
       <c r="E94">
         <v>0</v>
       </c>
       <c r="F94" s="3">
         <v>1</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>0</v>
       </c>
       <c r="I94">
         <v>0</v>
       </c>
       <c r="J94">
         <v>0</v>
       </c>
       <c r="K94" s="3">
         <v>0</v>
       </c>
       <c r="L94" s="5">
         <v>1</v>
       </c>
       <c r="M94">
-        <v>30199</v>
+        <v>30139</v>
       </c>
       <c r="N94">
-        <v>7602</v>
+        <v>7619</v>
       </c>
       <c r="O94">
-        <v>3111</v>
+        <v>3796</v>
       </c>
       <c r="P94">
-        <v>1234</v>
+        <v>1278</v>
       </c>
       <c r="Q94" s="3">
-        <v>42146</v>
+        <v>42832</v>
       </c>
       <c r="R94" s="5">
-        <v>42147</v>
+        <v>42833</v>
       </c>
       <c r="S94">
         <v>127129</v>
       </c>
       <c r="T94">
         <v>4946</v>
       </c>
       <c r="U94">
         <v>0</v>
       </c>
       <c r="V94" s="3">
         <v>132075</v>
       </c>
     </row>
     <row r="95" spans="1:22">
       <c r="A95" t="s">
         <v>103</v>
       </c>
       <c r="B95">
         <v>1</v>
       </c>
       <c r="C95">
         <v>0</v>
       </c>
       <c r="D95">
@@ -7142,66 +7142,66 @@
       <c r="E95">
         <v>0</v>
       </c>
       <c r="F95" s="3">
         <v>1</v>
       </c>
       <c r="G95">
         <v>2</v>
       </c>
       <c r="H95">
         <v>0</v>
       </c>
       <c r="I95">
         <v>0</v>
       </c>
       <c r="J95">
         <v>0</v>
       </c>
       <c r="K95" s="3">
         <v>2</v>
       </c>
       <c r="L95" s="5">
         <v>3</v>
       </c>
       <c r="M95">
-        <v>11785</v>
+        <v>12024</v>
       </c>
       <c r="N95">
-        <v>3233</v>
+        <v>2994</v>
       </c>
       <c r="O95">
-        <v>958</v>
+        <v>1238</v>
       </c>
       <c r="P95">
         <v>414</v>
       </c>
       <c r="Q95" s="3">
-        <v>16390</v>
+        <v>16670</v>
       </c>
       <c r="R95" s="5">
-        <v>16393</v>
+        <v>16673</v>
       </c>
       <c r="S95">
         <v>56014</v>
       </c>
       <c r="T95">
         <v>800</v>
       </c>
       <c r="U95">
         <v>0</v>
       </c>
       <c r="V95" s="3">
         <v>56814</v>
       </c>
     </row>
     <row r="96" spans="1:22">
       <c r="A96" t="s">
         <v>104</v>
       </c>
       <c r="B96">
         <v>3</v>
       </c>
       <c r="C96">
         <v>0</v>
       </c>
       <c r="D96">
@@ -7219,137 +7219,137 @@
       <c r="H96">
         <v>75</v>
       </c>
       <c r="I96">
         <v>0</v>
       </c>
       <c r="J96">
         <v>2</v>
       </c>
       <c r="K96" s="3">
         <v>158</v>
       </c>
       <c r="L96" s="5">
         <v>161</v>
       </c>
       <c r="M96">
         <v>12326</v>
       </c>
       <c r="N96">
         <v>403</v>
       </c>
       <c r="O96">
         <v>0</v>
       </c>
       <c r="P96">
-        <v>254</v>
+        <v>464</v>
       </c>
       <c r="Q96" s="3">
-        <v>12983</v>
+        <v>13193</v>
       </c>
       <c r="R96" s="5">
-        <v>13144</v>
+        <v>13354</v>
       </c>
       <c r="S96">
         <v>10482</v>
       </c>
       <c r="T96">
         <v>0</v>
       </c>
       <c r="U96">
         <v>0</v>
       </c>
       <c r="V96" s="3">
         <v>10482</v>
       </c>
     </row>
     <row r="97" spans="1:22">
       <c r="A97" t="s">
         <v>105</v>
       </c>
       <c r="B97">
         <v>414</v>
       </c>
       <c r="C97">
         <v>19</v>
       </c>
       <c r="D97">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E97">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F97" s="3">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="G97">
-        <v>7220</v>
+        <v>7221</v>
       </c>
       <c r="H97">
-        <v>2093</v>
+        <v>2092</v>
       </c>
       <c r="I97">
-        <v>607</v>
+        <v>788</v>
       </c>
       <c r="J97">
-        <v>831</v>
+        <v>1081</v>
       </c>
       <c r="K97" s="3">
-        <v>10751</v>
+        <v>11182</v>
       </c>
       <c r="L97" s="5">
-        <v>11203</v>
+        <v>11637</v>
       </c>
       <c r="M97">
-        <v>315773</v>
+        <v>316115</v>
       </c>
       <c r="N97">
-        <v>64032</v>
+        <v>63941</v>
       </c>
       <c r="O97">
-        <v>28285</v>
+        <v>32858</v>
       </c>
       <c r="P97">
-        <v>10073</v>
+        <v>12923</v>
       </c>
       <c r="Q97" s="3">
-        <v>418163</v>
+        <v>425837</v>
       </c>
       <c r="R97" s="5">
-        <v>429366</v>
+        <v>437474</v>
       </c>
       <c r="S97">
         <v>4387730</v>
       </c>
       <c r="T97">
-        <v>603176</v>
+        <v>606097</v>
       </c>
       <c r="U97">
-        <v>228479</v>
+        <v>247306</v>
       </c>
       <c r="V97" s="3">
-        <v>5219385</v>
+        <v>5241133</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>